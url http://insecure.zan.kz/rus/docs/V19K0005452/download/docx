--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1792a2d" w14:textId="1792a2d">
+    <w:p w14:paraId="c7e1ab6" w14:textId="c7e1ab6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -504,206 +505,213 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>постановлением акимата</w:t>
+              <w:t>постановлением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Карагандинской области</w:t>
+              <w:t>акимата Карагандинской области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от "4" сентября 2019 года</w:t>
-[...12 lines deleted...]
-              <w:t>№ 52/01</w:t>
+              <w:t>от "4" сентября 2019 года № 52/01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила реализации механизмов стабилизации цен на социально значимые продовольственные товары по Карагандинской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила – в редакции постановления акимата Карагандинской области от 18.07.2023 </w:t>
+      Сноска. Правила – в редакции постановления акимата Карагандинской области от 30.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 48/02</w:t>
+        <w:t>№ 75/03</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила реализации механизмов стабилизации цен на социально значимые продовольственные товары по Карагандинской области (далее – Правила) разработаны в соответствии с </w:t>
+      1. Настоящие Правила реализации механизмов стабилизации цен на социально значимые продовольственные товары по Карагандинской области (далее – Правила) разработаны в соответствии в соответствии с подпунктом 39) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законом</w:t>
+        <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий", </w:t>
+        <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий" (далее – Закон), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 29 июля 2019 года №280 "Об утверждении Типовых правил реализации механизмов стабилизации цен на социально значимые продовольственные товары" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 19123) (далее – Типовые правила) и определяют порядок реализации механизмов стабилизации цен на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
@@ -819,91 +827,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сельскохозяйственный товаропроизводитель (далее сельхозтоваропроизводитель) - физическое или юридическое лицо, занимающееся производством сельскохозяйственной продукции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) закупочные интервенции – мероприятия по приобретению специализированными организациями социально значимых продовольственных товаров при снижении цен на территории областей, городов республиканского значения, столицы, введении чрезвычайного положения на территории Республики Казахстан, а также в рамках поручений Президента Республики Казахстан, Правительства Республики Казахстан или Премьер-Министра Республики Казахстан;</w:t>
+      6) закупочные интервенции – мероприятия по приобретению специализированными организациями социально значимых продовольственных товаров при снижении цен на территории области, введении чрезвычайного положения на территории Республики Казахстан, а также в рамках поручений Президента Республики Казахстан, Правительства Республики Казахстан или Премьер-Министра Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) товарные интервенции – мероприятия по реализации продовольственных товаров на внутреннем рынке из региональных стабилизационных фондов продовольственных товаров, осуществляемые в целях стабилизации внутреннего рынка при росте цен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) фиксированная цена - фиксированная цена – цена социально значимого продовольственного товара с учетом затрат на производство/закуп, хранение, естественной убыли (усушки), доставки до места назначения, а также маржинального дохода от себестоимости продукции;</w:t>
+      8) фиксированная цена - цена социально значимого продовольственного товара с учетом затрат на производство/закуп, хранение, естественной убыли (усушки), доставки до места назначения, а также маржинального дохода от себестоимости продукции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) форвард - производственный финансовый инструмент, покупатель (или продавец) которого берет на себя обязательство по истечении определенного срока купить (или продать) базовый актив на согласованных условиях в будущем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
@@ -959,51 +967,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В целях обеспечения эффективного и своевременного применения механизмов стабилизации цен на социально значимые продовольственные товары аким области образует Комиссию по обеспечению реализации механизмов стабилизации цен на социально значимые продовольственные товары (далее – Комиссия) и утверждает ее состав.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Председателем Комиссии является заместитель акима области, членами Комиссии являются сотрудники управлений (отделов) предпринимательства, торговли и сельского хозяйства, а также представители объединений субъектов частного предпринимательства и общественных организаций. Комиссия осуществляет свою деятельность на постоянной основе.</w:t>
+      5. Председателем Комиссии является заместитель акима области, членами Комиссии являются сотрудники управлений предпринимательства, торговли и сельского хозяйства, а также представители объединений субъектов частного предпринимательства и общественных организаций. Комиссия осуществляет свою деятельность на постоянной основе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Количественный состав Комиссии должен быть нечетным и составлять не менее девяти человек. При этом две трети членов Комиссии должны являться представителями объединений субъектов частного предпринимательства и общественных организаций. Секретарь Комиссии не является ее членом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
@@ -1219,1402 +1227,20501 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Накладные, коммунальные и прочие расходы специализированной организации, возникшие при использовании стабилизационного фонда, ежегодно покрываются за счет разницы между фиксированной и рыночной ценами на продовольственные товары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. Перечень специализированных организаций, реализующих механизмы стабилизации цен на социально значимые продовольственные товары, за исключением мер по установлению предельных цен на социально значимые продовольственные товары, утверждается уполномоченным органом в области развития агропромышленного комплекса в соответствии с </w:t>
+      12. Перечень специализированных организаций, реализующих механизмы стабилизации цен на социально значимые продовольственные товары, за исключением мер по установлению предельных цен на социально значимые продовольственные товары, утверждается уполномоченным органом в области развития агропромышленного комплекса в соответствии с подпунктом 4-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 4-1)</w:t>
+        <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 1 статьи 6 Закона.</w:t>
+        <w:t xml:space="preserve"> статьи 6 Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Акимат области совместно с специализированной организацией представляют в министерства сельского хозяйства и торговли и интеграции Республики Казахстан:</w:t>
+        <w:t xml:space="preserve">
+      13. Специализированная организация представляет в акимат области информацию о ходе реализации механизмов стабилизации цен на социально значимые продовольственные товары по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам посредством электронного документооборота, почтовой связи, либо нарочно через канцелярию акимата области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) ежемесячно до 20 числа месяца, следующего за отчетным месяцем, информацию о ходе реализации механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
+        <w:t xml:space="preserve">
+      Акимат области представляет в министерства сельского хозяйства и торговли и интеграции Республики Казахстан информацию о ходе реализации механизмов стабилизации цен на социально значимые продовольственные товары по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам посредством электронного документооборота.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) информацию о приобретаемых объемах овощной продукции с указанием суммы предварительной оплаты, графика поставок с указанием точек сбыта и (или) торговых объектов за месяц до финансирования сельхозтоваропроизводителей в рамках форвардных договоров овощной продукции;</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок реализации механизмов по стабилизации цен на социально значимые продовольственные товары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) информацию о приобретенных объемах овощной продукции, графиках поставок с указанием точек сбыта и (или) торговых объектов в течение 10 (десяти) рабочих дней после окончательного финансирования сельхозтоваропроизводителей в рамках форвардных договоров.</w:t>
+      14. В целях стабилизации рынка социально значимых продовольственных товаров акимат области реализует следующие механизмы стабилизации цен на социально значимые продовольственные товары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок реализации механизмов по стабилизации цен на социально значимые продовольственные товары</w:t>
+        <w:t>
+      1) деятельность стабилизационных фондов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. В целях стабилизации рынка социально значимых продовольственных товаров акимат области реализует следующие механизмы стабилизации цен на социально значимые продовольственные товары:</w:t>
+      2) предоставление займа субъектам предпринимательства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) деятельность стабилизационных фондов;</w:t>
+      15. Источником финансирования реализации механизмов стабилизации цен на социально значимые продовольственные товары являются денежные средства, выделяемые акиматом области, в том числе, выделенные ранее на формирование регионального стабилизационного фонда продовольственных товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) предоставление займа субъектам предпринимательства.</w:t>
+      16. В рамках формирования регионального стабилизационного фонда продовольственных товаров финансирование сельхозтоваропроизводителей и перерабатывающих предприятий для производства социально значимых продовольственных товаров осуществляется с применением форварда с установлением фиксированной цены.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Источником финансирования реализации механизмов стабилизации цен на социально значимые продовольственные товары являются денежные средства, выделяемые акиматом области, в том числе, выделенные ранее на формирование регионального стабилизационного фонда продовольственных товаров.</w:t>
+      Форвардное финансирование сельхозтоваропроизводителей и перерабатывающих предприятий для производства социально значимых продовольственных товаров осуществляется на условиях предварительной оплаты в размере не более 70 (семидесяти) процентов от общей суммы форвардного договора и окончательного расчета после поставки продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. В рамках формирования регионального стабилизационного фонда продовольственных товаров финансирование сельхозтоваропроизводителей для производства овощной продукции, а также перерабатывающих предприятий для производства крупы гречневой (ядрицы), риса шлифованного (круглозерного), масла подсолнечного, муки пшеничной первого сорта и сахара белого – сахара песка осуществляется с применением форварда с установлением фиксированной цены.</w:t>
+      17. Объем социально значимых продовольственных товаров, приобретаемых в рамках форвардных договоров, формируется до 50 процентов от трехмесячной потребности населения (городского или общего) области на основе регионального спроса в соответствии с решением Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Финансирование сельхозтоваропроизводителей для производства овощной продукции и перерабатывающих предприятий для производства крупы гречневой (ядрицы), рис шлифованного (круглозерного), масла подсолнечного, муки пшеничной первого сорта и сахара белого – сахара-песка осуществляется на условиях предварительной оплаты в размере не более 70 (семидесяти) процентов от общей суммы форвардного договора и окончательного расчета после поставки продукции.</w:t>
+      18. Специализированная организация осуществляет финансирование сельхозтоваропроизводителей в рамках форвардных договоров:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:p>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       до 10 января 2023 года для производства овощной продукции раннего урожая 2023 года и обеспечения населения овощной продукцией в весенне-летний период 2023 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       до 1 февраля 2023 года для производства овощной продукции осеннего урожая 2023 года и обеспечения населения овощной продукцией в зимне-весенний период 2024 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       до 1 августа 2023 года для производства овощной продукции раннего урожая 2024 года и обеспечения населения овощной продукцией в весенне-летний период 2024 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       до 1 сентября 2023 года для производства овощной продукции осеннего урожая 2024 года и обеспечения населения овощной продукцией в зимне-весенний период 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С 2024 года и последующие годы финансирование сельхозтоваропроизводителей для производства овощной продукции осуществляется в следующие сроки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      до 1 августа текущего финансового года для обеспечения населения овощной продукцией в весенне-летний период следующего года;</w:t>
+      до 1 августа текущего финансового года для обеспечения населения овощной продукцией в весенне-летний период следующего года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       до 1 сентября текущего финансового года для обеспечения населения овощной продукцией в зимне-весенний период следующего года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Специализированной организацией осуществляется хранение овощной продукции до начала реализации у сельхозтоваропроизводителей или на других складах. Расчет затрат на хранение производится на основе данных местных исполнительных органов о средней стоимости хранения в регионе в аналогичных типах хранения.</w:t>
+      19. Специализированной организацией осуществляется хранение овощной продукции до начала реализации у сельхозтоваропроизводителей или на других складах. Расчет затрат на хранение производится на основе данных местных исполнительных органов о средней стоимости хранения в регионе в аналогичных типах хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Поставка овощной продукции, а также крупы гречневой (ядрицы), риса шлифованного (круглозерного), масла подсолнечного, муки пшеничной первого сорта и сахара белого – сахара песка, закупленных в рамках форварда с установлением фиксированной цены, осуществляется на основании графика и фиксированных отпускных/розничных цен, утвержденных специализированной организацией совместно с местным исполнительным органом области, в том числе овощной продукции в период межсезонья (зимне-весенний период: февраль, март, апрель; весенне-летний период: май, июнь, июль), либо в другие периоды в случае необходимости оказания регулирующего воздействия на внутренний рынок.</w:t>
+      20. Поставка социально значимых продовольственных товаров, закупленных в рамках форварда с установлением фиксированной цены, осуществляется на основании графика и фиксированных отпускных/розничных цен, утвержденных специализированной организацией совместно с местным исполнительным органом области, в том числе овощной продукции в период межсезонья (зимне-весенний период: февраль, март, апрель; весенне-летний период: май, июнь, июль), либо в другие периоды в случае необходимости оказания регулирующего воздействия на внутренний рынок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Специализированная организация совместно с акиматом области осуществляют мониторинг деятельности сельхозтоваропроизводителей с выездом на поле, на всех этапах цикла производства овощной продукции с момента заключения форвардного договора.</w:t>
+      21. Специализированная организация совместно с акиматом области осуществляют мониторинг деятельности сельхозтоваропроизводителей с выездом на поле, на всех этапах цикла производства овощной продукции с момента заключения форвардного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      23. Социально значимые продовольственные товары, приобретаемые в рамках механизмов стабилизации цен на социально значимые продовольственные товары, должны соответствовать требованиям к безопасности пищевой продукции при ее хранении, транспортировке и реализации согласно </w:t>
+      22. Социально значимые продовольственные товары, приобретаемые в рамках механизмов стабилизации цен на социально значимые продовольственные товары, должны соответствовать требованиям к безопасности пищевой продукции при ее хранении, транспортировке и реализации согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьям 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О безопасности пищевой продукции".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Особенности (детали) реализации механизмов стабилизации цен на социально значимые продовольственные товары, не регламентированные Типовыми правилами, определяются настоящими Правилами реализации механизмов стабилизации цен на социально значимые продовольственные товары.</w:t>
+      23. Особенности (детали) реализации механизмов стабилизации цен на социально значимые продовольственные товары, не регламентированные Типовыми правилами, определяются настоящими Правилами реализации механизмов стабилизации цен на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок деятельности региональных стабилизационных фондов продовольственных товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Деятельность стабилизационных фондов продовольственных товаров осуществляется путем формирования и использования регионального стабилизационного фонда.</w:t>
+      24. Деятельность стабилизационных фондов продовольственных товаров осуществляется путем формирования и использования регионального стабилизационного фонда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. В целях реализации механизма по формированию и использованию регионального стабилизационного фонда продовольственных товаров Комиссия определяет перечень социально значимых продовольственных товаров, закупаемых в региональный стабилизационный фонд продовольственных товаров на основе регионального баланса спроса и предложения (объемы производства и обеспеченность продовольственными товарами, их товародвижение, наличие запасов), сведений о посевных площадях (плановых), прогнозном урожае, сложившихся ценах за прошедший календарный год, иных сведений, а также предельную торговую надбавку.</w:t>
+      25. В целях реализации механизма по формированию и использованию регионального стабилизационного фонда продовольственных товаров Комиссия определяет перечень социально значимых продовольственных товаров, закупаемых в региональный стабилизационный фонд продовольственных товаров на основе регионального баланса спроса и предложения (объемы производства и обеспеченность продовольственными товарами, их товародвижение, наличие запасов), сведений о посевных площадях (плановых), прогнозном урожае, сложившихся ценах за прошедший календарный год, иных сведений, а также предельную торговую надбавку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. При формировании региональных стабилизационных фондов продовольственных товаров 70 (семьдесят) процентов бюджетных средств направляются на финансирование сельхозтоваропроизводителей и перерабатывающих предприятий в рамках форвардных договоров.</w:t>
+      26. При формировании региональных стабилизационных фондов продовольственных товаров 70 (семьдесят) процентов бюджетных средств направляются на финансирование сельхозтоваропроизводителей и перерабатывающих предприятий в рамках форвардных договоров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. Перечень социально значимых продовольственных товаров, необходимых для закупа в региональный стабилизационный фонд продовольственных товаров формируется из </w:t>
+      27. Перечень социально значимых продовольственных товаров, необходимых для закупа в региональный стабилизационный фонд продовольственных товаров формируется из </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> социально значимых продовольственных товаров, утвержденного приказом заместителя Премьер-Министра - Министра торговли и интеграции Республики Казахстан от 11 мая 2023 года № 166-НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов №32474).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      29. Предельная торговая надбавка на социально значимые продовольственные товары, реализуемые специализированной организацией, формируется с учетом удержания цен на 10 или более процентов ниже официальных рыночных значений розничных цен на социально значимые продовольственные товары, формируемые органами государственной статистики соответствующей области согласно Плану статистических работ в соответствии с </w:t>
+      28. Предельная торговая надбавка на социально значимые продовольственные товары, реализуемые специализированной организацией, формируется с учетом удержания цен на 10 или более процентов ниже официальных рыночных значений розничных цен на социально значимые продовольственные товары, формируемые органами государственной статистики соответствующей области согласно Плану статистических работ в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 19 Закона Республики Казахстан "О государственной статистике".</w:t>
+        <w:t xml:space="preserve"> статьи 19 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Комиссия вносит акиму Карагандинской области рекомендации об утверждении перечня закупаемых продовольственных товаров и предельной торговой надбавки по ним.</w:t>
+      29. Комиссия вносит акиму Карагандинской области рекомендации об утверждении перечня закупаемых продовольственных товаров и предельной торговой надбавки по ним.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Акимат области на основании рекомендации Комиссии утверждает перечень закупаемых продовольственных товаров и предельную торговую надбавку.</w:t>
+      30. Акимат области на основании рекомендации Комиссии утверждает перечень закупаемых продовольственных товаров и предельную торговую надбавку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. При формировании регионального стабилизационного фонда приобретение социально значимых продовольственных товаров осуществляется непосредственно у производителей, в том числе путем заключения форвардных договоров и офтейк-контрактов с возможностью хранения у сельхозтоваропроизводителя. В случае, если производителем напрямую не осуществляется реализация продукции, приобретение социально значимых продовольственных товаров осуществляется у оптовых поставщиков (дистрибьютеров), специализирующихся на реализации продовольственных товаров.</w:t>
+      31. При формировании регионального стабилизационного фонда приобретение социально значимых продовольственных товаров осуществляется непосредственно у производителей, в том числе путем заключения форвардных договоров и офтейк-контрактов с возможностью хранения у сельхозтоваропроизводителя. В случае, если производителем напрямую не осуществляется реализация продукции, приобретение социально значимых продовольственных товаров осуществляется у оптовых поставщиков (дистрибьюторов), специализирующихся на реализации продовольственных товаров, а также у специализированной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Специализированная организация на основе статистических данных и других источников проводит постоянный анализ внутреннего рынка продовольственных товаров региона и рынков продукции агропромышленного комплекса (объемы производства и обеспеченность продовольственными товарами, их товародвижение, наличие запасов, цен), определяет объемы продовольственных товаров, закупаемых в региональный стабилизационный фонд, и принимает решение о закупочных интервенциях.</w:t>
+      32. Социально значимые продовольственные товары, приобретаемые в региональные стабилизационные фонды продовольственных товаров, должны соответствовать требованиям технических регламентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Решение специализированной организации о закупочных интервенциях принимается в целях обеспечения эффективного и своевременного применения механизмов стабилизации цен на социально значимые продовольственные товары.</w:t>
+      33. При приобретении социально значимых продовольственных товаров в региональный стабилизационный фонд продовольственных товаров специализированная организация проводит анализ финансовой устойчивости сельскохозяйственных товаропроизводителей, перерабатывающих предприятий, оптовых поставщиков (дистрибьюторов), специализирующихся на реализации продовольственных товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. Использование регионального стабилизационного фонда осуществляется специализированной организацией путем проведения товарных интервенций и освежения продовольственных товаров.</w:t>
+      Сельскохозяйственный товаропроизводитель (перерабатывающее предприятие, оптовый поставщик (дистрибьютор), специализирующий на реализации продовольственных товаров) признается финансово устойчивым, если он соответствует в совокупности условиям по отсутствию просроченной задолженности по налогам и другим обязательным платежам в бюджет, обязательным пенсионным взносам в единый накопительный пенсионный фонд, а также по кредитам (займам), предоставленным банками второго уровня, организациями, осуществляющими отдельные виды банковских операций, и неисполненных обязательств перед специализированной организацией, а также неисполненных обязательств по исполнительным документам, ограничений и обременений на имущество субъекта предпринимательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Специализированная организация принимает решение о проведении товарных интервенций не позднее 2 (двух) рабочих дней в случае повышения уровня цен, при котором необходимо регулирующее воздействие на агропродовольственный рынок.</w:t>
+      34. Специализированная организация на основе статистических данных и других источников проводит постоянный анализ внутреннего рынка продовольственных товаров региона и рынков продукции агропромышленного комплекса (объемы производства и обеспеченность продовольственными товарами, их товародвижение, наличие запасов, цен), определяет объемы продовольственных товаров, закупаемых в региональный стабилизационный фонд, и принимает решение о закупочных интервенциях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. Специализированная организация в целях своевременного освежения регионального стабилизационного фонда на постоянной основе обеспечивает сроки хранения продовольственных товаров регионального стабилизационного фонда.</w:t>
+      35. Решение специализированной организации о закупочных интервенциях принимается в целях обеспечения эффективного и своевременного применения механизмов стабилизации цен на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Освежение регионального стабилизационного фонда осуществляется до истечения сроков хранения продовольственных товаров, путем реализации продовольственного товара из регионального стабилизационного фонда или возврата продовольственных товаров до истечения сроков их хранения поставщику с последующей поставкой такого же объема продовольственных товаров с новым сроком хранения или с нового урожая следующего года.</w:t>
+      36. Использование регионального стабилизационного фонда осуществляется специализированной организацией путем проведения товарных интервенций и освежения продовольственных товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. Реализация продовольственных товаров регионального стабилизационного фонда для товарных интервенций, освежения продовольственных товаров осуществляется специализированной организацией через собственные точки сбыта и (или) торговые объекты, реализующие продовольственные товары, а также перерабатывающим предприятиям для производства социально значимых продовольственных товаров в пределах предельной торговой надбавки.</w:t>
+      37. Специализированная организация принимает решение о проведении товарных интервенций не позднее 2 (двух) рабочих дней в случае повышения уровня цен, при котором необходимо регулирующее воздействие на агропродовольственный рынок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. При этом, цена готового продовольственного товара, произведенного перерабатывающим предприятием, не превышает его предельно допустимой розничной цены, утвержденной акиматом области, и оговаривается в договоре о реализации, заключенном специализированной организацией с перерабатывающим предприятием.</w:t>
+      38. Специализированная организация в целях своевременного освежения регионального стабилизационного фонда на постоянной основе обеспечивает сроки хранения продовольственных товаров регионального стабилизационного фонда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. Акимат области совместно с специализированной организацией проводят информационную работу по доведению информации до населения через средства массовой информации, официальные сайты акимата и специализированной организации о местонахождении торговых объектов, осуществляющих товарные интервенции, а также о порядке предоставления займа субъектам предпринимательства.</w:t>
+      39. Освежение регионального стабилизационного фонда осуществляется до истечения сроков хранения продовольственных товаров, путем реализации продовольственного товара из регионального стабилизационного фонда или возврата продовольственных товаров до истечения сроков их хранения поставщику с последующей поставкой такого же объема продовольственных товаров с новым сроком хранения или с нового урожая следующего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Реализация продовольственных товаров регионального стабилизационного фонда для товарных интервенций, освежения продовольственных товаров осуществляется специализированной организацией через собственные точки сбыта и (или) торговые объекты, реализующие продовольственные товары, а также перерабатывающим предприятиям для производства социально значимых продовольственных товаров в пределах предельной торговой надбавки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. При этом, цена готового продовольственного товара, произведенного перерабатывающим предприятием, не превышает его предельно допустимой розничной цены, утвержденной акиматом области, и оговаривается в договоре о реализации, заключенном специализированной организацией с перерабатывающим предприятием.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Акимат области совместно с специализированной организацией проводят информационную работу по доведению информации до населения через средства массовой информации, официальные сайты акимата и специализированной организации о местонахождении торговых объектов, осуществляющих товарные интервенции, а также о порядке предоставления займа субъектам предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок предоставления займа субъектам предпринимательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      42. Акимат области в целях стабилизации цен на социально значимые продовольственные товары через специализированные организации предоставляют займ субъектам предпринимательства в соответствии с перечнем продовольственных товаров, определяемым Комиссией на основе регионального баланса спроса и предложения (объемы производства и обеспеченность продовольственными товарами, их товародвижение, наличие запасов), сведений о посевных площадях (плановых), прогнозном урожае, сложившихся ценах за прошедший календарный год, иных сведений. Предоставление займа осуществляется на условиях возвратности, обеспеченности и платности путем заключения договора займа.</w:t>
+      43. Акимат области в целях стабилизации цен на социально значимые продовольственные товары через специализированные организации предоставляют займ субъектам предпринимательства в соответствии с перечнем продовольственных товаров, определяемым Комиссией на основе регионального баланса спроса и предложения (объемы производства и обеспеченность продовольственными товарами, их товародвижение, наличие запасов), сведений о посевных площадях (плановых), прогнозном урожае, сложившихся ценах за прошедший календарный год, иных сведений. Предоставление займа осуществляется на условиях возвратности, обеспеченности и платности путем заключения договора займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. При предоставлении займа субъектам предпринимательства 70 (семьдесят) процентов бюджетных средств направляются на финансирование сельхозтоваропроизводителей и перерабатывающих предприятий.</w:t>
+      44. При предоставлении займа субъектам предпринимательства 70 (семьдесят) процентов бюджетных средств направляются на финансирование сельхозтоваропроизводителей и перерабатывающих предприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При отсутствии заявок от сельхозтоваропроизводителей и перерабатывающих предприятий для исполнения требований части первой настоящего пункта, займ предоставляется субъектам предпринимательства, осуществляющим реализацию продовольственных товаров.</w:t>
+      45. Стабилизация цен обеспечивается путем установления специализированной организацией фиксированных сниженных розничных/оптовых цен на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. Стабилизация цен обеспечивается путем установления специализированной организацией фиксированных сниженных розничных/оптовых цен на социально значимые продовольственные товары.</w:t>
+      46. Субъект предпринимательства для выдачи займа определяется Комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Субъект предпринимательства для выдачи займа определяется Комиссией в соответствии с следующими требованиями (критериями) к субъектам предпринимательства:</w:t>
+      К субъектам предпринимательства для предоставления займа в целях стабилизации цен на социально значимые продовольственные товары устанавливаются следующие единые требования (критерии):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      наличие в собственности либо на правах аренды (со сроком действия на период предоставления займа) действующего торгового объекта (объектов) или договора (договоров) поставки продукции с действующим субъектом розничной торговли (со сроком действия на период предоставления займа);</w:t>
+      1) наличие государственной регистрации в качестве юридического лица или индивидуального предпринимателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      обеспечение исполнения обязательств по возврату займа специализированной организации. Обеспечение исполнения обязательств предоставляется в виде: залога, банковской гарантии, договора страхования. Обеспечение исполнения обязательств оформляется в письменной форме.</w:t>
+      2) отсутствие задолженности по налогам и другим обязательным платежам в бюджет и обязательным пенсионным взносам в единый накопительный пенсионный фонд, за исключением случаев, когда срок уплаты отсрочен в соответствии с законодательством Республики Казахстан, на дату рассмотрения полученных документов от субъекта предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      46. Прием заявок у субъектов предпринимательства осуществляет специализированная организация и после проверки на соответствие требованиям Правил направляет в акимат области для вынесения на заседание Комиссии.</w:t>
+      3) отсутствие просроченной задолженности по кредитам (займам), предоставленным банками второго уровня, организациями, осуществляющими отдельные виды банковских операций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      47. В протоколе Комиссии указываются перечень социально значимых продовольственных товаров, для субъектов розничной торговли - фиксированные розничные цены по ним, для производителей – отпускные цены, сумма займа и субъект предпринимательства.</w:t>
+      4) наличие на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление) инфраструктурного торгово-логистического комплекса, состоящего из складских помещений и помещений со специальным оборудованием, предназначенных для соответствующего хранения продовольственных товаров и выполнения закупочных, подготовительных, распределительных операций с продовольственными товарами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      48. Условия предоставления займа устанавливаются договором займа, заключаемого между специализированной организацией и субъектом предпринимательства.</w:t>
+      5) отсутствие в реестре недобросовестных участников государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      49. Займ не предоставляется на рефинансирование просроченной задолженности.</w:t>
+      6) отсутствие неисполненных обязательств перед специализированной организацией, а также неисполненных обязательств по исполнительным документам, ограничений и обременений на имущество субъекта предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      50. Займ предоставляется только в национальной валюте.</w:t>
+      7) наличие обеспечения исполнения обязательств в соответствии с пунктом 49 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Прием заявок у субъектов предпринимательства осуществляет специализированная организация и после проверки на соответствие требованиям Правил направляет в акимат области для вынесения на заседание Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. После определения Комиссией субъекта предпринимательства специализированная организация предоставляет займ субъекту предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Субъект предпринимательства предоставляет обеспечение исполнения обязательств по возврату займа специализированной организации. Обеспечение исполнения обязательств предоставляется в виде: залога, банковской гарантии, договора страхования, гарантии/поручительства третьих лиц. Обеспечение исполнения обязательств оформляется в письменной форме, предусмотренной законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Условия предоставления займа устанавливаются договором займа, заключаемого между специализированной организацией и субъектом предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. В договорах займа в целях стабилизации цен на социально значимые продовольственные товары предусматриваются обязательства субъектов предпринимательства по формированию графика реализации социально значимых продовольственных товаров по согласованию со специализированной организацией, реализации социально значимых продовольственных товаров по фиксированной цене в полном объеме; предоставлению документов, подтверждающих факт реализации социально значимых продовольственных товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Неисполнение или ненадлежащее исполнение условий договора займа в части исполнения обязательств, указанных в части первой настоящего пункта, признается существенным нарушением договора займа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Займ не предоставляется на рефинансирование просроченной задолженности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Займ предоставляется только в национальной валюте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к Правилам реализации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>механизмов стабилизации цен на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социально значимые</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>продовольственные товары по</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Карагандинской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в министерства сельского хозяйства и торговли и интеграции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.gov.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Информация о ходе реализации механизмов стабилизации цен на социально значимые продовольственные товары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 1-СЗПТ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: еженедельно</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: _______20___года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: специализированная организация, реализующая механизмы стабилизации цен на социально значимые продовольственные товары, за исключением мер по установлению предельных цен на социально значимые продовольственные товары (далее – специализированная организация), акимат Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специализированная организация в акимат Карагандинской области, еженедельно по средам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акимат Карагандинской области в министерства сельского хозяйства и торговли и интеграции Республики Казахстан, еженедельно по четвергам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5346700" cy="431800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5346700" cy="431800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: в электронном виде</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Закуплены товары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+прямой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в рамках форвардных договоров и офтейк-контрактов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по предоставленным займам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сельскохозяйственные товаропроизводители и перерабатывающие предприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оптовые поставщики (дистрибьютеры), специализирующие на реализации продовольственных товаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сельскохозяйственные товаропроизводители и перерабатывающие предприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оптовые поставщики (дистрибьютеры), специализирующие на реализации продовольственных товаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сельскохозяйственные товаропроизводители и перерабатывающие предприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+субъекты предпринимательства, осуществляющие реализацию продовольственных товаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Говядина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Крупа гречневая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капуста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картофель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кефир</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лук репчатый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рожки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масло подсолнечное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масло сливочное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Молоко</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Морковь столовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мука пшеничная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мясо кур</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сахар песок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Творог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Хлеб </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Яйцо куриное, тысяч штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общий итог, без учета яиц кур и хлеба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие товаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализованный объем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остаток</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в стабилизационных фондах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в рамках форвардных договоров и офтейк-контрактов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по предоставленным займам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+точка сбыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование: ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес электронной почты____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель или лицо, исполняющее его обязанности: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (при его наличии) (электронная цифровая подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата: "____" _________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2990,35 +22097,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>