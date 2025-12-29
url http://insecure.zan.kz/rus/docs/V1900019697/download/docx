--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5a3edbc" w14:textId="5a3edbc">
+    <w:p w14:paraId="cde149b" w14:textId="cde149b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -143,57 +143,53 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Заголовок - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 16.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.10.2021).</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -218,54 +214,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан от 26 ноября 2012 года "О микрофинансовой деятельности" Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+        <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "О микрофинансовой деятельности" Правление Национального Банка Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -610,156 +698,137 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее постановление вводится в действие с 1 января 2020 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Национального Банка </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1133,617 +1202,953 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Постановление дополнено приложением 1 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 16.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.10.2021).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+        <w:t xml:space="preserve"> (вводится в действие с 01.10.2021); в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z317" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1.Настоящий Порядок заключения договора о предоставлении микрокредита разработан в соответствии с </w:t>
+      1. Настоящий Порядок заключения договора о предоставлении микрокредита (далее – Порядок) разработан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "О микрофинансовой деятельности" (далее – Закон) и определяет порядок заключения договора о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
-[...15 lines deleted...]
-      2. Договор о предоставлении микрокредита в соответствии с которым организация, осуществляющая микрофинансовую деятельность (микрофинансовая организация, кредитное товарищество и ломбард, осуществляющие деятельность по предоставлению микрокредитов, далее – организация, осуществляющая микрофинансовую деятельность), предоставляет заемщику микрокредит заключается с учетом требований гражданского законодательства Республики Казахстан к письменной форме сделки.</w:t>
+    <w:bookmarkStart w:name="z318" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В Порядке используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkStart w:name="z319" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кредитная линия - обязательство организации кредитовать заемщика на условиях, позволяющих заемщику самому определять время получения микрокредита, но в пределах суммы и времени, определенных правилами предоставления микрокредитов и соглашением о предоставлении (открытии) кредитной линии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z320" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соглашение о предоставлении (открытии) кредитной линии – договор о предоставлении микрокредита, заключенный на условиях, позволяющих заемщику самому определять в договоре (договорах), являющемся (являющихся) неотъемлемой (неотъемлемыми) частью (частями) соглашения о предоставлении (открытии) кредитной линии, сумму и время получения микрокредита, но в пределах суммы и времени, определенных правилами предоставления микрокредитов и соглашением о предоставлении (открытии) кредитной линии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z321" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организация – организация, осуществляющая микрофинансовую деятельность (микрофинансовая организация, кредитное товарищество, ломбард, осуществляющие деятельность по предоставлению микрокредитов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z322" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сумма переплаты по микрокредиту – сумма всех платежей заемщика по договору, включая сумму вознаграждения, неустойки (штрафа, пени), за исключением предмета микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z323" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Договор о предоставлении микрокредита, в соответствии с которым организация предоставляет заемщику микрокредит заключается с учетом требований гражданского законодательства Республики Казахстан к письменной форме сделки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z324" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. До заключения договора о предоставлении микрокредита с физическим лицом организация, осуществляющая микрофинансовую деятельность, информирует физическое лицо, вне зависимости от способа его обращения за получением микрокредита, о размере ставки вознаграждения в процентах годовых, размере годовой эффективной ставки вознаграждения (реальной стоимости микрокредита), сумме переплаты по микрокредиту, а также осуществляет мероприятия, предусмотренные </w:t>
-[...281 lines deleted...]
-      наличие ссудной задолженности, в том числе перед другими кредиторами;</w:t>
+      4. До заключения договора о предоставлении микрокредита с физическим лицом организация информирует физическое лицо, вне зависимости от способа его обращения за получением микрокредита, о размере ставки вознаграждения в процентах годовых, размере годовой эффективной ставки вознаграждения (реальной стоимости микрокредита), сумме переплаты по микрокредиту, а также осуществляет мероприятия, предусмотренные подпунктами 3), 4) и 5) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона, с обязательным фиксированием перечня осуществленных организацией мероприятий, который приобщается к кредитному досье заемщика по данному договору.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z149" w:id="20"/>
-[...15 lines deleted...]
-      долговая нагрузка;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. До принятия решения о предоставлении микрокредита физическому лицу, организация осуществляет проверку информации, содержащейся в кредитном отчете либо информационной системе уполномоченного государственного органа (далее – ИС), на предмет наличия следующих сведений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z150" w:id="21"/>
-[...15 lines deleted...]
-      платежная дисциплина (кредитная история) по микрокредитам;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) об установлении физическим лицом добровольного отказа от получения микрокредитов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z151" w:id="22"/>
-[...15 lines deleted...]
-      рейтинг заемщика в скоринговых системах организации, осуществляющей микрофинансовую деятельность (при наличии);</w:t>
+    <w:bookmarkStart w:name="z327" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) о призыве физического лица на срочную воинскую службу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z152" w:id="23"/>
-[...15 lines deleted...]
-      наличие иной задолженности;</w:t>
+    <w:bookmarkStart w:name="z328" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) о ранее полученных физическим лицом банковских займов и (или) микрокредитов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z153" w:id="24"/>
-[...15 lines deleted...]
-      остатки и операции по банковским счетам (при наличии);</w:t>
+    <w:bookmarkStart w:name="z329" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) о зарегистрированном браке (супружестве) физического лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z154" w:id="25"/>
-[...15 lines deleted...]
-      информация о целевом использовании денег;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. В случае наличия в кредитном отчете физического лица информации, указанной в подпункте 1) пункта 5 Порядка, организация отказывает в предоставлении микрокредита за исключением следующих случаев: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z155" w:id="26"/>
-[...15 lines deleted...]
-      наличие согласия супруга (супруги) на предоставление микрокредита.</w:t>
+    <w:bookmarkStart w:name="z331" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдачи микрокредита ломбардом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z332" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      передачи суммы потребительского микрокредита на банковский счет продавца (поставщика) товаров, работ и услуг на цели приобретения товаров, работ и услуг получение которых подтверждается заемщиком (покупателем);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z333" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      передачи суммы потребительского микрокредита на цели погашения задолженности по микрокредиту заемщика, полученному в той же организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z334" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае наличия в кредитном отчете физического лица информации, указанной в подпункте 2) пункта 5 Порядка, организация отказывает в предоставлении микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z335" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Организация отказывает физическому лицу в заключении договора о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, посредством Интернета, и информирует его о необходимости обращения в организацию или филиал организации с указанием их адресов при наличии в совокупности следующих случаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z336" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в кредитном отчете физического лица отсутствует информация о ранее полученных им банковских займов и (или) микрокредитов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z337" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сумма, указанная в заявлении на заключение договора о предоставлении потребительского микрокредита, превышает семидесятипятикратный размер месячного расчетного показателя, установленный на соответствующий финансовый год законом о республиканском бюджете.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z338" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требование, предусмотренное частью первой настоящего пункта, не распространяется на случаи заключения договора о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, если микрокредит выдается на цели приобретения товаров, работ и услуг, получение которых подтверждается заемщиком (покупателем), и сумма потребительского микрокредита переводится на банковский счет продавца (поставщика) товаров, работ и услуг на цели приобретения товаров, работ и услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z339" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. В случае наличия в ИС информации о зарегистрированном браке (супружестве) физического лица, организация в порядке, определенном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и развитию финансового рынка от 16 августа 2024 года № 55 "Об утверждении Правил получения согласия супруга (супруги) на предоставление потребительского банковского займа или микрокредита, не обеспеченного залогом имущества, подлежащим регистрации, физическому лицу, минимального размера потребительского банковского займа или микрокредита, по которому необходимо согласие супруга (супруги) на предоставление потребительского банковского займа или микрокредита физическому лицу" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 34946), получает согласие супруга (супруги) на предоставление потребительского микрокредита физическому лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z340" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. До заключения с физическим лицом договора о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, организация осуществляет мероприятия по противодействию мошенничеству, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 28 ноября 2019 года № 217 "Об утверждении Правил предоставления микрокредитов электронным способом" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 19714) (далее – Постановление № 217).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z341" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Организация заключает договор о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, с физическим лицом, не достигшим двадцати одного года, либо старше пятидесяти пяти лет, только после предоставления данным физическим лицом согласия на его заключение, оформленного в соответствии с требованиями, предусмотренными пунктом 11 Порядка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z342" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требование, предусмотренное частью первой настоящего пункта, также распространяется на случаи выдачи потребительского микрокредита, не обеспеченного залогом имущества, в том числе в рамках соглашения о предоставлении (открытии) кредитной линии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z343" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требование, предусмотренное частями первой и второй настоящего пункта, не распространяется на случаи передачи суммы потребительского микрокредита, не обеспеченного залогом имущества, на банковский счет продавца (поставщика) товаров, работ и услуг на цели приобретения товаров, работ и услуг, получение которых подтверждается заемщиком (покупателем), и (или) на цели погашения задолженности по микрокредиту заемщика-физического лица, полученному в той же организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z344" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Согласие на заключение договора о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, либо на получение потребительского микрокредита, не обеспеченного залогом имущества, (далее – Согласие) оформляется в произвольной форме и содержит следующие обязательные условия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z345" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дату оформления Согласия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z346" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения о физическом лице: фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) и индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z347" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения о потребительском микрокредите, не обеспеченном залогом имущества: сумма, срок, размер ставки вознаграждения (в годовых процентах либо в фиксированной сумме), размер ставки вознаграждения в достоверном, годовом, эффективном, сопоставимом исчислении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z348" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласие, оформляемое на бумажном носителе, подписывается физическим лицом при его личном присутствии в организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z349" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае заключения договора о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, посредством Интернета, Согласие оформляется в кредитном бюро, на веб-портале "электронного правительства" либо посредством объектов информатизации организации, интегрированных с сервисами, размещенными на шлюзе "электронного правительства" и удостоверяется электронной цифровой подписью, представленной аккредитованным удостоверяющим центром Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z350" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оформление Согласия производится также через объекты информатизации, интегрированные с сервисами, размещенными на шлюзе "электронного правительства" юридического лица, оказывающего услуги организации на основании соответствующего договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z351" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Непредоставление (не оформление) физическим лицом Согласия в течение срока действия решения организации о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, является отказом физического лица в получении им такого микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z352" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок действия решения организации о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, устанавливается в соответствии с внутренними документами организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z353" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация обеспечивает хранение Согласия до полного исполнения заемщиком-физическим лицом обязательств по договору о предоставлении микрокредита, в том числе в рамках соглашения о предоставлении (открытии) кредитной линии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z354" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Передача денег заемщику-физическому лицу по потребительскому микрокредиту, не обеспеченному залогом имущества, на основании договора о предоставлении микрокредита, заключенного посредством Интернета, размер которого составляет семидесятипятикратный и более месячный расчетный показатель, установленный на соответствующий финансовый год законом о республиканском бюджете, осуществляется организацией в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановления № 217</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1822,68 +2227,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 ноября 2019 года № 232</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="27"/>
+    <w:bookmarkStart w:name="z24" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования к содержанию, оформлению договора и его первой страницы, содержащей информацию о полной стоимости микрокредита (сумме переплаты по микрокредиту, предмете микрокредита), обязательным условиям договора о предоставлении микрокредита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Постановление дополнено приложением 2 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 16.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1898,230 +2303,230 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="28"/>
+    <w:bookmarkStart w:name="z25" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Требования к содержанию, оформлению договора и его первой страницы, содержащей информацию о полной стоимости микрокредита (сумме переплаты по микрокредиту, предмете микрокредита), обязательным условиям договора о предоставлении микрокредита (далее – Требования) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "О микрофинансовой деятельности" (далее – Закон).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z26" w:id="29"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z26" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В Требованиях используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z157" w:id="30"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z157" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соглашение о предоставлении (открытии) кредитной линии – договор о предоставлении микрокредита, заключенный на условиях, позволяющих заемщику самому определять в договоре (договорах), являющемся (являющихся) неотъемлемой (неотъемлемыми) частью (частями) соглашения о предоставлении (открытии) кредитной линии, сумму и время получения микрокредита, но в пределах суммы и времени, определенных правилами предоставления микрокредитов и соглашением о предоставлении (открытии) кредитной линии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z158" w:id="31"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z158" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) договор – договор о предоставлении микрокредита в соответствии с которым организация, осуществляющая микрофинансовую деятельность, предоставляет заемщику микрокредит;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z159" w:id="32"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z159" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сумма переплаты по микрокредиту – сумма всех платежей заемщика по договору, включая сумму вознаграждения, неустойки (штрафа, пени), за исключением предмета микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z160" w:id="33"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z160" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) организация – организация, осуществляющая микрофинансовую деятельность (микрофинансовая организация, кредитное товарищество, ломбард, осуществляющие деятельность по предоставлению микрокредитов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z161" w:id="34"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z161" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) вознаграждение – плата за предоставленный микрокредит, определенная в процентном выражении к сумме микрокредита из расчета годового размера причитающихся организации денег;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z162" w:id="35"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z162" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) созаемщик – физическое или юридическое лицо, выступающее по договору в качестве солидарно ответственного за выполнение обязательств по микрокредиту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2140,830 +2545,830 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="36"/>
+    <w:bookmarkStart w:name="z34" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Договор содержит условия, установленные законодательством Республики Казахстан для договоров соответствующего вида, условия, определенные по соглашению сторон, а также следующие обязательные условия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z35" w:id="37"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z35" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) общие условия договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z36" w:id="38"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z36" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) права заемщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z37" w:id="39"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z37" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) права организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z38" w:id="40"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z38" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обязанности организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z39" w:id="41"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z39" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ограничения для организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z40" w:id="42"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z40" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ответственность сторон за нарушение обязательств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z41" w:id="43"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z41" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) порядок внесения изменений в условия договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z42" w:id="44"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z42" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Общие условия договора содержат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z224" w:id="45"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z224" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дату заключения договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z225" w:id="46"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z225" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование организации и фамилию, имя и отчество (при его наличии) заемщика (созаемщика) – физического лица или наименование заемщика (созаемщика) – юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z226" w:id="47"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z226" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сумму микрокредита (предмет микрокредита), для соглашения о предоставлении (открытии) кредитной линии – общую сумму микрокредита (предмет микрокредита), сумму переплаты по микрокредиту, сведения о цели использования микрокредита (при наличии), при этом информация о полной стоимости микрокредита (сумме переплаты по микрокредиту, предмете микрокредита), отражается на первой странице договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z227" w:id="48"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z227" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сроки погашения микрокредита, для соглашения о предоставлении (открытии) кредитной линии – общий срок договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z228" w:id="49"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z228" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) размер ставки вознаграждения в процентах годовых, а также размер годовой эффективной ставки вознаграждения (реальной стоимости микрокредита), рассчитанной согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона, на дату заключения договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z229" w:id="50"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z229" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) способ погашения микрокредита: единовременно либо частями, наличными деньгами – через кассу либо посредством электронных терминалов, при безналичном способе – с указанием реквизитов банковского счета организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z230" w:id="51"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z230" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) метод погашения микрокредита (аннуитетный, дифференцированный или другой метод в соответствии с правилами предоставления микрокредитов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z231" w:id="52"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z231" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) очередность погашения задолженности по микрокредиту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z232" w:id="53"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z232" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) порядок начисления и размер неустойки (штрафа, пени) за несвоевременное погашение основного долга и уплату вознаграждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z233" w:id="54"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z233" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) обеспечение исполнения заемщиком обязательств по договору (при его наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z234" w:id="55"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z234" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) меры, принимаемые организацией при неисполнении либо ненадлежащем исполнении заемщиком обязательств по договору, а также условия взаимодействия с заемщиком, имеющим просроченную задолженность, и (или) его представителем, и (или) третьим лицом, связанным обязательствами с организацией в рамках договора, предусматривающие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z304" w:id="56"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z304" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействие посредством телефонных переговоров, в том числе, с использованием приложений для совершения звонков в сети интернет по инициативе организации, не более одного раза в период с 9.00 до 21.00 часов в будний день;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z305" w:id="57"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z305" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при каждом взаимодействии сообщение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z306" w:id="58"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z306" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наименования организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z307" w:id="59"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z307" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       места нахождения организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z308" w:id="60"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z308" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       фамилии, имени, отчестве (при его наличии), должности лица, которое осуществляет взаимодействие;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z309" w:id="61"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z309" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       структуры задолженности, остатка просроченных и текущих сумм основного долга, вознаграждения, комиссий, неустойки (штрафа, пени), предусмотренных договором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z310" w:id="62"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z310" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       об ответственности и иных обязательствах заемщика, предусмотренных договором, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, а также последствиях неисполнения или ненадлежащего исполнения обязательств, предусмотренных договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z311" w:id="63"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z311" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При взаимодействии в рамках указанных мер соблюдаются следующие ограничения на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z312" w:id="64"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z312" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществление взаимодействия способами и в период, не предусмотренный абзацами вторым и третьим настоящего подпункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z313" w:id="65"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z313" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействие с третьим лицом, не связанным обязательствами с организацией в рамках договора, за исключением случаев установления места нахождения и (или) контактных данных заемщика для урегулирования и (или) погашения просроченной задолженности способами и в период, предусмотренными абзацами вторым и третьим настоящего подпункта, а также при сообщении наименования организации, ее места нахождения, фамилии, имени, отчества (при его наличии), должности лица, которое осуществляет взаимодействие;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z314" w:id="66"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z314" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сообщение заемщику, имеющему просроченную задолженность, и (или) его представителю, и (или) третьему лицу недостоверных фамилии и (или) имени, и (или) отчества (при его наличии), а также сведений о месте работы и (или) должности работника организации, не соответствующих действительности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z315" w:id="67"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z315" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       введение заемщика, имеющего просроченную задолженность, и (или) его представителя, и (или) третьего лица, связанного обязательствами с организацией в рамках договора, в заблуждение относительно размера, характера и оснований возникновения задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z316" w:id="68"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z316" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       распространение сведений, порочащих честь, достоинство и деловую репутацию лица, с которым осуществляется взаимодействие, либо разглашение сведений, которые могут причинить имущественный вред интересам данного лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z248" w:id="69"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z248" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) срок действия договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z249" w:id="70"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z249" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) информацию о почтовом и электронном адресе организации, а также данные о ее официальном интернет-ресурсе (при его наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z250" w:id="71"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z250" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) адрес места регистрации либо места жительства заемщика – физического лица, адрес места регистрации либо места нахождения постоянно действующего органа заемщика – юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z251" w:id="72"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z251" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) условие, предусматривающее, что при уступке организацией права (требования) по договору третьему лицу требования и ограничения, предъявляемые законодательством Республики Казахстан к взаимоотношениям кредитора с заемщиком в рамках договора, распространяются на правоотношения заемщика с третьим лицом, которому уступлено право (требование).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3002,130 +3407,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="73"/>
+    <w:bookmarkStart w:name="z179" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Общие условия договора о предоставлении микрокредита, не связанного с осуществлением предпринимательской деятельности, заключенного с физическим лицом на срок до сорока пяти календарных дней, в размере, не превышающем сорокапятикратного размера месячного расчетного показателя, установленного на соответствующий финансовый год законом о республиканском бюджете, помимо условий, указанных в пункте 4 Требований, содержат следующие условия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z180" w:id="74"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z180" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) размер неустойки (штрафа, пени) за нарушение обязательства по возврату суммы микрокредита и (или) уплате вознаграждения по договору о предоставлении микрокредита не может превышать 0,3 (ноль целых три десятых) процента от суммы неисполненного обязательства за каждый день просрочки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z181" w:id="75"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z181" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) все платежи заемщика по договору о предоставлении микрокредита, включая сумму вознаграждения и неустойки (штрафа, пени), предусмотренных договором о предоставлении микрокредита, за исключением предмета микрокредита, в совокупности не могут превышать половины суммы выданного микрокредита за весь период действия договора о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z182" w:id="76"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z182" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по соглашению сторон допускается увеличение срока действия договора о предоставлении микрокредита на действующих или улучшающих условиях на срок не более 90 (девяносто) календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3144,410 +3549,410 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="77"/>
+    <w:bookmarkStart w:name="z57" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Права заемщика предусматривают возможность:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z253" w:id="78"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z253" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ознакомления с правилами предоставления микрокредитов, тарифами организации по предоставлению микрокредитов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z254" w:id="79"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z254" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) распоряжения полученным микрокредитом в порядке и на условиях, установленных договором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z255" w:id="80"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z255" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оплаты основного долга и (или) вознаграждения в следующий за ним рабочий день без уплаты неустойки (штрафа, пени) если дата погашения основного долга и (или) вознаграждения выпадает на выходной либо праздничный день);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z256" w:id="81"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z256" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) досрочного полного или частичного возврата организации суммы микрокредита, предоставленного по договору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z257" w:id="82"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z257" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) посещения заемщиком – физическим лицом в течение тридцати календарных дней с даты наступления просрочки исполнения обязательства по договору организации и (или) представления в письменной форме, а также через объекты информатизации, предоставляющие микрофинансовой организации возможность осуществить идентификацию заемщика посредством применения идентификационных средств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах" (далее – объекты информатизации) либо способом, предусмотренным договором, заявления, содержащего сведения о причинах возникновения просрочки исполнения обязательства по договору, доходах и других подтвержденных обстоятельствах (фактах), которые обуславливают его заявление о внесении изменений в условия договора в том числе связанных с:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z258" w:id="83"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z258" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изменением в сторону уменьшения ставки вознаграждения по договору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z259" w:id="84"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z259" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отсрочкой платежа по основному долгу и (или) вознаграждению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z260" w:id="85"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z260" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изменением метода погашения задолженности или очередности погашения задолженности, в том числе с погашением основного долга в приоритетном порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z261" w:id="86"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z261" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изменением срока микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z262" w:id="87"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z262" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прощением просроченного основного долга и (или) вознаграждения, отменой неустойки (штрафа, пени) по микрокредиту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z263" w:id="88"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z263" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельной реализацией залогодателем недвижимого имущества, являющегося предметом ипотеки, в сроки, установленные соглашением сторон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z264" w:id="89"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z264" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлением отступного взамен исполнения обязательства по договору путем передачи организации заложенного имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z265" w:id="90"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z265" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реализацией недвижимого имущества, являющегося предметом ипотеки, с передачей обязательства по договору покупателю;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z266" w:id="91"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z266" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) заемщика – физического лица в течение пятнадцати календарных дней с даты получения решения организации, предусмотренного абзацем четвертым подпункта 4) пункта 7 Требований, или при недостижении взаимоприемлемого решения об изменении условий договора в срок, предусмотренный частью третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-2 Закона, обратиться к микрофинансовому омбудсману с одновременным уведомлением организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z267" w:id="92"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z267" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) письменного обращения в организацию при возникновении спорных ситуаций по получаемым услугам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3566,130 +3971,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="93"/>
+    <w:bookmarkStart w:name="z74" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Права организации предусматривают возможность:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z75" w:id="94"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z75" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изменения условий договора в одностороннем порядке в сторону их улучшения для заемщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z76" w:id="95"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z76" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) требования досрочного возврата суммы микрокредита и вознаграждения по нему при нарушении заемщиком срока, установленного для возврата очередной части микрокредита и (или) выплаты вознаграждения, более чем на сорок календарных дней;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z77" w:id="96"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z77" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) взыскания задолженности на основании исполнительной надписи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3708,530 +4113,530 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="97"/>
+    <w:bookmarkStart w:name="z78" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Обязанности организации предусматривают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z269" w:id="98"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z269" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уведомление заемщика (или его уполномоченного представителя) при заключении договора, содержащего условия перехода права (требования) организации по договору третьему лицу (далее – договор уступки права требования):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z270" w:id="99"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z270" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       до заключения договора уступки уведомить заемщика – физическое лицо по договору, не связанного с осуществлением предпринимательской деятельности, о планируемой уступке прав (требований) кредитора по указанному договору третьему лицу, а также об обработке (передаче) персональных данных заемщика в связи с такой уступкой способом, предусмотренным договором, а также через объекты информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z271" w:id="100"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z271" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о переходе прав (требований) по договору третьему лицу способом, предусмотренным договором, а также через объекты информатизации в течение тридцати календарных дней со дня заключения договора уступки с указанием необходимости осуществления дальнейших платежей по договору третьему лицу (наименование, место нахождения и банковские реквизиты лица, которому уступлены права (требования) по договору, либо в случае передачи прав (требований) по договору в доверительное управление – сервисной компании), объема переданных прав (требований) по договору, размера и структуры задолженности по договору (основной долг, вознаграждение, комиссии, неустойка (штраф, пеня) и других подлежащих уплате сумм;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z272" w:id="101"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z272" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уведомление заемщика в день передачи задолженности на досудебное взыскание и урегулирование задолженности способом, предусмотренным в договоре, а также через объекты информатизации, с указанием наименования, места нахождения коллекторского агентства, телефонных номеров коллекторского агентства для контактов с должниками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z273" w:id="102"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z273" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уведомление заемщика способом и в сроки, предусмотренными в договоре, а также через объекты информатизации, но не позднее десяти календарных дней с даты наступления просрочки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z274" w:id="103"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z274" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о возникновении просрочки по исполнению обязательства по договору и необходимости внесения платежей с указанием размера просроченной задолженности на дату, указанную в уведомлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z275" w:id="104"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z275" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       праве заемщика – физического лица по договору обратиться в организацию с заявлением, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-2 Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z276" w:id="105"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z276" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       последствиях невыполнения заемщиком своих обязательств по договору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z277" w:id="106"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z277" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договор содержит условие, что уведомление считается доставленным, если оно направлено должнику одним из следующих способов, предусмотренных договором:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z278" w:id="107"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z278" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на адрес электронной почты, указанный в договоре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z279" w:id="108"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z279" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по месту жительства, указанному в договоре, заказным письмом с уведомлением о его вручении, в том числе получено одним из совершеннолетних членов семьи, проживающим по указанному адресу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z280" w:id="109"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z280" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с использованием иных средств связи, обеспечивающих фиксирование доставки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z281" w:id="110"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z281" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) рассмотрение в течение пятнадцати календарных дней после дня получения заявления заемщика – физического лица предложенных изменений в условия договора и в письменной форме, а также через объекты информатизации либо способом, предусмотренным договором сообщает заемщику – физическому лицу об одном из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z282" w:id="111"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z282" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о согласии с предложенными изменениями в условия договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z283" w:id="112"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z283" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о встречном предложении по изменению условий договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z284" w:id="113"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z284" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       об отказе в изменении условий договора с указанием мотивированного обоснования причин такого отказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z285" w:id="114"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z285" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уведомление заемщика об изменении условий договора при применении организацией улучшающих условий в порядке, предусмотренном в договоре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z286" w:id="115"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z286" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) приложение к договору подписанного сторонами графика погашения микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z287" w:id="116"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z287" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При изменении условий микрокредита, влекущих изменение суммы (размера) денежных обязательств заемщика и (или) срока их уплаты, организацией составляется и выдается заемщику новый график погашения микрокредита с учетом новых условий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z288" w:id="117"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z288" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования настоящего подпункта не распространяются на соглашение о предоставлении (открытии) кредитной линии, а также на договор, по которому погашение микрокредита осуществляется единовременным платежом в конце срока микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z289" w:id="118"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z289" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) иные обязанности, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4250,191 +4655,191 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="119"/>
+    <w:bookmarkStart w:name="z98" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ограничения для организации предусматривают запрет на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z291" w:id="120"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z291" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изменение в одностороннем порядке ставки вознаграждения (за исключением случаев их снижения) и (или) способа и метода погашения микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z292" w:id="121"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z292" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) предоставление микрокредита, не связанного с осуществлением предпринимательской деятельности, физическому лицу, имеющему просроченную задолженность по банковскому займу и (или) микрокредиту свыше девяноста календарных дней, с учетом исключений, предусмотренных частью второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 1-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 7 Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z293" w:id="122"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z293" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) установление и взимание с заемщика любых платежей, за исключением вознаграждения и неустойки (штрафа, пени) по микрокредиту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z294" w:id="123"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z294" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) требование выплаты вознаграждения, неустойки (штрафов, пени), начисленных по истечении девяноста последовательных календарных дней просрочки исполнения обязательства по погашению любого из платежей по суммам основного долга и (или) вознаграждения по микрокредиту заемщика – физического лица, не связанному с осуществлением предпринимательской деятельности, за исключением договора по которому сумма основного долга полностью обеспечивалась залогом имущества, подлежащего регистрации, и (или) залогом денег на дату его заключения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z295" w:id="124"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z295" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) требование выплаты вознаграждения, а также неустойки (штрафов, пени), начисленных по истечении ста восьмидесяти последовательных календарных дней просрочки исполнения обязательства по погашению любого из платежей по суммам основного долга и (или) вознаграждения по микрокредиту заемщика – физического лица, обеспеченному ипотекой недвижимого имущества, не связанному с осуществлением предпринимательской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z296" w:id="125"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z296" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) заключение договоров, предусматривающих сотрудничество с частными судебными исполнителями для взыскания с заемщика суммы долга по договору, а также заключать соглашение (договор) об условиях исполнения исполнительного документа с частным судебным исполнителем, являющимся аффилированным лицом микрофинансовой организации в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4449,152 +4854,152 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 12-1 Закона Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью" и (или) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 64 Закона Республики Казахстан "Об акционерных обществах";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z297" w:id="126"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z297" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) увеличение срока действия договора о предоставлении микрокредита, заключенного с физическим лицом, без его согласия и на условиях, не обеспечивающих сохранение либо улучшение условий договора о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z298" w:id="127"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z298" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) требование от заемщика, являющегося физическим лицом, досрочно полностью или частично возвратившего организации сумму микрокредита, неустойки (штрафа, пени) и другие платежи за досрочный возврат микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z299" w:id="128"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z299" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) увеличение суммы микрокредита по договору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z300" w:id="129"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z300" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) взимание неустойки (штрафа, пени) если дата погашения основного долга и (или) вознаграждения выпадает на выходной либо праздничный день, и основного долга и (или) уплата вознаграждения производится в следующий за ним рабочий день;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z301" w:id="130"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z301" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) индексацию обязательства и платежей по договору о предоставлении микрокредита, выданного в тенге, с привязкой к любому валютному эквиваленту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z302" w:id="131"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z302" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) подачу нотариусу заявления о совершении исполнительной надписи для взыскания задолженности по договору о предоставлении микрокредита не по территории деятельности нотариуса в соответствии с указанным в договоре адресом должника, а также к нотариусу, являющемуся аффилированным лицом микрофинансовой организации в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4609,51 +5014,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 12-1 Закона Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью" и (или) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 64 Закона Республики Казахстан "Об акционерных обществах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4672,71 +5077,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="132"/>
+    <w:bookmarkStart w:name="z105" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. К договору, заключаемому с физическим лицом, получающим микрокредит, не связанный с осуществлением предпринимательской деятельности, прилагается титульный лист, который является неотъемлемой частью договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z106" w:id="133"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z106" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Титульный лист излагается в виде начальных листов договора, и содержит условия, предусмотренные в подпунктах 1), 2), 3), 4), 5), 6), 7) и 9) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4751,72 +5156,72 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования в указанной последовательности. При этом условие, предусмотренное подпунктом 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования, излагается на первой странице договора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z107" w:id="134"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z107" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Текст договора печатается на листах формата А4, шрифтом - "Times New Rоmаn" размером не менее 12, с обычным межбуквенным, одинарным межстрочным интервалом и применением абзацных отступов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z108" w:id="135"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z108" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Условия, предусмотренные в подпунктах 8), 10), 11) и 12) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4831,131 +5236,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и подпункте 6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования, излагаются в договоре в указанной последовательности после титульного листа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z109" w:id="136"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z109" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае заключения договора на условиях присоединения в соответствии со статьей 389 Гражданского кодекса Республики Казахстан (Общая часть), часть договора (заявление о присоединении), представляемая заемщику, соответствует требованиям части второй пункта 9 Требования, а также содержит условия, предусмотренные настоящим пунктом, которые указываются в договоре в соответствующей последовательности. При этом заявление о присоединении приравнивается к титульному листу договора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z110" w:id="137"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z110" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. К договору о предоставлении микрокредита прилагается подписанный сторонами график погашения микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z221" w:id="138"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z221" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если заемщиком (созаемщиком) является физическое лицо, график погашения микрокредита, составленный на дату выдачи микрокредита, также содержит перечень предложенных организацией методов погашения микрокредита с отметкой заемщика (созаемщика) о выбранном методе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z222" w:id="139"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z222" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования по заполнению графика погашения микрокредита не распространяются на договор, по которому погашение микрокредита осуществляется единовременным платежом в конце срока микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4974,131 +5379,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="140"/>
+    <w:bookmarkStart w:name="z113" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При предоставлении микрокредита посредством заключения соглашения о предоставлении (открытии) кредитной линии, а также в рамках него договора (договоров), являющегося (являющихся) неотъемлемой (неотъемлемыми) частью (частями) соглашения о предоставлении (открытии) кредитной линии и на основании, которого (которых) осуществляется выдача очередного микрокредита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="142"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z115" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соглашении о предоставлении (открытии) кредитной линии указываются общая сумма и общий срок микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z116" w:id="143"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z116" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       условия, предусмотренные в подпунктах 1), 2), 3), 4), 5), 7) и 12) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5113,52 +5478,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования, излагаются в договоре в указанной последовательности. При этом условие, предусмотренное в подпункте 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования, указывается на первой странице договора; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z117" w:id="144"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z117" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       условия, предусмотренные в подпунктах 6), 8), 9), 10), 11) и 13) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5253,51 +5618,133 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования, в случае их указания в соглашении о предоставлении (открытии) кредитной линии не требуют дополнительного указания в договоре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 с изменением, внесенным постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5454,68 +5901,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z120" w:id="145"/>
+    <w:bookmarkStart w:name="z120" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                График погашения микрокредита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Постановление дополнено приложением 3 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 16.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5561,66 +6008,65 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от ______.____.____г. к Договору о предоставлении микрокредита №________ от ___.____._____г.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1851"/>
+        <w:gridCol w:w="1852"/>
+        <w:gridCol w:w="1852"/>
+        <w:gridCol w:w="341"/>
+        <w:gridCol w:w="6404"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5650,51 +6096,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Платежи за период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="6404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5704,51 +6150,51 @@
               <w:t>
 Остаток основного долга (задолженности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5778,151 +6224,158 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="6404" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вознаграждение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5932,772 +6385,870 @@
               <w:t>
 Основной долг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="6404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="341" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="341" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="6404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...200 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итого:</w:t>
-[...128 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Годовая эффективная ставка вознаграждения:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="6404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6731,140 +7282,124 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выбранный заемщиком метод погашения микрокредита</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="6404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(аннуитетный, дифференцированный</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>или другой метод в соответствии</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>с внутренними правилами</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>микрофинансовой организации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6952,111 +7487,103 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ________________________________</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(подпись представителя организации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(подпись заемщика/ представителя заемщика)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>