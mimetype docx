--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df0b1e8" w14:textId="df0b1e8">
+    <w:p w14:paraId="bb997d4" w14:textId="bb997d4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,64 +123,136 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законом</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан от 26 ноября 2012 года "О микрофинансовой деятельности" Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О микрофинансовой деятельности" Правление Национального Банка Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -777,366 +849,472 @@
         <w:t>
       1. Для целей Правил под годовой эффективной ставкой вознаграждения понимается ставка вознаграждения в достоверном, годовом, эффективном, сопоставимом исчислении по микрокредиту, рассчитываемая в соответствии с Правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовые организации указывают годовую эффективную ставку вознаграждения в цифровом выражении, в одинаковой по размеру и стилю оформления шрифтов (курсив, полужирный, выделение цветом) форме с другими ставками вознаграждения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z52" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при распространении информации о величинах вознаграждения по микрокредитам, в том числе ее публикации;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в договоре о предоставлении микрокредита, заключаемом с клиентами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в личном кабинете на интернет-ресурсе, в мобильном приложении при предоставлении микрокредитов электронным способом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В договоре о предоставлении микрокредита, заключаемом с клиентами, годовая эффективная ставка вознаграждения печатается при помощи устройств компьютерной техники в одном предложении с другими ставками вознаграждения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если общие условия отражаются в договоре о предоставлении микрокредита в виде таблицы, годовая эффективная ставка вознаграждения указывается в отдельной строке (столбце), следующей после указания других ставок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микрофинансовые организации размещают на своем интернет-ресурсе (при их наличии) средство автоматизированного расчета (калькулятор) годовой эффективной ставки вознаграждения, предназначенное для расчета заемщиками годовой эффективной ставки вознаграждения с учетом всех платежей, связанных с микрокредитом, и отображения ее итогового значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Расчет годовой эффективной ставки вознаграждения производится:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z53" w:id="16"/>
-[...15 lines deleted...]
-      2) в договоре о предоставлении микрокредита, заключаемом с клиентом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на дату заключения договора о предоставлении микрокредита, дополнительных соглашений к договору о предоставлении микрокредита;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по устному или письменному требованию заемщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в случае внесения изменений и дополнений в договор о предоставлении микрокредита, которые влекут изменение суммы (размера) денежных обязательств заемщика и (или) срока их уплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в случае осуществления заемщиком в период обслуживания микрокредита платежей, указанных в пункте 8-1 настоящих Правил, и не включенных в расчет годовой эффективной ставки вознаграждения на дату заключения договора о предоставлении микрокредита, заемщик уведомляется об изменении значения годовой эффективной ставки вознаграждения в порядке, предусмотренном договором о предоставлении микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При изменении условий договора о предоставлении микрокредита, влекущих изменение суммы (размера) денежных обязательств заемщика и (или) срока их уплаты, расчет уточненного значения годовой эффективной ставки вознаграждения производится исходя из остатка задолженности, оставшегося срока погашения микрокредита на дату, с которой изменяются условия, без учета платежей по микрокредиту, произведенных заемщиком с начала срока действия договора о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При уступке прав (требований) по договору о предоставлении микрокредита расчет годовой эффективной ставки вознаграждения в случаях, предусмотренных подпунктами 2) и 3) пункта 3 Правил, производится третьим лицом, которому уступлены права (требования) по договору о предоставлении микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...88 lines deleted...]
-      1) на дату заключения договора о предоставлении микрокредита, дополнительных соглашений к договору о предоставлении микрокредита;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Расчет годовой эффективной ставки вознаграждения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
-[...15 lines deleted...]
-      2) по устному или письменному требованию заемщика;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Годовая эффективная ставка вознаграждения по предоставляемым микрокредитам рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7620000" cy="1600200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -1158,370 +1336,586 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       n - порядковый номер последней выплаты заемщику;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       j - порядковый номер выплаты заемщику;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Sj - сумма j-той выплаты заемщику;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       APR - годовая эффективная ставка вознаграждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       tj - период времени со дня предоставления микрокредита до момента j-той выплаты заемщику (в днях); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      m - порядковый номер последнего платежа заемщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      і - порядковый номер платежа заемщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Pi - сумма і-того платежа заемщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ti - период времени со дня предоставления микрокредита до момента і-того платежа заемщика (в днях).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Если при расчете годовой эффективной ставки вознаграждения полученное число имеет более одного десятичного знака, оно подлежит округлению до десятых долей следующим образом:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
-[...15 lines deleted...]
-      m - порядковый номер последнего платежа заемщика;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) если сотая доля больше или равна 5, десятая доля увеличивается на 1, все следующие за ней знаки исключаются;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
-[...15 lines deleted...]
-      і - порядковый номер платежа заемщика;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) если сотая доля меньше 5, десятая доля остается без изменений, все следующие за ней знаки исключаются.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
-[...15 lines deleted...]
-      Pi - сумма і-того платежа заемщика;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В расчет годовой эффективной ставки вознаграждения по микрокредиту включаются все платежи заемщика по основному долгу и вознаграждению, в том числе иные платежи заемщика в пользу третьих лиц, указанные в пункте 8-1 Правил, за исключением платежей (пени, штрафа) заемщика, возникших в связи с несоблюдением им условий договора о предоставлении микрокредита по уплате основного долга и (или) вознаграждения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
-[...15 lines deleted...]
-      ti - период времени со дня предоставления микрокредита до момента і-того платежа заемщика (в днях).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. В расчет годовой эффективной ставки вознаграждения по микрокредиту включаются иные платежи заемщиков в пользу третьих лиц, которые известны на дату заключения договора о предоставлении микрокредита:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
-[...15 lines deleted...]
-      7. Если при расчете годовой эффективной ставки вознаграждения полученное число имеет более одного десятичного знака, оно подлежит округлению до десятых долей следующим образом:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) платежи заемщика в пользу страховой (перестраховочной) организации, в том числе за счҰт суммы микрокредита, осуществляемые в рамках договоров добровольного страхования при предоставлении микрокредита, заключение которых оказывает влияние на условия предоставления (изменения) микрокредита либо вытекает из условий микрокредита, включая договоры страхования предмета залога, находящегося в пользовании залогодателя и обеспечивающего обязательства заемщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) платежи заемщика гаранту (поручителю) за получение гарантии (поручительства), оценщику за оценку передаваемого в залог имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если при расчете годовой эффективной ставки вознаграждения по микрокредиту, отсутствует возможность определения размеров платежей, указанных в настоящего пункте, на весь срок микрокредитования, то в расчет годовой эффективной ставки вознаграждения по микрокредиту включаются платежи за весь срок микрокредитования, исходя из тарифов данных лиц, определенных на день заключения с ними договоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Платежи, указанные в настоящем пункте, факт взимания которых неизвестен на дату заключения договора о предоставлении микрокредита, в случае перерасчета учитываются в расчете годовой эффективной ставки вознаграждения после фактического платежа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-1 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. По действующему договору о предоставлении микрокредита, заключенному с заемщиком до введения в действие Правил и в котором не указано значение годовой эффективной ставки вознаграждения, в случае внесения изменений и дополнений в договор о предоставлении микрокредита, в том числе по обращению заемщика, значение годовой эффективной ставки вознаграждения указывается в дополнительном соглашении к договору о предоставлении микрокредита, в случаях, предусмотренных пунктом 4 Правил, на дату, с которой изменяются условия договора о предоставлении микрокредита, в остальных случаях - на дату заключения договора о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
-[...15 lines deleted...]
-      1) если сотая доля больше или равна 5, десятая доля увеличивается на 1, все следующие за ней знаки исключаются;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Произведенные выплаты заемщиков микрофинансовым организациям и выплаты микрофинансовых организаций заемщикам учитываются в целях расчета годовой эффективной ставки вознаграждения на даты их фактических выплат, будущие - по графику выплат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1613,242 +2007,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 ноября 2019 года № 208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень нормативных правовых актов Республики Казахстан, а также структурных элементов некоторых нормативных правовых актов Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 24 декабря 2012 года № 378 "Об утверждении Правил расчета годовой эффективной ставки вознаграждения по предоставляемым микрокредитам" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8307, опубликовано 18 мая 2013 года в газете "Казахстанская правда" № 170-171 (27444-27445);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правления Национального Банка Республики Казахстан от 30 мая 2016 года № 135 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования банковской деятельности и микрофинансовых организаций" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 13888, опубликовано 29 июля 2016 года в информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан, в которые вносятся изменения и дополнения по вопросам коллекторской деятельности, утвержденного постановлением Правления Национального Банка Республики Казахстан от 22 декабря 2017 года № 249 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам коллекторской деятельности" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 16267, опубликовано 5 февраля 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>