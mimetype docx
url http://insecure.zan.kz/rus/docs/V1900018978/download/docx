--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="816da81" w14:textId="816da81">
+    <w:p w14:paraId="c5466b9" w14:textId="c5466b9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1011,688 +1011,746 @@
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) единый реестр участников специальной экономической зоны – реестр участников всех специальных экономических зон, созданных на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) управляющая компания специальной экономической зоны – юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+        <w:t xml:space="preserve"> для обеспечения функционирования специальной экономической зоны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участник специальной экономической зоны – юридическое лицо, осуществляющее на территории специальной экономической зоны приоритетные виды деятельности и включенное в единый реестр участников специальных экономических зон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) единый реестр лиц, осуществляющих непрофильные виды деятельности – реестр лиц, осуществляющих непрофильные виды деятельности во всех специальных экономических зонах, созданных на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) договор об осуществлении деятельности – договор, заключаемый между участником или несколькими участниками специальной экономической или индустриальной зоны и управляющей компанией специальной экономической или индустриальной зоны, устанавливающий условия осуществления деятельности на территории специальной экономической или индустриальной зоны и (или) в их правовом режиме, права, обязанности и ответственность сторон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Единый координационный центр – юридическое лицо, осуществляющее координацию деятельности специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) непрофильные виды деятельности – виды деятельности, не входящие в перечень приоритетных видов деятельности, относящиеся к отраслям обрабатывающей промышленности, которые связаны с обработкой сырья, материалов, веществ, компонентов для нового продукта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) лицо, осуществляющее непрофильные виды деятельности – лицо, включенное в единый реестр лиц, осуществляющих непрофильные виды деятельности и осуществляющие такую деятельность на территории специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) договор об осуществлении непрофильной деятельности – договор, заключаемый между лицом, осуществляющим непрофильные виды деятельности или несколькими лицами, осуществляющими непрофильные виды деятельности и управляющей компанией специальной экономической зоны, устанавливающий условия осуществления деятельности на территории специальной экономической, права, обязанности и ответственность сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок ведения единого реестра участников специальных экономических зон и единого реестра лиц, осуществляющих непрофильные виды деятельности</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В единые реестры включаются участники специальных экономических зон и лица, осуществляющие непрофильные виды деятельности на территории специальных экономических зон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Единые реестры участников специальных экономических зон и лиц, осуществляющих непрофильные виды деятельности формируются и ведутся единым координационным центром, в электронном формате на государственном и русском языках по формам, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управляющая компания специальной экономической зоны не позднее следующего рабочего дня с момента заключения договора об осуществлении деятельности или договора об осуществлении непрофильной деятельности направляет в единый координационный центр копию договора об осуществлении деятельности или договора об осуществлении непрофильной деятельности и размещает информацию о заключении договора на интернет-ресурсе единого координационного центра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Единый координационный центр в течение пяти рабочих дней после получения копии соответствующего договора вносит сведения о заявителе в единый реестр участников специальных экономических зон и выдает свидетельство, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны или в единый реестр лиц, осуществляющих непрофильные виды деятельности без выдачи свидетельства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ведение единого реестра включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) внесение (включение) сведений об участниках специальных экономических зон и лиц, осуществляющих непрофильные виды деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) актуализация (обновление) сведений об участниках специальных экономических зон и лицах, осуществляющих непрофильные виды деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Актуализация (обновление) сведений в едином реестре участников специальных экономических зон и едином реестре лиц, осуществляющих непрофильные виды деятельности, происходит при возникновении одного из нижеприведенных случаев:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изменение наименования специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) изменение сведений об участнике, внесенных в единый реестр ранее;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заключение дополнительного соглашения к договору об осуществлении деятельности или к договору об осуществлении непрофильной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) прекращение действия договора об осуществлении деятельности или договора об осуществлении непрофильной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Актуализация (обновление) сведений единого реестра участников специальных экономических зон и единого реестра лиц, осуществляющих непрофильные виды деятельности, производится в течение 5 (пяти) рабочих дней со дня поступления соответствующего уведомления от управляющей компаний специальной экономической зоны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При смене управляющей компании специальной экономической зоны, последняя уведомляет об этом уполномоченный орган, и Единый координационный центр в течений 2 (двух) рабочих дней со дня принятия решения о такой смене.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В течение одного рабочего дня со дня внесения сведений в единый реестр участников специальных экономических зон или в единый реестр лиц, осуществляющих непрофильные виды деятельности, единый координационный центр уведомляет о получении статуса участника специальной экономической зоны или лица, осуществляющего непрофильные виды деятельности таких лиц и управляющую компанию специальной экономической зоны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В течение одного рабочего дня со дня внесения сведений в единый реестр участников специальных экономических зон Единый координационный центр также уведомляет органы государственных доходов о внесении лица в единый реестр участников специальных экономических зон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация о внесении указанных лиц в единый реестр участников специальных экономических зон или в единый реестр лиц, осуществляющих непрофильные виды деятельности, размещается на интернет-ресурсе единого координационного центра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управляющая компания специальной экономической зоны уведомляет единый координационный центр и органы государственных доходов о прекращении действия договора об осуществлении деятельности или договора об осуществлении непрофильной деятельности не позднее пяти рабочих дней со дня прекращения действия соответствующего договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Информация, содержащаяся в едином реестре, размещается на Интернет-ресурсе единого координационного центра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1862,65 +1920,1514 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Единый реестр участников специальных экономических зон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полное наименование юридического лица с указанием организационно-правовой формы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сокращенное наименование юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юридический адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование СЭЗ, на территории которой участник СЭЗ осуществляет деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование проекта, осуществляемого участником СЭЗ в соответствии с заключенным договором об осуществлении деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата внесения записи в реестр участников СЭЗ о регистрации лица в качестве участника СЭЗ или о лишении лица статуса участника СЭЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реквизиты договора об осуществлении деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Серия, номер свидетельства о регистрации лица в качестве участника СЭЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реквизиты дополнительных соглашений к договору об осуществлении деятельности (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания заключения (предмет) дополнительных соглашений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Единый реестр лиц, осуществляющих непрофильные виды деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -1977,1499 +3484,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Полное наименование юридического лица с указанием организационно-правовой формы</w:t>
-[...1447 lines deleted...]
-              <w:t>
 Полное наименование лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4659,55 +4717,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>