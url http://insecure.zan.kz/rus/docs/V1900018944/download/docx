--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c13481e" w14:textId="c13481e">
+    <w:p w14:paraId="daac8ec" w14:textId="daac8ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -834,61 +834,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила использования технических средств для фиксации фактов совершения административных правонарушений и действий должностных лиц органов транспортного контроля</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила -  в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 24.04.2023 </w:t>
+      Сноска. Правила -  в редакции приказа Министра транспорта РК от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 280</w:t>
+        <w:t>№ 419</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -991,890 +991,1190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Ситуационный центр – структурное подразделение Комитета транспорта Министерства индустрии и инфраструктурного развития Республики Казахстан, осуществляющее мониторинг и контроль на автомобильном транспорте постов транспортного контроля в режиме реального времени;</w:t>
+      1) Ситуационный центр – структурное подразделение Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан (далее – Комитет), осуществляющее мониторинг и контроль на автомобильном транспорте постов транспортного контроля в режиме реального времени;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) интеллектуальный прибор наблюдения – компонент интеллектуальной транспортной системы, включающий в себе стационарный или мобильный приборы видеонаблюдения, прошедшие метрологическую поверку, фиксирующие факт и время совершения административного правонарушения в области автомобильного транспорта, тип, государственный регистрационный знак, скорость и направление движения транспортного средства;</w:t>
+      2) интеллектуальный прибор наблюдения – компонент интеллектуальной транспортной системы, включающий в себе стационарный или мобильный приборы видеонаблюдения, фиксирующие факт и время совершения административного правонарушения в области автомобильного транспорта, тип, государственный регистрационный знак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) портативный носимый видеорегистратор (далее – видеожетон) – техническое устройство, предназначенное для осуществления аудиовидеозаписи сотрудниками Инспекции транспортного контроля Комитета транспорта Министерства индустрии и инфраструктурного развития Республики Казахстан (далее – Инспекция).</w:t>
+      3) портативный носимый видеорегистратор (далее – видеожетон) – техническое устройство, предназначенное для осуществления аудиовидеозаписи сотрудниками Инспекции транспортного контроля Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан (далее – Инспекция).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок использования видеожетонов для фиксации фактов совершения административных правонарушений и действий должностных лиц органов транспортного контроля</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. Ношение видеожетона сотрудниками Инспекции осуществляется с момента заступления на дежурство на постах транспортного контроля, проведения проверок пассажирских поездов, осмотров судов (маломерных судов), а также профилактического контроля с посещением субъекта (объекта) контроля и внеплановых проверок в области железнодорожного, автомобильного и водного транспорта. </w:t>
+        <w:t>
+      3. Ношение и запись видеожетона сотрудниками Инспекции осуществляется с момента заступления и до завершения дежурства на постах транспортного контроля, на дежурство в местах доставки товаров, проведения проверок пассажирских поездов, осмотров судов (маломерных судов), а также профилактического контроля с посещением субъекта (объекта) контроля и внеплановых проверок в области железнодорожного, автомобильного и водного транспорта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. В процессе использования видеожетона сотрудник Инспекции убеждается в точности установленной даты и времени, а также в достаточном уровне заряда аккумуляторной батареи в период дежурства, проведения проверок пассажирских поездов, осмотров судов (маломерных судов), а также профилактического контроля с посещением субъекта (объекта) контроля и внеплановых проверок в области железнодорожного, автомобильного и водного транспорта</w:t>
+      4. При приемке видеожетона сотрудник Инспекции убеждается в точности установленной даты и времени, а также в достаточном уровне заряда аккумуляторной батареи для несения службы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Производство аудио и видеозаписи при неточной установленной в видеожетоне даты и времени не допускается.</w:t>
+      В период осуществления дежурства, проведения проверок пассажирских поездов, осмотров судов (маломерных судов), а также профилактического контроля с посещением субъекта (объекта) контроля и внеплановых проверок в области железнодорожного, автомобильного и водного транспорта использует полученный видеожетон с точной установленной датой и временем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Сотрудником Инспекции запись производится для обеспечения сбора качественной доказательной базы при пресечении правонарушений и включается с момента заступления на дежурство на постах транспортного контроля, начала проверки пассажирского поезда, осмотра судна (маломерного судна) или профилактического контроля с посещением субъекта (объекта) контроля либо внеплановых проверок в области автомобильного, железнодорожного и водного транспорта и выключается после их завершения.</w:t>
+      Производство аудио и видеозаписи при неточной установленной в видеожетоне даты и времени не допускается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Видеожетон закрепляется в области груди ближе к плечевому суставу, не создавая помех действиям сотрудника Инспекции, а также на груди сотрудника Инспекции устанавливается табличка (бейдж) с надписью "Внимание! Ведется аудио и видеозапись".</w:t>
+      Контроль за корректностью даты и времени видеожетона осуществляется сотрудником Инспекции, находящимся на дежурстве.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. В процессе ведения аудио и видеозаписи производится фиксация всех действий сотрудника Инспекции, правонарушителя, а также других лиц, создающих препятствия в выполнении сотрудниками Инспекции служебных обязанностей.</w:t>
+      Руководитель отдела контроля на транспорте Инспекции (далее - руководитель отдела) обеспечивает установку корректной даты и времени на видеожетоне перед выдачей сотруднику Инспекции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. В случае невозможности осуществления аудио и видеозаписи ввиду неисправности видеожетона или разрядки его аккумуляторной батареи, сотрудник Инспекции незамедлительно уведомляет об этом дежурного Ситуационного центра и до устранения неисправности или подзарядки аккумуляторных батарей видеожетонов использует другие технические средства аудиовидеозаписи.</w:t>
+      5. Сотрудником Инспекции запись производится для обеспечения сбора качественной доказательной базы при пресечении правонарушений и включается с момента заступления на дежурство на постах транспортного контроля, на дежурство в местах доставки товаров, начала проверки пассажирского поезда, осмотра судна (маломерного судна) или профилактического контроля с посещением субъекта (объекта) контроля либо внеплановых проверок в области автомобильного, железнодорожного и водного транспорта и выключается после их завершения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Исправность видеожетонов и подзарядка их аккумуляторных батарей видеожетонов обеспечивается сотрудниками Инспекции и производится перед началом и в конце дежурства на постах транспортного контроля, в пассажирском поезде, до проведения осмотра судна (маломерных судов), а также при проведении профилактического контроля с посещением субъекта (объекта) контроля и внеплановых проверок в области железнодорожного и автомобильного и водного транспорта, но не менее 1 часа, в случае необходимости в отведенное им время для отдыха и приема пищи.</w:t>
+      6. Видеожетон закрепляется в области груди ближе к плечевому суставу, не создавая помех действиям сотрудника Инспекции, а также на видеожетоне указывается надпись "Внимание! Ведется аудио и видеозапись".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      7. В процессе ведения аудио и видеозаписи производится фиксация всех действий сотрудника Инспекции, правонарушителя, а также других лиц, создающих препятствия в выполнении сотрудниками Инспекции служебных обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае невозможности осуществления аудио и видеозаписи ввиду неисправности видеожетона сотрудник Инспекции незамедлительно уведомляет об этом дежурного Ситуационного центра и до устранения неисправности или подзарядки аккумуляторных батарей видеожетонов использует другие технические средства аудиовидеозаписи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Видеозаписи с других технических средств в конце смены передаются руководителю отдела для ведения учета и хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Сохранность и содержание видеожетонов в исправном состоянии обеспечивается сотрудниками Инспекции во время осуществления контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подзарядка аккумуляторных батарей производится сотрудниками Инспекции перед началом и в конце дежурства на постах транспортного контроля, местах доставки товаров, в пассажирском поезде, до проведения осмотра судна (маломерных судов), а также при проведении профилактического контроля с посещением субъекта (объекта) контроля и внеплановых проверок в области железнодорожного и автомобильного и водного транспорта, но не менее 1 часа, в случае необходимости в отведенное им время для отдыха и приема пищи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель отдела обеспечивает, работоспособность видеожетонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       10. Прием-передача видеожетонов осуществляется при смене дежурства с внесением записей в журнале приема-сдачи видеожетона по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...118 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      15. Руководитель отдела для выборки аудио и видеозаписи предоставляет доступ сотруднику Инспекции при наличии письменного указания руководства Инспекции и (или) Комитета.</w:t>
+        <w:t xml:space="preserve">
+      Прием-передача видеожетонов используемые на посту транспортного контроля осуществляются с внесением сведений в Акт о приеме-передаче оборудований и имущества ПТК согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам организации работы постов транспортного контроля на территории Республики Казахстан, утвержденным Приказом и.о. Министра транспорта и коммуникаций Республики Казахстан от 13 августа 2010 года № 362 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 6472).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Доступ к аудио и видеозаписям имеет только руководитель отдела, за исключением случаев, указанных пункте 15 настоящего Правила.</w:t>
+      11. Учет видеожетонов и других технических средств, предназначенных для ведения аудиовидеозаписи, осуществляется в соответствии с присвоенным инвентарным номером.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Сотрудник Инспекции обеспечивает:</w:t>
+      Сохранность видеожетона и других технических средств, предназначенных для ведения аудиовидеозаписи, обеспечивается руководителем Инспекции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) копирование записей с видеожетонов посредством ноутбука либо компьютера поста транспортного контроля на USB флеш-накопитель за 30 минут до завершения дежурства.</w:t>
+      12. Обеспечение приемки и выгрузки для учета и хранения данных аудио и видеозаписей, произведенных с применением видеожетонов и других технических средств, предназначенных для ведения аудиовидеозаписи, приказом руководителя Инспекции возлагается на руководителя отдела (на период его отсутствия – на лицо, его замещающее), а также на заместителя руководителя Инспекции (при его наличии, на период его отсутствия – на лицо, его замещающее).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При недостаточности памяти видеожетона сотрудник Инспекции уведомляет об этом дежурного Ситуационного центра;</w:t>
+      Приемка и выгрузка данных аудио и видеозаписей с видеожетонов и других технических средств, предназначенных для ведения аудиовидеозаписи, осуществляется на персональном компьютере имеющий необходимый объем памяти для хранения, закрепленного за руководителем отдела в электронных папках в хронологическом порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) передачу USB флеш-накопителя с сохраненными записями руководителю отдела, не позднее 24 часов после окончания дежурства.</w:t>
+      При передаче видеоданных для хранения должностное лицо, осуществляющее фиксацию, обеспечивает достоверность и полноту данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Архивное хранение записей производится в течение 1 года со дня учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контроль за архивным хранением записей осуществляют руководитель и заместитель руководителя Инспекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. При проведении предсменного инструктажа руководитель отдела под роспись выдает электронный носитель (далее – USB флеш-накопитель) и другие технические средства предназначенных для ведения аудиовидеозаписи с инвентарными номерами каждому сотруднику Инспекции, заступающему на дежурство на постах транспортного контроля и местах доставки товаров, а также перед проверкой пассажирских поездов, осмотров судна (маломерного судна), профилактическим контролем с посещением субъекта (объекта) контроля и внеплановой проверкой в области железнодорожного, автомобильного и водного транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Аудио и видеозапись с видеожетонов предоставляется по запросу Комитета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Руководитель отдела осуществляет выгрузку аудио и видеозаписи и предоставляет сотруднику Инспекции для работы при наличии письменного указания руководства Инспекции и (или) Комитета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контроль за доступом к аудио и видеоданным осуществляет руководитель отдела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Доступ к аудио и видеозаписям имеет только руководитель отдела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Сотрудник Инспекции обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) копирование записей с видеожетонов посредством ноутбука либо компьютера поста транспортного контроля на USB флеш-накопитель за 30 минут до завершения дежурства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При недостаточности памяти видеожетона сотрудник Инспекции уведомляет об этом дежурного Ситуационного центра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) передачу USB флеш-накопителя с сохраненными записями руководителю отдела, не позднее 24 часов после окончания дежурства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       18. Руководитель отдела вносит записи о передаче USB флеш-накопителя и приеме аудио и видеозаписей, сохраненных в USB флеш-накопителе в соответствующем журнале передачи USB флеш-накопителя и приеме записей сохраненных в USB флеш-накопителе по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...216 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам, который хранится в канцелярии Инспекции. Листы журнала нумеруются, прошнуровываются и скрепляются печатью.</w:t>
+        <w:t>
+      19. Сотрудник инспекции не допускает отключение видеожетона во время выполнения служебных действий, воспрепятствованию ведения аудио-видеозаписи, а также самовольное удаление имеющейся записи с видеожетона, USB флеш-накопителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Техническая эксплуатация интеллектуальных приборов наблюдения производится в соответствии с инструкцией завода-изготовителя.</w:t>
+      В случае отсутствия аудио- и видеозаписи фактов совершения административных правонарушений и действий должностных лиц органов транспортного контроля, руководитель отдела вносит служебную записку на имя руководства инспекции и направляет материалы в кадровую службу для рассмотрения вопроса о дисциплинарных мерах в отношении сотрудника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. В случае неисправности интеллектуального прибора наблюдения сотрудник Инспекции незамедлительно уведомляет об этом дежурного Ситуационного центра.</w:t>
+      20. Не допускается использование видеожетона и информации в корыстных или иных целях, не связанных со служебной деятельностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Сотрудник Инспекции бережно относится к видеожетону не допускает его утрату, порчу, не передает его другим лицам, при нарушении указанных требований должностное лицо (сотрудник) возмещает причиненные убытки в полном объеме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Техническая эксплуатация видеожетона производится в соответствии с инструкцией завода-изготовителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок использования интеллектуального прибора наблюдения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Интеллектуальный прибор наблюдения предназначен для сбора доказательной базы при выявлении потенциальных правонарушителей и пресечении административных правонарушений в области автомобильного транспорта и передачи формализованной информации в Ситуационный центр и посты транспортного контроля в режиме реального времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Интеллектуальный прибор наблюдения интегрируется с информационно - аналитической системой транспортной базы данных при соблюдении требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интеграции объектов информатизации "Электронного правительства", утвержденными приказом исполняющего обязанности Министра информации и коммуникаций Республики Казахстан от 29 марта 2018 года № 123 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16777).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. В случае технической неисправности (в том числе потери сигналов каналов связи для онлайн передачи данных) интеллектуальный прибор наблюдения сохраняет данные в автоматическом режиме в локальной памяти, после налаживания канала передачи данных – передает информацию с указанием режима реального времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Передача данных осуществляется посредством интеграции информационной системы поста транспортного контроля с информационной системой уполномоченного органа в сфере транспортного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Мобильный интеллектуальный прибор наблюдения устанавливается на автотранспортном средстве, стационарный интеллектуальный прибор наблюдения – на автомобильных дорогах общего пользования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Каждому интеллектуальному прибору наблюдения присваивается инвентарный номер для учета в работе при выдаче, приемке прибора и выгрузке информационных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Учет выдачи и сдачи мобильных интеллектуальных приборов наблюдения регистрируется в журнале по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, который хранится в канцелярии Инспекции. Листы журнала нумеруются, прошнуровываются и скрепляются печатью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Техническая эксплуатация интеллектуальных приборов наблюдения производится в соответствии с инструкцией завода-изготовителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. В случае неисправности интеллектуального прибора наблюдения сотрудник Инспекции незамедлительно уведомляет об этом руководителя отдела и дежурного Ситуационного центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Контроль за сохранностью и работоспособностью интеллектуального прибора наблюдения осуществляется руководителем отдела</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1986,64 +2286,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>правонарушений и действий</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>должностных лиц</w:t>
+              <w:t>должных лиц органов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органов транспортного контроля</w:t>
+              <w:t>транспортного контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2070,88 +2370,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал приема–сдачи видеожетона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z74" w:id="66"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование Инспекции)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2159,141 +2459,144 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Начат "___"_______ 20 __ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Окончен "___" _______ 20 __ года</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...15 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внутренняя сторона обложки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="54"/>
+          <w:bookmarkStart w:name="z76" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="68"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2453,80 +2756,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="55"/>
+          <w:bookmarkStart w:name="z83" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3018,64 +3321,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>правонарушений и действий</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>должностных лиц</w:t>
+              <w:t>должных лиц органов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органов транспортного контроля</w:t>
+              <w:t>транспортного контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3102,224 +3405,220 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z85" w:id="56"/>
+    <w:bookmarkStart w:name="z99" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал передачи USB флеш-накопителя и приеме записей сохраненных в USB флеш-накопителе</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z100" w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование Инспекции)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...53 lines deleted...]
-    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Начат "___"_______ 20 __ года Окончен "___" _______ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внутренняя сторона обложки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="58"/>
+          <w:bookmarkStart w:name="z102" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="73"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3489,51 +3788,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество (при его наличии) и подпись лица сдавшего USB флеш-накопителя</w:t>
+Фамилия, имя, отчество (при его наличии) и подпись лица сдавшего USB флеш-накопителя. Дата и время, роспись о сдаче</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3561,51 +3860,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата и время выгрузки информации и продолжительности видеозаписи (час. минут. секунд)</w:t>
+Дата и время выгрузки информации и продолжительность видеозаписи (час. минут. секунд)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3623,80 +3922,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z98" w:id="59"/>
+          <w:bookmarkStart w:name="z113" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="74"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4311,96 +4610,96 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z120" w:id="60"/>
+      <w:bookmarkStart w:name="z135" w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1, 2, 3, 4 и 5 столбцы заполняются при выдачи USB флеш-накопителя;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6, 7, 8, 9 столбцы заполняются при сдаче USB флеш-накопителя руководителю отдела для выгрузки информации</w:t>
+        <w:t>6, 7, 8, 9 столбцы заполняются при сдаче USB флеш-накопителя руководителю отдела для выгрузки информации.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4514,239 +4813,300 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>правонарушений и действий</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>должных лиц</w:t>
+              <w:t>должных лиц органов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органов транспортного контроля</w:t>
+              <w:t>транспортного контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z122" w:id="61"/>
+    <w:bookmarkStart w:name="z138" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета выдачи и сдачи мобильных интеллектуальных приборов наблюдения</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z139" w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование Инспекции)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...53 lines deleted...]
-    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Начат "___"_______ 20 __ года Окончен "___" _______ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внутренняя сторона обложки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="63"/>
+          <w:bookmarkStart w:name="z141" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4906,80 +5266,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z131" w:id="64"/>
+          <w:bookmarkStart w:name="z148" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkEnd w:id="80"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5316,70 +5676,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="65"/>
+    <w:bookmarkStart w:name="z162" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: Сдача мобильных интеллектуальных приборов наблюдения осуществляется сотрудником принявшим прибор.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -5417,55 +5777,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>