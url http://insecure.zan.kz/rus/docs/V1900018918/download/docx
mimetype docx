--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f47f9c5" w14:textId="f47f9c5">
+    <w:p w14:paraId="8486e32" w14:textId="8486e32">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения в приказ Министра внутренних дел от 26 ноября 2015 года № 963 "Об утверждении натуральных норм положенности транспортных средств для подразделений Министерства внутренних дел Республики Казахстан"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра внутренних дел Республики Казахстан от 27 июня 2019 года № 591. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 июня 2019 года № 18918</w:t>
+        <w:t>Приказ Министра внутренних дел Республики Казахстан от 27 июня 2019 года № 591. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 июня 2019 года № 18918. Утратил силу приказом Министра внутренних дел Республики Казахстан от 12 января 2026 года № 18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Министра внутренних дел РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -384,260 +462,295 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр внутренних дел</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">генерал-лейтенант полиции </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Тургумбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"___"_________2019 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -869,65 +982,66 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Натуральные нормы положенности транспортных средств аппарата Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4860"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -949,51 +1063,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1055,51 +1169,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>служб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1281,51 +1395,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>легковых</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1687,51 +1801,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>автобусов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1798,7812 +1912,7820 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>эксплуатации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководство министерства (министр, заместители министра, руководитель аппарата)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на каждую штатную единицу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подразделение криминальной полиции </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – подвижная ядерно-физическая лаборатория (далее – ПЯФЛ) для оперативно-технического подразделения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение по противодействию экстремизму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 3 единицы штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля – подвижный узел связи (далее – ПУС), один пассажирский автобус малого класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z20" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30 000 км</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение "А"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава без учета численности подразделения за контролем оперативно-розыскной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение за контролем оперативно-розыскной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Национальное центральное бюро "Интерпола"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус особо малого класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Следственное подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 8 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оперативно-криминалистическое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – подвижная криминалистическая лаборатория (далее – ПКЛ); один автомобиль – подвижная судебно-автотехническая лаборатория (далее – ПСАЛТ); один автомобиль – подвижная медико-криминалистическая лаборатория (далее – ПМКЛ); один автомобиль – подвижная пожаро-взрывотехническая лаборатория (далее – ППВТЛ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение уголовно-исполнительной системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 8 единиц штатной численности состава без учета численности дежурной части и подразделения службы пробации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой малотоннажный автомобиль; один пассажирский автобус среднего или малого класса на 100 единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дежурная часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля, в том числе один автомобиль повышенной проходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение службы пробации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение по противодействию наркопреступности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 3 единицы штатной численности состава </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение информатизации и связи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава без учета численности подразделения связи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой малотоннажный автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подразделение связи </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава без учета численности узла связи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля для профилактики и ремонта средств связи (далее – АПРС); один автомобиль – радиорелейная станция (далее – РРС); один автомобиль – подвижной штаб оперативного управления (далее – ПШОУ); один автомобиль – мобильный комплекс связи (далее – МКС)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Узел связи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – подвижный пункт станции радио и радиотехнического контроля (далее – РиРК) (закрепляется за службой электромагнитной совместимости радиоэлектронных средств)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение административной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z21" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 10 единиц штатной численности состава без учета численности подразделений организации охраны общественного порядка и обеспечения дорожной безопасности, регистрационно-экзаменационного и организационно-аналитической и информационной работы, специальных учреждений и по контролю за охранной деятельностью.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один легковой автомобиль для должностных лиц, ответственных за взаимодействие со службой Государственной охраны Республики Казахстан.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
-[...3 lines deleted...]
-            <w:tcW w:w="4593" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автобус штабной (далее – АШ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение организации охраны общественного порядка и обеспечения дорожной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  Один автомобиль на 8 единиц штатной численности состава, но не менее одного </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение специальных учреждений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение по контролю за охранной деятельностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 10 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автобус особо малого класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Регистрационно-экзаменационное подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один экзаменационный автомобиль (далее - АЭ) на 6 единиц штатной численности инспекторов, но не менее одного на каждый пункт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение организационно-аналитической и информационной работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение миграционной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 10 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение собственной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава без учета численности оперативного подразделения и расследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус особо малого класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Оперативное подразделение </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение расследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 8 единиц штатной численности состава, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение инспекции по личному составу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юридическое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 20 единиц штатной численности состава </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дежурная часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Четыре автомобиля, в том числе один автомобиль повышенной проходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Второе специальное подразделение </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль – сейф металлический (далее – СМ-8/2) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение кадровой политики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава без учета численности подразделения профессионального и идеологического развития</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение профессионального и идеологического развития</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение тыла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц численности состава без учета численности подразделений техники, интендантского обеспечения и санитарно-эпидемиологической службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой малотоннажный автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение техники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля; один автомобиль безопасности движения (далее - АБД)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение интендантского обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитарно- эпидемиологическая служба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммунально-эксплуатационное подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ---</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой малотоннажный автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей - 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение финансового обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделения аппарата, не указанные в пунктах 1-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного на каждое подразделение </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подразделение по чрезвычайным ситуациям </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус среднего или малого класса на 100 единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспортные средства общего пользования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Три резервных автомобиля для замены вышедших из строя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус на 200 единиц штатной численности аппарата министерства; три пассажирских автобуса малого или особо малого класса; два автомобиля-самосвала; три грузовых бортовых автомобиля; два седельных тягача; два полуприцепа; один автомобиль для тушения пожаров; три грузовых малотоннажных автомобиля; один автомобиль- автоподъемник; два автопогрузчика; один топливозаправщик; один автокран грузоподъемностью не менее 16 тонн; один вакуумный автомобиль; один автомобиль для транспортировки автомобилей вышедших из строя (эвакуатор) одна универсальная поливомоечная машина на тракторном или автомобильном шасси; один колесный трактор; один гусеничный трактор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км, для автомобилей специальных авторемонтных мастерские, автокраны, топливозаправщик, поливомоечные, уборочные и др., мотоциклы – 20 000 км, транспортные средства, работа которых измеряется в мото-часах – 1 200 мото-часов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резерв для Министра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1819" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль повышенной проходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4593" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9644,2382 +9766,2403 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Примечание:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Вместо специальных автомобилей на шасси грузовых автомобилей и базе автобусов (при их отсутствии), использовать специальные легковые автомобили (преимущественно типа "универсал") аналогичного назначения.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">В пунктах 1-19 натуральных норм транспортных средств под подразделениями МВД Республики Казахстан, считать комитеты, департаменты и самостоятельные управления центрального аппарата министерства. </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автомобилей использующихся для осуществления длительных служебных командировок норму эксплуатации годового пробега увеличивать приказом руководителя органа внутренних дел, но не более чем, на 10 000 километров в год.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Натуральные нормы положенности транспортных средств государственных учреждений, подведомственных центральному аппарату Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5531"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение специализированной службы охраны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного на подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус особо малого класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Территориальные подразделения специализированной службы охраны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Строевое подразделение специализированной службы охраны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль патрульный (далее - АП) на 40 единиц штатной численности состава без учета численности подразделения оперативного реагирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус малого класса на 70 единиц штатной численности состава, но не менее одного на подразделение; один автобус особо малого класса на 100 единиц штатной численности состава, но не менее одного на подразделение; один грузовой малотоннажный автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дежурная часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль дежурной части (далее – АДЧ) на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделения оперативного реагирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль - АП на 4 единицы штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полки полиции по охране дипломатических представительств и правительственных учреждений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Три автомобиля </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой бортовой автомобиль; один грузовой малотоннажный автомобиль; один автобус малого класса на 100 единиц штатной численности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Батальон по охране дипломатических представительств и правительственных учреждений, входящий в состав полка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АП на 40 единиц штатной численности личного состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автобус особо малого класса на 70 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дежурная часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АДЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 База хранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой бортовой автомобиль; один седельный тягач; один автомобиль-самосвал; один грузовой малотоннажный автомобиль; один автокран; один вакуумный автомобиль; одна универсальная поливомоечная машина на автомобильном или тракторном шасси; один колесный или гусеничный трактор; один автобус особо малого класса; один автотопливозаправщик; два автопогрузчика; один автомобиль для тушения пожаров; один полуприцеп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z26" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30 000 км, для автомобилей специальных авторемонтных мастерские, автокраны, топливозаправщик, поливомоечные, уборочные и др., мотоциклы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 000 км, транспортные средства, работа которых измеряется в мото-часах – 1 200 мото-часов.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="16"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Учреждение автотранспортного обслуживания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Три автомобиля; один автомобиль – АБД; два автомобиля для практических занятий по совершенствованию мастерства вождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль – подвижная авторемонтная мастерская </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км, для автомобилей специальных авторемонтных мастерские, автокраны, топливозаправщик, поливомоечные, уборочные и др. – 20 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Территориальное военно-следственное подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 8 единиц штатной численности состава, но не менее одного </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кинологический центр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Три автомобиля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3914" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль для транспортировки нарядов с собаками (далее – АТНС) при содержании до 50 собак; два автомобиля АТНС при содержании более 50 собак; один пассажирский автобус среднего или малого класса; один грузовой малотоннажный автомобиль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12042,8521 +12185,8530 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Натуральные нормы положенности транспортных средств департаментов полиции областей, городов республиканского значения и столицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на каждую единицу штатной численности руководства (начальник и его заместители)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение криминальной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус особо малого класса на 70 ед. штатной численности состава (для ДП городов республиканского значения и столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оперативно-поисковое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подразделение по раскрытию разбоев и разработке преступных групп и противодействию экстремизму </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 3 единиц штатной численности состава, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус особо малого класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение по противодействию наркопреступности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 3 единицы штатной численности состава, но не менее одного на каждое подразделение </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль для транспортировки нарядов (далее АТН) (для ДП областей); один пассажирский автобус особо малого класса; один мобильный рентгеноскопический комплекс (для ДП городов республиканского значения и столицы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение собственной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделения инспекции по личному составу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделения следствия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 8 единиц штатной численности состава, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оперативно-криминалистическое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – ПСАЛТ (для ДП городов республиканского значения и столицы); один автомобиль – ПМКЛ (для ДП городов республиканского значения и столицы); один автомобиль – ПКЛ; один автомобиль – ППВТЛ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение административной полиции и местной полицейской службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 15 единиц штатной численности состава (для ДП городов республиканского значения и столицы), один автомобиль на 20 единиц штатной численности состава (для ДП областей), без учета численности подразделений организации охраны общественного порядка и обеспечения дорожной безопасности, организации дорожно-патрульной полиции и розыска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z29" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АШ</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – подвижная станция диагностики (далее – ПСД); один автомобиль – лаборатория контроля за дорожными условиями (далее – ЛКДУ); один автомобиль для агитации и пропаганды</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="18"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение организации охраны общественного порядка и обеспечения дорожной безопасности, организации дорожно-патрульной полиции и розыска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 15 единиц штатной численности состава подразделений организации охраны общественного порядка и обеспечения дорожной безопасности, один автомобиль на 10 единиц штатной численности личного состава организации дорожно-патрульной полиции и розыска, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение кадровой политики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 20 единиц штатной численности состава без учета численности подразделения инспекции по личному составу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение природоохранной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 5 единиц штатной численности состава, но не менее одного на каждое подразделение </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Одна патрульно-разъездная моторная лодка на 5 единиц штатной численности состава, один патрульно-разъездной катер на 25 единиц штатной численности состава, один снегоход на 5 единиц штатной численности состава и один гидроцикл на 5 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, мототехника – 20 000 км, транспортные средства, работа которых измеряется в мото-часах – 1 200 мото-часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение тылового обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц численности состава без учета численности подразделения автотранспортной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение автотранспортной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  Один автомобиль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение информатизации и связи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АПРС; один автомобиль – ПШОУ; один автомобиль – РиРК; один автомобиль – МКС, один автомобиль – РРС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Центр оперативного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль - МКС, вертолетное звено – 3 единиц (для оперативно-мобильного подразделения), 2 единицы бронированных разведывательно-дозорных машин (БРДМ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дежурная часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля – АДЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АДЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитарно- эпидемиологическая служба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ---</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Второе специальное подразделение </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль СМ-8/2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юридическое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 5 единиц штатной численности состава </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделения не указанные в пунктах 1-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат управления полиции города (района)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава подразделений расследования или криминальной полиции, но не менее одного на подразделение; один автомобиль на 3 единицы штатной численности подразделения по раскрытию разбоев и разработке преступных групп и противодействию экстремизму, но не менее одного; один автомобиль на 3 единиц штатной численности состава подразделения по противодействию наркопреступности, но не менее одного; один автомобиль на 8 единиц штатной численности состава подразделений следствия и дознания, но не менее одного на каждое подразделение; один автомобиль на 10 единиц штатной численности состава подразделения дорожной и технической инспекции, но не менее одного; один автомобиль на 10 единиц штатной численности состава (для ДП городов республиканского значения и столицы), на 15 единиц штатной численности состава (для ДП областей), без учета численности перечисленных подразделений, а также численности дежурной части, строевого подразделения патрульной полиции, участковых инспекторов полиции, подразделения ювенальной полиции, подразделения природоохранной полиции, конвойного подразделения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – ПУС (для ДП областей); один автомобиль – АПРС при наличии отдела, службы, отделения связи (для ДП областей); один автомобиль – ПКЛ (для оперативно-криминалистического подразделения численностью 3 штатные единицы и более); один пассажирский автобус среднего или малого класса; один грузовой малотоннажный автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат городского (районного) отдела полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава подразделений криминальной полиции, не менее одного; один автомобиль на 3 единицы штатной численности подразделения по раскрытию разбоев и разработке преступных групп и противодействию экстремизму, но не менее одного; один автомобиль на 3 единицы штатной численности подразделения по противодействию наркопреступности, но не менее одного; один автомобиль на 8 единиц штатной численности состава подразделений дознания и следствия, но не менее одного на каждое подразделение; один автомобиль на 10 единиц штатной численности состава подразделения дорожной и технической инспекции, но не менее одного; один автомобиль на 15 единиц штатной численности состава, без учета численности перечисленных подразделений, а также численности дежурной части, строевого подразделения патрульной полиции, участковых инспекторов полиции, подразделения ювенальной полиции, подразделения природоохранной полиции, конвойного подразделения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один пассажирский автобус среднего или малого класса; один грузовой малотоннажный автомобиль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дежурная часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля – АДЧ (для ДП городов республиканского значения и столицы); один автомобиль – АДЧ (для ДП областей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АДЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участковые инспектора полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль повышенной проходимости на каждую единицу инспекторов в сельской местности (для ДП областей); один автомобиль на участковый пункт полиции, находящийся в черте города </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение ювенальной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение природоохранной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава, но не менее одного на кажде подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой малотоннажный автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отделение полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль – АДЧ; один автомобиль на 5 единиц штатной численности состава подразделений криминальной полиции, но не менее одного; один автомобиль на 8 единиц штатной численности состава подразделений следствия, но не менее одного; один автомобиль на 10 единиц штатной численности состава (для ДП городов республиканского значения и столицы), на 5 единиц штатной численности состава (для ДП областей), без учета численности участковых инспекторов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей дежурной части – 60 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Специальный отряд быстрого реагирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АП на 15 единиц штатной численности личного состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АДЧ; один автомобиль – ПУС; один автомобиль – АТН на 50 единиц штатной численности состава, но не менее одного на отряд; один пассажирский автобус среднего или малого класса на 50 единиц штатной численности состава; один автомобиль - для перевозки лиц в состоянии опьянения (далее - АМВ); один автобус особо малого класса; два грузовых бортовых автомобиля; один бронированный автомобиль; два специальных автомобиля, оборудованных водометной установкой (для ДП городов республиканского значения и столицы); специальная техника, оборудованная водометной установкой, на область с численностью населения: до 1 млн. человек – 1 ед., свыше 1 млн. человек – 2 ед.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобиля дежурной части – 60 000 км, для автомобиля перевозки лиц находящихся в состоянии опьянения – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Строевое подразделение патрульной полиции на метрополитене</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АП на 10 единиц штатной численности состава.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус на 50 единиц штатной численности состава (для ДП городов республиканского значения, столицы), один автомобиль (передвижной пункт полиции) на роту патрульной полиции (для ДП городов республиканского значения и столицы), два автомобиля – АТН на роту патрульной полиции; один автомобиль – АТН на взвод патрульной полиции, не входящий в роту; один автомобиль – АТНС на 8 единиц штатной численности кинологов, но не менее одного на каждое подразделение;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z30" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подразделение по охране изоляторов временного содержания и конвоированию при фактическом наполнении изоляторов в среднем за сутки: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">до 50 человек </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 свыше 50 человек</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
-[...3 lines deleted...]
-            <w:tcW w:w="4166" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z32" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль (для ДП городов республиканского значения и столицы)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль (для ДП городов республиканского значения и столицы)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
-[...3 lines deleted...]
-            <w:tcW w:w="4612" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z33" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль – АЗ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля – АЗ; один грузовой малотоннажный автомобиль (для ДП областей)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автозаков – 60 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Строевое подразделение конвойной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АЗ на 6 единиц штатной численности состава подразделения (для ДП городов республиканского значения, столицы); один автомобиль – АЗ на 8 единиц штатной численности состава подразделения (для ДП областей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автозаков – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приемник-распределитель для лиц без определенного места жительства и документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль (для ДП городов республиканского значения и столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля – АМВ; один грузовой бортовой или малотоннажный автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Специальный приемник для лиц, арестованных в административном порядке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль (для ДП городов республиканского значения и столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль АМВ; один грузовой бортовой или малотоннажный автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей для перевозки лиц находящихся в состоянии алкогольного опьянения на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z34" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Кинологический центр с содержанием собак: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>до 50</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 свыше 50</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
-[...3 lines deleted...]
-            <w:tcW w:w="4166" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z36" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
-[...3 lines deleted...]
-            <w:tcW w:w="4612" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z37" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один грузовой малотоннажный автомобиль; один автомобиль – АТНС </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой малотоннажный автомобиль; два автомобиля – АТНС</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Строевое подразделение патрульной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль патрульной полиции – (далее АП) на 3 единицы штатной численности состава, без учета численности подразделения сопровождения и дежурной части</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус на 50 единиц штатной численности состава (для ДП городов республиканского значения и столицы); один автомобиль (передвижной пункт полиции) на роту патрульной полиции (для ДП городов республиканского значения и столицы); один пассажирский автобус на 100 единиц штатной численности (для ДП областей); один автомобиль (передвижной пункт полиции) на взвод патрульной полиции (для ДП областей); два автомобиля – АТН на роту патрульной полиции; один автомобиль – АТН на взвод патрульной полиции, не входящий в роту; один автомобиль – АТНС на 8 единиц штатной численности кинологов, но не менее одного на каждое подразделение, один мотоцикл на 20 единиц штатной численности состава; два автомобиля для ликвидации последствий дорожно-транспортных происшествий (далее – ЛДТП); два автомобиля предназначенные для считывания государственных регистрационных номерных знаков (далее – ГРНЗ) в потоке, для конной полиции один грузовой автомобиль, один автомобиль-самосвал, три автомобиля для транспортировки лошадей и один колесный трактор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Для патрульных легковых автомобилей – 80 000 км, для автомобиля выезжающий на осмотр ДТП – 60 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 40 000 км </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение сопровождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АП на 3 единицы штатной численности состава без учета численности эскортного подразделения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля ЛДТП (для ДП городов республиканского значения и столицы); два автомобиля предназначенные для считывания ГРНЗ в потоке (для ДП городов республиканского значения и столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для патрульных легковых автомобилей – 80 000 км, для автомобиля выезжающий на осмотр ДТП – 60 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эскортное подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Четыре автомобиля – АП (для ДП городов республиканского значения и столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Двадцать пять мотоциклов без колясок (для ДП городов республиканского значения и столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 80 000 км, для мотоциклов – 20 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Посты "Рубеж"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль АП на каждый пост</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 80 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дежурная часть патрульной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Четыре автомобиля для выезда на осмотр мест ДТП (далее – АДТП); два автомобиля ЛДТП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобиля выезжающий на осмотр ДТП – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Регистрационно-экзаменационное подразделение </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АЭ на 6 единиц штатной численности инспекторов, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АЭ на 6 единиц штатной численности инспекторов, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Специальное отдельное строевое подразделение по борьбе с незаконной миграцией</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 15 единиц штатной численности состава, но не менее одного </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АМВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей для перевозки лиц находящихся в состоянии алкогольного опьянения на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автохозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль; один автомобиль – АБД; один автомобиль для практических занятий (тренировок) по совершенствованию техники вождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль – подвижная авторемонтная мастерская </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспортные средства общего пользования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля для замены вышедших из строя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4612" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Три грузовых бортовых автомобиля (для ДП городов республиканского значения и столицы); три грузовых малотоннажных автомобиля (для ДП городов республиканского значения и столицы); два пассажирских автобуса среднего или малого класса (для ДП городов республиканского значения и столицы); два грузовых бортовых автомобиля (для ДП областей); два грузовых малотоннажных автомобиля (для ДП областей); один пассажирский автобус среднего или малого класса на 200 единиц штатной численности аппарата ДП, но не менее одного (для ДП областей); два автомобиля-самосвала; один автомобиль с изотермическим кузовом; один автобус особо малого класса; один автопогрузчик; один автотопливозап-равщик; один вакуумный автомобиль; одна универсальная уборочная или поливомоечная машина (на автомобильном или тракторном шасси); один колесный или гусеничный трактор.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20597,3489 +20749,3475 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Примечание:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автомобилей использующихся для осуществления длительных служебных командировок норму эксплуатации годового пробега увеличивать приказом руководителя органа внутренних дел, но не более чем, на 10 000 километров в год.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z39" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Натуральные нормы положенности транспортных средств органов внутренних дел на транспорте</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5760"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат ДП на транспорте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на каждую единицу штатной численности руководства (начальник и его заместители)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подразделения криминальной полиции </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 5 единиц штатной численности состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение по раскрытию разбоев и разработке преступных групп и противодействию экстремизму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 3 единицы штатной численности состава, но не менее одного на подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подразделение по противодействию наркопреступности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 3 единицы штатной численности состава, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус особо малого класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделения следствия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль на 8 единиц штатной численности состава, но не менее одного </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оперативно-криминалистическое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ---</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – ПКЛ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделение информатизации и связи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ---</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АПРС; один автомобиль – ПУС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дежурная часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АДЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АДЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автохозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль; один автомобиль АБД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус среднего или малого класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подразделения, не указанные в пунктах 1) –8)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспортные средства общего пользования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ---</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус среднего или малого класса на 200 единиц штатной численности аппарата ДП, но не менее одного; один грузовой бортовой автомобиль, один самосвал; один грузовой малотоннажный автомобиль; один автопогрузчик; один вакуумный автомобиль; один гусеничный или колесный трактор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км, для автомобилей специальных авторемонтных мастерские, автокраны, топливозаправщик, поливомоечные, уборочные и др. – 20 000 км, транспортные средства, работа которых измеряется в мото-часах – 1 200 мото-часов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Кинологический центр с содержанием собак: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">до 50 </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 свыше 50</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
-[...42 lines deleted...]
-            <w:tcW w:w="3124" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один грузовой малотоннажный автомобиль; один автомобиль – АТНС </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой малотоннажный автомобиль; два автомобиля – АТНС</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
-[...3 lines deleted...]
-            <w:tcW w:w="5760" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Линейное управление (отдел) полиции на транспорте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава без учета численности дежурной части, линейных отделений полиции и линейных пунктов полиции, но не менее одного на каждое подразделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус среднего или малого класса; один грузовой бортовой или малотоннажный автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Линейное отделение полиции на транспорте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности состава без учета численности дежурной части, но не менее одного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дежурная часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АДЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Линейный пункт полиции на транспорте </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Один автомобиль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1032" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Строевое подразделение патрульной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль – АТН на подразделение патрульной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24102,1883 +24240,1863 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Натуральные нормы положенности транспортных средств подразделений уголовно-исполнительной системы областей, городов республиканского значения и столицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5436"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Руководство </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на каждую единицу штатной численности руководства (начальник и его заместители)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Структурные подразделения </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 20 единиц штатной численности без учета численности дежурной части и подразделения уголовно- исполнительной инспекции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Дежурная часть </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 60 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Служба пробации (области)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Служба пробации (городов республиканского значения, столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Служба пробации (района, города в области, городов республиканского значения и столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Исправительные учреждения, следственные изоляторы с содержанием следственно- арестованных до 500 человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два грузовых бортовых автомобиля, один автомобиль с изометрическим кузовом, автобус среднего класса на 100 единиц штатной численности, но не менее одного; один вакуумный автомобиль; два автозака; автоцистерна; один трактор; один санитарный автомобиль; один автомобиль для тушения пожаров; один автомобиль, оборудованный спецкузовом для вывоза мусора; один экскаватор, один бульдозер (при наличии на балансе учреждения водопроводных, канализационных, кабельных и электрослаботочных сетей); снегоход закрытого типа для регионов с холодным климатом (Акмолинская, Восточно-Казахстанская, Карагандинская, Костанайская, Павлодарская, Северо-Казахстанская, Актюбинская и Западно-Казахстанская области).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых и санитарных автомобилей – 40 000 км, для автозаков – 60 000 км, автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км, для автомобилей специальных авторемонтных мастерские, автокраны, топливозаправщик, поливомоечные, уборочные и др., мотоциклы – 20 000 км, транспортные средства, работа которых измеряется в мото-часах – 1 200 мото-часов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 501 до 1000 человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Три грузовых бортовых автомобиля; один автомобиль с изометрическим кузовом; автобус среднего класса на 100 единиц штатной численности, но не менее одного; один вакуумный автомобиль; два автозака; автоцистерна; один трактор; один санитарный автомобиль; один автомобиль для тушения пожаров; один автомобиль, оборудованный спецкузовом для вывоза мусора; один экскаватор; один бульдозер (при наличии на балансе учреждения водопроводных, канализационных, кабельных и электрослаботочных сетей); снегоход закрытого типа для регионов с холодным климатом (Акмолинская, Восточно-Казахстанская, Карагандинская, Костанайская, Павлодарская, Северо-Казахстанская, Актюбинскаяи Западно-Казахстанская области); специальная техника, оборудованная водометной установкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых и санитарных автомобилей – 40 000 км, для автозаков – 60 000 км, автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км, для автомобилей специальных авторемонтных мастерские, автокраны, топливозаправщик, поливомоечные, уборочные и др., мотоциклы – 20 000 км, транспортные средства, работа которых измеряется в мото-часах – 1 200 мото-часов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свыше 1000 человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Три автомобиля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Четыре грузовых бортовых автомобиля; один автомобиль с изометрическим кузовом; автобус среднего класса на 100 единиц штатной численности, но не менее одного; один вакуумный автомобиль; два автозака; автоцистерна; один трактор; один санитарный автомобиль; один автомобиль для тушения пожаров; один автомобиль, оборудованный спец кузовом для вывоза мусора; один экскаватор, один бульдозер (при наличии на балансе учреждения водопроводных, канализационных, кабельных и электрослаботочных сетей); снегоход закрытого типа для регионов с холодным климатом (Акмолинская, Восточно-Казахстанская, Карагандинская, Костанайская, Павлодарская, Северо-Казахстанская, Актюбинскаяи Западно-Казахстанская области); специальная техника, оборудованная водометной установкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей, санитарных автомобилей – 40 000 км, для автозаков – 60 000 км, автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км, для автомобилей специальных авторемонтных мастерские, автокраны, топливозаправщик, поливомоечные, уборочные и др., мотоциклы – 20 000 км, транспортные средства, работа которых измеряется в мото-часах – 1 200 мото-часов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Дежурная часть </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль с повышенной проходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4818" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5436" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26019,444 +26137,449 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Примечание:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для автомобилей использующихся для осуществления длительных служебных командировок норму эксплуатации годового пробега увеличивать приказом руководителя органа внутренних дел, но не более чем, на 10 000 километров в год.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z45" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Натуральные нормы положенности транспортных средств подразделении по чрезвычайным ситуациям областей, городов республиканского значения и столицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1273"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4466"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Территориальные подразделения областей, городов республиканского значения и столицы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 8 автомобилей </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="667" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4466" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Для легковых автомобилей – 40 000 км </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Управления, (отделы) подразделения областей, городов республиканского значения и столицы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 10 единиц штатной численности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="667" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4466" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26479,209 +26602,210 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Натуральные нормы положенности транспортных средств организаций образования Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5523"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организации образования МВД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пять автомобилей на высшее учебное заведение и дополнительно два на академии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4542" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два грузовых бортовых автомобиля при штатной численности переменного состава (кроме слушателей заочников) до 400 единиц и дополнительно один грузовой бортовой автомобиль на каждые 200 единиц штатной численности переменного состава; один грузовой малотоннажный автомобиль; один автомобиль для перевозки хлеба; два пассажирских автобуса среднего или малого класса при штатной численности переменного состава до 300 единиц и дополнительно один автобус на каждые 200 единиц штатной численности переменного состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5523" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26715,985 +26839,964 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При обучении вождению автомобилей (при условии, что это предусмотрено учебной программой)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5523" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по общему курсу:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль - АЭ на каждые 100 единиц переменного состава</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4542" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="5523" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Для легковых автомобилей – 40 000 км </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по курсу подготовки инспекторов патрульной полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автомобиля на каждую учебную группу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4542" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="5523" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Для легковых автомобилей – 40 000 км </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Учебные центры рядового и начальствующего состава , кроме учебных подразделений рядового и начальствующего состава патрульной полиции </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 250 единиц переменного состава, но не менее одного на учебную группу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4542" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус среднего или малого класса на 150 человек переменного состава, но не менее одного автобуса; один грузовой бортовой автомобиль; один грузовой малотоннажный автомобиль; один автомобиль – АТНС (при условии, что учебной программой предусмотрена подготовка специалистов-кинологов); один автомобиль для перевозки хлеба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5523" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км, для автомобилей специальных авторемонтных мастерские, автокраны, топливозаправщик, поливомоечные, уборочные и др. – 20 000 км, транспортные средства, работа которых измеряется в мото-часах – 1 200 мото-часов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для обучения вождению автомобилей (при условии, что это предусмотрено учебной программой):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Три автомобиля – АЭ на учебную группу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4542" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один грузовой автомобиль – АЭ на учебную группу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5523" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для легковых автомобилей – 40 000 км, для автомобилей на шасси грузовых и базе автобусов, специальных автомобилей на шасси грузовых, грузовых автомобилей и пассажирских автобусов – 30 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Учебные центры рядового и начальствующего состава патрульной полиции </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один автомобиль на 250 единиц переменного состава, но не менее одного на учебную группу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4542" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Один пассажирский автобус среднего или малого класса на 150 человек переменного состава, но не менее одного автобуса; один грузовой бортовой автомобиль; один грузовой малотоннажный автомобиль; один автомобиль для перевозки хлеба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5523" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27734,313 +27837,319 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Примечание:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В штате легковых автомобилей предусмотреть один дежурный автомобиль для работы в ночное время (в пределах настоящих норм и при наличии водителей).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>При наличии загородного учебного центра (лагеря) в штаты транспортных средств включить: один автомобиль для тушения пожаров, один автомобиль безопасности движения, один автомобиль-самосвал, один санитарный автомобиль, один грузовой малотоннажный автомобиль, один гусеничный или колесный трактор.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В штаты транспортных средств организаций образования МВД, осуществляющих подготовку специалистов для подразделений оперативной службы, включать три автомобиля для обеспечения учебного процесса.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z50" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Натуральные нормы положенности транспортных средств лечебно-профилактических учреждений системы Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="151"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2592"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="151" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...9 lines deleted...]
-              <w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество лиц, прикрепленных на медицинское обслуживание
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество лиц, прикрепленных на медицинское обслуживание
+Нормы легковых автомобилей "медицинская помощь на дому"
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нормы легковых автомобилей "медицинская помощь на дому"
-[...35 lines deleted...]
-              <w:t>
 Нормы санитарных автомобилей (легковых, на грузовом шасси и базе автобусов)
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
@@ -28075,243 +28184,229 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83 Поликлиники (амбулатории)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="151" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4687" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 До 5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28321,1118 +28416,1062 @@
               <w:t>
 4000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От 5001 до 12000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 От 12001 до 17000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От 17001 до 20000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свыше 20000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84 Стационары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="151" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество коек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нормы легковых автомобилей "медицинская помощь на дому"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нормы санитарных автомобилей (легковых, на грузовом шасси и базе автобусов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="151" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4687" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 До 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29442,523 +29481,502 @@
               <w:t>
 40 000 км</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От 51 до 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От 101 до 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свыше 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2592" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -29981,63 +29999,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -30359,35 +30399,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>