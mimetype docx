--- v0 (2025-10-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a7fb134" w14:textId="a7fb134">
+    <w:p w14:paraId="5ef283f" w14:textId="5ef283f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -10874,507 +10874,936 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о возвращении исполнительного документа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 11 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
+      Сноска. Приложение 11 - в редакции приказа Министра юстиции РК от 24.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 437</w:t>
+        <w:t>№ 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменением, внесенным приказом и.о. Министра юстиции РК от 27.01.2023 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...33 lines deleted...]
-        </w:rPr>
         <w:t>
-      Частный судебный исполнитель ________________________________________________________________________________</w:t>
-[...108 lines deleted...]
-        <w:jc w:val="left"/>
+      "__" ________ 20__года ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование города, области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Частный судебный исполнитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, инициалы частного судебного исполнителя, адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и его исполнительный округ),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрев материалы исполнительного производства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№___ от "__" ______ 20___года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются требование исполнительного документа,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данные взыскателя и должника)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возбужденного на основании _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование исполнительного документа, наименование суда либо органа,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>которым выдан исполнительный документ, дата выдачи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...43 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>УСТАНОВИЛ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются основания возвращения исполнительного документа,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">со ссылкой на нормы действующего </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Об исполнительном производстве и статусе судебных исполнителей"  (далее – Закон) либо иного нормативного правового акта)</w:t>
-[...47 lines deleted...]
-        <w:t>статьи 48</w:t>
+        <w:t xml:space="preserve"> Республика Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Об исполнительном производстве и статусе судебных исполнителей"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – Закон) либо иного нормативного правового акта).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: при возвращении исполнительного документа о взыскании</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>административного штрафа в доход государства в отношении должника -</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иностранца либо лица без гражданства в порядке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 48 Закона, указывается следующее: - отсутствие имущества должника,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>включая деньги и ценные бумаги, находящиеся у него либо у иных физических</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или юридических лиц, в банках, организациях, осуществляющих отдельные виды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банковских операций, а также в страховых организациях, на которые невозможно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наложить арест (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктами 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 32 Закона); - сведения,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полученные через единую информационную систему по контролю за въездом-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выездом и пребыванием иностранцев в Республики Казахстан "Беркут"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждающие выезд должника - иностранца либо лица без гражданства за пределы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан. На основании изложенного, руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">статьи 10, подпунктом __) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 48, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>49</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>статьей 126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона,</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...69 lines deleted...]
-        <w:t>(Ф.И.О. (при его наличии) физического лица, наименование юридического лица, адрес, по которому возвращается исполнительный документ)</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВИЛ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Возвратить исполнительный документ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(содержание исполнительного документа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) физического лица, наименование юридического лица,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адрес, по которому возвращается исполнительный документ).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -11386,215 +11815,574 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона исполнительное производство считать оконченным.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
-[...17 lines deleted...]
-      4. Разъяснить сторонам исполнительного производства, что в соответствии с пунктом 2 </w:t>
+      3. О принятом решении сообщить сторонам исполнительного производства или их</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>представителям. Примечание: в случае установления факта выбытия должника -</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иностранца либо лица без гражданства за пределы Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на территорию другого государства (_____________), частный судебный исполнитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в порядке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктов 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 48 Закона возвращает исполнительный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документ о взыскании административного штрафа в доход государства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в правоохранительный орган либо специальный государственный орган, вынесшим</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(инициировавшим) его, для принятия мер в пределах компетенции в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с законодательством Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Разъяснить сторонам исполнительного производства, что в соответствии с пунктом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона возвращение</w:t>
-[...16 lines deleted...]
-        <w:t>исполнительного документа взыскателю не является препятствием для повторного предъявления этого документа к исполнению</w:t>
+        <w:t xml:space="preserve"> Закона возвращение исполнительного документа взыскателю не является</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>препятствием для повторного предъявления этого документа к исполнению</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в пределах установленного законом срока давности исполнения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>
-      Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
+      5. Постановление судебного исполнителя вступает в силу со дня его вынесения,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подлежит обязательному исполнению и может быть обжаловано в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процедурно-процессуальным кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Иск на действия (бездействие) судебного исполнителя по исполнению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исполнительных документов подается в суд в течение десяти рабочих дней со дня</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совершения действия (отказа в совершении действия) или со дня, когда взыскателю</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или должнику, не извещенному о времени и месте совершения действия судебным</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исполнителем, стало о нем известно</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. По истечению срока предъявления исполнительного документа к принудительному исполнению меры, принятые в рамках исполнительного производства, подлежат отмене</w:t>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+      6. По истечению срока предъявления исполнительного документа к принудительному</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исполнению меры, принятые в рамках исполнительного производства, подлежат отмене</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Частный судебный исполнитель ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати (подпись, фамилия, инициалы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Место печати                                               (подпись, фамилия, инициалы)</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11753,68 +12541,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z507" w:id="79"/>
+    <w:bookmarkStart w:name="z507" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о принятии исполнительного документа к своему производству</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 12 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12327,70 +13115,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="80"/>
+    <w:bookmarkStart w:name="z43" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Частный судебный исполнитель ___________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12583,68 +13371,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z509" w:id="81"/>
+    <w:bookmarkStart w:name="z509" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о передаче имущества должника</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 13 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13665,70 +14453,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="82"/>
+    <w:bookmarkStart w:name="z46" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приложение: Акт приема-передачи имущества.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13939,68 +14727,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z511" w:id="83"/>
+    <w:bookmarkStart w:name="z511" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о передаче арестованного имущества на реализацию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 14 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15152,68 +15940,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z513" w:id="84"/>
+    <w:bookmarkStart w:name="z513" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об обращении взыскания на дебиторскую задолженность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 15 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16077,68 +16865,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z515" w:id="85"/>
+    <w:bookmarkStart w:name="z515" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об обращении взыскания на заработную плату и иные виды доходов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 16 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17194,68 +17982,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z517" w:id="86"/>
+    <w:bookmarkStart w:name="z517" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об определении задолженности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 17 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17727,70 +18515,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="87"/>
+    <w:bookmarkStart w:name="z58" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель ___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17983,68 +18771,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z519" w:id="88"/>
+    <w:bookmarkStart w:name="z519" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о распределении взысканных денежных сумм</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 18 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18640,70 +19428,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="89"/>
+    <w:bookmarkStart w:name="z61" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18896,68 +19684,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z521" w:id="90"/>
+    <w:bookmarkStart w:name="z521" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о присоединении к взысканию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 19 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19404,70 +20192,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О принятом решении сообщить сторонам исполнительного производства, их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="91"/>
+    <w:bookmarkStart w:name="z64" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель ___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19660,68 +20448,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z523" w:id="92"/>
+    <w:bookmarkStart w:name="z523" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о направлении исполнительного документа в ликвидационную комиссию, банкротному управляющему, реабилитационному управляющему</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 20 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20161,70 +20949,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О принятом решении сообщить сторонам исполнительного производства, их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="93"/>
+    <w:bookmarkStart w:name="z67" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Частный судебный исполнитель ___________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20417,68 +21205,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z525" w:id="94"/>
+    <w:bookmarkStart w:name="z525" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об отмене мер обеспечения исполнения исполнительного документа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 21 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20970,70 +21758,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="95"/>
+    <w:bookmarkStart w:name="z70" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21226,68 +22014,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z527" w:id="96"/>
+    <w:bookmarkStart w:name="z527" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о возмещении расходов, понесенных при совершении  исполнительных действий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 22 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21775,70 +22563,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="97"/>
+    <w:bookmarkStart w:name="z73" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель ___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22031,68 +22819,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z529" w:id="98"/>
+    <w:bookmarkStart w:name="z529" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об утверждении сумм оплаты деятельности частного судебного исполнителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 23 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22811,68 +23599,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z531" w:id="99"/>
+    <w:bookmarkStart w:name="z531" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о запрещении совершать определенные действия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 24 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23387,70 +24175,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="100"/>
+    <w:bookmarkStart w:name="z79" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23643,68 +24431,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z533" w:id="101"/>
+    <w:bookmarkStart w:name="z533" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о задержании транспортного средства и водворении на специальную стоянку</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 25 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24176,70 +24964,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="102"/>
+    <w:bookmarkStart w:name="z82" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель ___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24432,68 +25220,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z535" w:id="103"/>
+    <w:bookmarkStart w:name="z535" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об изъятии движимого имущества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 26 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25464,80 +26252,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z537" w:id="104"/>
+    <w:bookmarkStart w:name="z537" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об истребовании информации о номерах банковских счетов и наличии денег на них, сведений о характере и стоимости имущества,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>находящегося в банках, организациях, осуществляющих отдельные виды банковских операций, а также в страховых организациях, и наложении ареста на них</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 27 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26206,70 +26994,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="105"/>
+    <w:bookmarkStart w:name="z88" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26462,68 +27250,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z539" w:id="106"/>
+    <w:bookmarkStart w:name="z539" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о наложении ареста на имущество должника</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 28 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27099,70 +27887,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="107"/>
+    <w:bookmarkStart w:name="z91" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27615,68 +28403,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z541" w:id="108"/>
+    <w:bookmarkStart w:name="z541" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об обращении взыскания на имущество</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 29 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28177,70 +28965,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="109"/>
+    <w:bookmarkStart w:name="z94" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: постановление подлежит санкционированию в письменной форме либо в форме электронного документа. При этом форма</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28801,68 +29589,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z543" w:id="110"/>
+    <w:bookmarkStart w:name="z543" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о временном ограничении на выезд физического лица, руководителя (исполняющего обязанности) юридического лица, являющегося должником, из Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 30 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29422,70 +30210,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="111"/>
+    <w:bookmarkStart w:name="z97" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: постановление подлежит санкционированию в письменной форме либо</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29976,68 +30764,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z545" w:id="112"/>
+    <w:bookmarkStart w:name="z545" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о приостановлении временного ограничения на выезд физического лица, руководителя (исполняющего обязанности) юридического лица, являющегося должником, из Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 31 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30495,70 +31283,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="113"/>
+    <w:bookmarkStart w:name="z100" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: постановление подлежит санкционированию в письменной форме либо в форме электронного документа. При этом форма электронного документа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30803,68 +31591,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z547" w:id="114"/>
+    <w:bookmarkStart w:name="z547" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о снятии временного ограничения на выезд физического лица, руководителя (исполняющего обязанности) юридического лица, являющегося должником, из Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 32 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31380,70 +32168,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="115"/>
+    <w:bookmarkStart w:name="z103" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31831,68 +32619,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z549" w:id="116"/>
+    <w:bookmarkStart w:name="z549" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление о приводе лица, уклоняющегося от явки к судебному исполнителю</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 33 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32500,70 +33288,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                 (адрес, телефон, при необходимости адрес электронной почты)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="117"/>
+    <w:bookmarkStart w:name="z106" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: постановление подлежит санкционированию в письменной форме либо в форме электронного документа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33086,68 +33874,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z551" w:id="118"/>
+    <w:bookmarkStart w:name="z551" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об изъятии недвижимого имущества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 34 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33577,70 +34365,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="119"/>
+    <w:bookmarkStart w:name="z109" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: постановление подлежит санкционированию в письменной форме либо в форме электронного документа. При этом форма электронного документа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34145,68 +34933,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z553" w:id="120"/>
+    <w:bookmarkStart w:name="z553" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об изъятии правоустанавливающих документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 35 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34670,70 +35458,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="121"/>
+    <w:bookmarkStart w:name="z112" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: постановление подлежит санкционированию в письменной форме либо в форме электронного документа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34995,68 +35783,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z555" w:id="122"/>
+    <w:bookmarkStart w:name="z555" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об обращении взыскания на стипендию, пособие по социальному страхованию, при временной нетрудоспособности, пособие по безработице</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 36 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36064,68 +36852,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z557" w:id="123"/>
+    <w:bookmarkStart w:name="z557" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОСТАНОВЛЕНИЕ об истребовании информации о характере и содержании денежных требований, и наложении ареста на них</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 37 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36777,70 +37565,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="124"/>
+    <w:bookmarkStart w:name="z118" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37020,68 +37808,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z559" w:id="125"/>
+    <w:bookmarkStart w:name="z559" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОСТАНОВЛЕНИЕ об отводе (самоотводе) специалиста, переводчика, судебного исполнителя, помощника частного судебного исполнителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 38 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37535,70 +38323,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="126"/>
+    <w:bookmarkStart w:name="z121" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37791,68 +38579,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z561" w:id="127"/>
+    <w:bookmarkStart w:name="z561" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОСТАНОВЛЕНИЕ об отказе в отводе (самоотводе) специалиста, переводчика, судебного исполнителя, помощника частного судебного исполнителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 39 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38272,70 +39060,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="128"/>
+    <w:bookmarkStart w:name="z124" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -38528,68 +39316,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z563" w:id="129"/>
+    <w:bookmarkStart w:name="z563" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОСТАНОВЛЕНИЕ о назначении оценщика по оценке арестованного имущества либо поручение о проведении оценки имущества должника одной из сторон исполнительного производства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 40 - в редакции приказа Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39082,70 +39870,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Копию настоящего постановления направить сторонам исполнительного производства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="130"/>
+    <w:bookmarkStart w:name="z127" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частный судебный исполнитель _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39546,68 +40334,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z566" w:id="131"/>
+    <w:bookmarkStart w:name="z566" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление об объявлении должника в розыск</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приказ дополнен приложением 41 в соответствии с приказом Министра юстиции РК от 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40081,70 +40869,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. О принятом решении сообщить сторонам исполнительного производства или их представителям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Постановление судебного исполнителя вступает в силу со дня его вынесения, подлежит обязательному исполнению и может быть обжаловано в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="132"/>
+    <w:bookmarkStart w:name="z130" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иск на действия (бездействие) судебного исполнителя по исполнению исполнительных документов подается в суд в течение десяти рабочих дней со дня совершения действия (отказа в совершении действия) или со дня, когда взыскателю или должнику, не извещенному о времени и месте совершения действия судебным исполнителем, стало о нем известно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: постановление подлежит санкционированию в письменной форме либо в форме электронного документа. При этом форма</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -40366,344 +41154,344 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правый верхний угол приложения 42 – в редакции приказа и.о. Министра юстиции РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z478" w:id="133"/>
+    <w:bookmarkStart w:name="z478" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 20 января 2011 года № 18 "Об утверждении Типовых форм постановлений частных судебных исполнителей" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6755, опубликован 16 апреля 2011 года в газете "Казахстанская правда", № 129-130 (26550-26551);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z479" w:id="134"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z479" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 12 декабря 2012 года № 404 "О внесении изменения в приказ Министра юстиции Республики Казахстан от 20 января 2011 года № 18 "Об утверждении Типовых форм постановлений частных судебных исполнителей" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 8285, опубликован 23 февраля 2013 года в газете "Казахстанская правда", № 69-70 (27343-27344);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z480" w:id="135"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z480" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 17 марта 2014 года № 111 "О внесении изменений в приказ Министра юстиции Республики Казахстан от 20 января 2011 года № 18 "Об утверждении Типовых форм постановлений частных судебных исполнителей" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 9269, опубликован 11 апреля 2014 года в информационно-правовой системе нормативно правовых актов Республики Казахстан "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z481" w:id="136"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z481" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 30 ноября 2015 года № 604 "О внесении изменений приказ Министра юстиции Республики Казахстан от 20 января 2011 года № 18 "Об утверждении Типовых форм Постановлений частных судебных исполнителей" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 12383, опубликован 28 декабря 2015 года в информационно-правовой системе нормативно правовых актов Республики Казахстан "Әділет", в газете "Казахстанская правда" от 13 декабря 2016 года за № 196 (28322) от 15 октября 2016 года за № 198 (28324);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z482" w:id="137"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z482" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня некоторых приказов Министра юстиции Республики Казахстан в которые вносятся изменения и дополнения, приказ Министра юстиции Республики Казахстан от 27 мая 2016 года № 357 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13784, опубликован 23 июня 2016 года в информационно-правовой системе нормативно правовых актов Республики Казахстан "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z483" w:id="138"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z483" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 27 декабря 2018 года № 1627 "Об утверждении Типовых форм постановлений частных судебных исполнителей" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18111).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41029,31 +41817,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>