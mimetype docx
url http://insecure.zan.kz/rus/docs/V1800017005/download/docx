--- v0 (2025-11-28)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2ef316a" w14:textId="2ef316a">
+    <w:p w14:paraId="e9e0bbe" w14:textId="e9e0bbe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,180 +150,150 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с пунктом 3 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственной статистике" Правление Национального Банка Республики Казахстан </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 49 Закона Республики Казахстан "О рынке ценных бумаг" (далее – Закон о рынке ценных бумаг) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 9-3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций" Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 20.09.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1673,450 +1643,496 @@
         <w:t xml:space="preserve">
       6. Брокер и (или) дилер, ДНПФ, УИП1, УИП2 производят расчет значений пруденциальных нормативов по Таблице расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам каждый рабочий день по состоянию на конец предшествующего рабочего дня, а также на конец каждого из выходных дней, непосредственно предшествовавших текущему рабочему дню.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z380" w:id="23"/>
+    <w:bookmarkStart w:name="z397" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Для целей Правил под международными финансовыми организациями понимаются следующие организации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z381" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азиатский банк развития (the Asian Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z382" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Межамериканский банк развития (the Inter-American Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z383" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Африканский банк развития (the African Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z384" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Евразийский банк развития (Eurasian Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z385" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Европейский банк реконструкции и развития (the European Bank for Reconstruction and Development);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z386" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Европейский инвестиционный банк (the European Investment Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z387" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк Развития Европейского Совета (the Council of Europe Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z388" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исламская корпорация по развитию частного сектора (the Islamic Corporation for the Development of the Private Sector);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z389" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исламский банк развития (the Islamic Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z390" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Многостороннее агентство гарантии инвестиций (the Multilateral Investment Guarantee Agency);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z391" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Скандинавский инвестиционный банк (the Nordic Investment Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z392" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международный валютный фонд (the International Monetary Fund);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z393" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международная ассоциация развития (the International Development Association);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z394" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк международных расчетов (the Bank for International Settlements);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z395" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международный центр по урегулированию инвестиционных споров (the International Centre for Settlement of Investment Disputes);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z396" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международный банк реконструкции и развития (the International Bank for Reconstruction and Development);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z397" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Международная финансовая корпорация (the International Finance Corporation).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z398" w:id="41"/>
+      Международная финансовая корпорация (the International Finance Corporation);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Черноморский банк торговли и развития (the Black Sea Trade and Development Bank).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z398" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Помимо рейтинговых оценок агентства Standard &amp; Poor's (Стандард энд Пурс) уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее - уполномоченный орган) также признаются рейтинговые оценки агентств Moody's Investors Service (Мудис Инвесторс Сервис), Fitch (Фич), установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 24 декабря 2012 года № 385 "Об установлении минимального рейтинга для юридических лиц и стран, необходимость наличия которого требуется в соответствии с законодательством Республики Казахстан, регулирующим деятельность финансовых организаций, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, перечня рейтинговых агентств, присваивающих данный рейтинг", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 8318, и рейтинговых агентств, соответствующих критериям, установленным пунктом 8-2 Правил при соблюдении условия, установленного пунктом 8-1 Правил (далее - другие рейтинговые агентства).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2135,70 +2151,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z605" w:id="42"/>
+    <w:bookmarkStart w:name="z605" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1. При расчете значений пруденциальных нормативов долгосрочные кредитные рейтинги, присвоенные рейтинговыми агентствами, соответствующими критериям, установленным пунктом 8-2 Правил, по международной рейтинговой шкале используются только в отношении иностранных объектов рейтинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2217,590 +2233,590 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z606" w:id="43"/>
+    <w:bookmarkStart w:name="z606" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-2. Для целей Правил уполномоченным органом признаются рейтинговые оценки рейтинговых агентств, соответствующих следующим критериям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z755" w:id="44"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z755" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рейтинговое агентство подлежит регулированию в стране происхождения и оценки рейтингового агентства признаются в рамках пруденциального регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z756" w:id="45"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z756" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) минимальный размер собственного капитала рейтингового агентства составляет сумму, эквивалентную не менее 600 000 000 (шестистам миллионам) тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z757" w:id="46"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z757" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) объективность, независимость и ответственность:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z758" w:id="47"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z758" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       методология, применяемая рейтинговым агентством, является надежной и подлежит проверке на основе исторических и (или) ожидаемых данных о дефолтах, а также содержит подробное описание всех ключевых количественных и качественных факторов, определяющих способность рейтингуемого лица исполнять принятые на себя финансовые обязательства, а также описание их влияния на кредитные рейтинги и прогнозы по кредитным рейтингам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z759" w:id="48"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z759" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рейтинговое агентство не контролируется государственными органами или должностными лицами в государственных органах, субъектами квазигосударственного сектора или политическими партиями, которые не вмешиваются в деятельность рейтингового агентства и не имеют влияния на процессы присвоения рейтингов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z760" w:id="49"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z760" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       юридические лица, которым рейтинговое агентство присваивает, подтверждает или пересматривает рейтинг, не являются аффилированными лицами рейтингового агентства, за исключением лиц, которые прямо владеют менее 10 (десятью) процентами акций рейтингового агентства и не имеют влияния на рейтинговую деятельность рейтингового агентства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z761" w:id="50"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z761" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рейтинговые аналитики рейтингового агентства, участвующие в рейтинговых действиях в отношении рейтингуемого лица, не состоят и не состояли в трудовых или деловых отношениях с рейтингуемым лицом в течение последних 3 (трех) лет до даты осуществления рейтингового действия, а также не владеют прямо или косвенно, в том числе через близких родственников, ценными бумагами, иными финансовыми инструментами или иным имуществом рейтингуемого лица или лиц, осуществляющих контроль над рейтингуемым лицом или оказывающих значительное влияние на такое лицо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z762" w:id="51"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z762" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рейтинговое агентство имеет службу внутреннего аудита или внутреннего контроля, в том числе осуществляющего функции внутреннего аудита, подотчетную совету директоров рейтингового агентства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z763" w:id="52"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z763" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в рейтинговом агентстве как минимум одна треть, но не менее двух членов совета директоров являются независимыми членами, не осуществляющими рейтинговых действий, рекламы услуг рейтингового агентства и иные действия по привлечению клиентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z764" w:id="53"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z764" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доля прямого или косвенного владения акциями каждого акционера рейтингового агентства не превышает 50 (пятидесяти) процентов от общего количества голосующих акций данного рейтингового агентства, в случае, когда акционером является финансовая организация, доля прямого владения не превышает 10 (десяти) процентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z765" w:id="54"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z765" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       внутренние процедуры рейтингового агентства предусматривают меры для предотвращения неправомерного использования и раскрытия информации и обеспечивают защиту и конфиденциальность информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z766" w:id="55"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z766" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) прозрачность и раскрытие информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z767" w:id="56"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z767" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рейтинговое агентство обеспечивает раскрытие на интернет-ресурсе рейтингового агентства следующей информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z768" w:id="57"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z768" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       методологии, применяемой рейтинговым агентством при определении рейтинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z769" w:id="58"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z769" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       списка кредитных рейтингов, присвоенных за последний год, а также рейтингуемых лиц и иных лиц, доля денежных поступлений от которых составила пять и более процентов в годовом объеме выручки рейтингового агентства по состоянию на конец последнего истекшего календарного года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z770" w:id="59"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z770" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) надежность рейтингов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z771" w:id="60"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z771" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рейтинговое агентство осуществляет рейтинговую деятельность на регулярной основе не менее 5 (пяти) последних лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z772" w:id="61"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z772" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       количество организаций, которым рейтинговое агентство присваивало и пересматривало кредитный рейтинг составляет не менее тридцати, в том числе за последние 3 (три) года не менее двадцати, из них не менее пяти являлись финансовыми организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z773" w:id="62"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z773" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       персонал рейтингового агентства, непосредственно занимающийся присвоением рейтингов, имеет соответствующее образование, навыки и опыт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z774" w:id="63"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z774" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       как минимум один работник, участвующий в процессе принятия рейтинговых решений, являющийся участником органа, принимающего рейтинговое решение (далее - рейтинговый комитет), обладает не менее двухлетним опытом работы в рейтинговом агентстве, либо в аналитическом агентстве, либо в исследовательском центре, либо в финансовой организации, либо в аудиторской организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z775" w:id="64"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z775" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в составе рейтингового комитета имеется не менее пяти рейтинговых аналитиков, включая ведущего рейтингового аналитика для рейтингуемого лица и (или) его финансовых обязательств или финансовых инструментов (далее - объект рейтинга), председателя рейтингового комитета и одного рейтингового аналитика, специализирующегося на виде объектов рейтинга, к которому не относится рассматриваемый объект рейтинга (в случае, если рейтинговое агентство осуществляет деятельность по присвоению рейтингов в отношении различных видов объектов рейтинга);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z776" w:id="65"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z776" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рейтинговое агентство на постоянной основе осуществляет мониторинг присвоенных рейтингов, а также обеспечивает своевременное реагирование на изменяющиеся факторы, связанные с изменениями в финансовом положении, корпоративном управлении или иных аспектах деятельности рейтингуемого лица, изменениями макроэкономических условий или условий финансового рынка, что подтверждается фактическими обновлениями рейтингов не позднее 1 (одного) календарного года с даты присвоения или последнего пересмотра рейтинга или даты последнего пересмотра методологии, применяемой рейтинговым агентством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z777" w:id="66"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z777" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При соответствии критериям, установленным подпунктами 1), 2), 3), 4) и 5) настоящего пункта, рейтинговое агентство направляет в уполномоченный орган запрос о принятии рейтинговых оценок рейтингового агентства для целей пруденциального регулирования с приложением документов, подтверждающих соответствие рейтингового агентства критериям, установленным подпунктами 1), 2), 3), 4) и 5) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z778" w:id="67"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z778" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При соответствии рейтингового агентства критериям, установленным подпунктами 1), 2), 3), 4) и 5) настоящего пункта, уполномоченный орган на официальном интернет-ресурсе в срок не позднее 30 (тридцати) рабочих дней со дня получения запроса рейтингового агентства о принятии его рейтинговых оценок публикует сведения о рейтинговом агентстве и сопоставимости международных рейтинговых шкал рейтинговых агентств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z779" w:id="68"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z779" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Методологии, применяемые рейтинговым агентством, валидируются уполномоченным органом при первичном обращении рейтингового агентства в уполномоченный орган и не реже 1 (одного) раза в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z780" w:id="69"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z780" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении изменений в методологии, применяемые рейтинговым агентством рейтинговое агентство в срок не позднее 10 (десяти) рабочих дней направляет информацию в уполномоченный орган с указанием причин и последствий таких изменений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2839,350 +2855,350 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z399" w:id="70"/>
+    <w:bookmarkStart w:name="z399" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Для целей Правил под основными фондовыми индексами понимаются следующие расчетные показатели (индексы):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z400" w:id="71"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z400" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       САС 40 (Compagnie des Agents de Change 40 Index) (Компани дэ Эжон дэ Шанж 40 Индекс); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z401" w:id="72"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z401" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       DAX (Deutscher Aktienindex) (Дойтче Акциениндекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z402" w:id="73"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z402" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       DJIA (Dow Jones Industrial Average) (Доу Джонс Индастриал Эвередж);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z403" w:id="74"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z403" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       EURO STOXX 50 (EURO STOXX 50 Price Index) (Юроп Эс Ти Оу Экс Экс 50 Прайс Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z404" w:id="75"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z404" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       FTSE 100 (Financial Times Stock Exchange 100 Index) (Файнэншл Таймс Сток Эксчейндж 100 Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z405" w:id="76"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z405" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       HSI (Hang Seng Index) (Ханг Сенг Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z406" w:id="77"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z406" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       KASE (Kazakhstan Stock Exchange Index) (Казакстан Сток Эксчейндж Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z407" w:id="78"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z407" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       MSCI World Index (Morgan Stanley Capital International World Index) (Морган Стэнли Кэпитал Интернешнл Ворлд Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z408" w:id="79"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z408" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       MOEX Russia (Moscow Exchange Russia Index) (Москоу Эксчейндж Раша Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z409" w:id="80"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z409" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       NIKKEI 225 (Nikkei-225 Stock Average Index) (Никкэй-225 Сток Эвередж Индекс); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z410" w:id="81"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z410" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       RTSI (Russian Trade System Index) (Рашен Трейд Систем Индекс); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z411" w:id="82"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z411" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       S&amp;P 500 (Standard and Poor's 500 Index) (Стандард энд Пурс 500 Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z412" w:id="83"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z412" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       TOPIX 100 (Tokyo Stock Price 100 Index) (Токио Сток Прайс 100 Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z413" w:id="84"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z413" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       NASDAQ-100 (Nasdaq-100 Index) (Насдак-100 Индекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3313,80 +3329,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дилерскую деятельность</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на рынке ценных бумаг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z484" w:id="85"/>
+    <w:bookmarkStart w:name="z484" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица расчета значений пруденциальных нормативов организации,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 16.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16438,68 +16454,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 апреля 2018 года № 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z417" w:id="86"/>
+    <w:bookmarkStart w:name="z417" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Методика расчета значений пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими брокерскую и (или) дилерскую деятельность на рынке ценных бумаг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Постановление дополнено приложением 2 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 20.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16534,69 +16550,69 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z633" w:id="87"/>
+    <w:bookmarkStart w:name="z633" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z634" w:id="88"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z634" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящая Методика расчета пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими брокерскую и (или) дилерскую деятельность на рынке ценных бумаг, (далее – Методика) разработана в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16611,480 +16627,480 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О рынке ценных бумаг" (далее – Закон о рынке ценных бумаг), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций" и устанавливает методику расчета значений пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими брокерскую и (или) дилерскую деятельность на рынке ценных бумаг (далее – брокер и (или) дилер), включая добровольные накопительные пенсионные фонды, совмещающие деятельность по управлению инвестиционным портфелем с правом привлечения добровольных пенсионных взносов с брокерской и (или) дилерской деятельностью на рынке ценных бумаг без права ведения счетов клиентов в качестве номинального держателя (далее – ДНПФ), управляющих инвестиционным портфелем, совмещающих деятельность по управлению инвестиционным портфелем без права привлечения добровольных пенсионных взносов с брокерской и (или) дилерской деятельностью с правом ведения счетов клиентов в качестве номинального держателя (далее – УИП1), управляющих инвестиционным портфелем, совмещающих деятельность по управлению инвестиционным портфелем без права привлечения добровольных пенсионных взносов с брокерской и (или) дилерской деятельностью без права ведения счетов клиентов (далее – УИП2).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z635" w:id="89"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z635" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Методика расчета значений пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими брокерскую и (или) дилерскую деятельность на рынке ценных бумаг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z636" w:id="90"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z636" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для целей расчета минимального размера собственного капитала используется размер месячного расчетного показателя (далее - МРП), установленный законом о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z637" w:id="91"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z637" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Коэффициент достаточности собственного капитала брокера и (или) дилера рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z638" w:id="92"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z638" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К = (ВЛА+ЛА - О)/(МРСК+Ор_БД), где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z639" w:id="93"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z639" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ВЛА - высоколиквидные активы брокера и (или) дилера, имеющиеся на дату расчета, которые признаются высоколиквидными в соответствии с пунктом 6 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z640" w:id="94"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z640" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЛА - ликвидные активы брокера и (или) дилера, имеющиеся на дату расчета, которые признаются ликвидными в соответствии с пунктом 6 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z641" w:id="95"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z641" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О – совокупные обязательства по балансу, имеющиеся на дату расчета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z642" w:id="96"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z642" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МРСК - минимальный размер собственного капитала брокера и (или) дилера, принимаемый в расчет достаточности собственного капитала:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z643" w:id="97"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z643" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МРСК брокера и (или) дилера с правом ведения счетов клиентов в качестве номинального держателя, составляющий 50 000 (пятьдесят тысяч) МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z644" w:id="98"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z644" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МРСК брокера и (или) дилера без права ведения счетов клиентов, составляющий 10 000 (десять тысяч) МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z645" w:id="99"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z645" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ор_БД - операционный риск, связанный с брокерской и (или) дилерской деятельностью, рассчитанный в соответствии с пунктом 4 Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z646" w:id="100"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z646" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Операционный риск, связанный с брокерской и (или) дилерской деятельностью, рассчитывается как:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z647" w:id="101"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z647" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ор_БД = абсолютный показатель+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>*относительный показатель, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z648" w:id="102"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z648" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       абсолютный показатель равен 15 000 (пятнадцати тысячам) МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z649" w:id="103"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z649" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       относительный показатель рассчитывается как 15 (пятнадцати) кратный размер среднегодового расхода по статье неустойка (штраф, пеня) Отчета о прибылях и убытках за последние 60 (шестьдесят) месяцев предшествующие расчетной дате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z650" w:id="104"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z650" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - коэффициент операционного риска установлен в зависимости от среднегодового объема сделок*, заключенных брокерами и (или) дилерами, за последние 36 (тридцать шесть) месяцев, предшествующих расчетной дате, и определяется в соответствии с таблицей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z651" w:id="105"/>
+          <w:bookmarkStart w:name="z651" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Категория</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="105"/>
+          <w:bookmarkEnd w:id="88"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17146,80 +17162,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z655" w:id="106"/>
+          <w:bookmarkStart w:name="z655" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="106"/>
+          <w:bookmarkEnd w:id="89"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17271,80 +17287,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z659" w:id="107"/>
+          <w:bookmarkStart w:name="z659" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="107"/>
+          <w:bookmarkEnd w:id="90"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17396,80 +17412,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z663" w:id="108"/>
+          <w:bookmarkStart w:name="z663" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="91"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17521,80 +17537,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z667" w:id="109"/>
+          <w:bookmarkStart w:name="z667" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="92"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17646,80 +17662,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z671" w:id="110"/>
+          <w:bookmarkStart w:name="z671" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="110"/>
+          <w:bookmarkEnd w:id="93"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17751,752 +17767,716 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z675" w:id="111"/>
+    <w:bookmarkStart w:name="z675" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       *объем сделок, заключенных на организованном, неорганизованном и международном рынках ценных бумаг, а также на территории Международного финансового центра "Астана" (за исключением когда брокер и (или) дилер выступал в качестве номинального держателя), на валютном рынке (для организаций, осуществляющих отдельные виды банковских операций), а также операции открытия репо, "обратного репо". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z676" w:id="112"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z676" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом в случае, если срок с момента получения брокером и (или) дилером лицензии составляет меньше периода, чем вышеуказанный срок, то используются данные с момента получения лицензии на осуществление брокерской и (или) дилерской деятельности на рынке ценных бумаг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z677" w:id="113"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z677" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом если значение относительного показателя менее 3 000 (трех тысяч) МРП, то значение относительного показателя равно 3 000 (трем тысячам) МРП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z678" w:id="114"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z678" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При отсутствии заключаемых сделок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> равно 0 (ноль).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z679" w:id="115"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z679" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При страховании ответственности перед клиентами, включающем случаи, установленные пунктом 5 статьи 53-2 Закона о рынке ценных бумаг, брокер и (или) дилер без права ведения счетов клиентов снижает размер абсолютного показателя на размер страховой суммы, но не более 50% от размера абсолютного показателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z680" w:id="116"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z680" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Минимальное значение коэффициентов срочной ликвидности брокера и (или) дилера устанавливается в размере:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z681" w:id="117"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z681" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-1 – не менее 1;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z682" w:id="118"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z682" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-2 – не менее 0,9;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z683" w:id="119"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z683" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-3 – не менее 0,8;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z684" w:id="120"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z684" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       К2-4 – не менее 0,5. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z685" w:id="121"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z685" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-1 рассчитывается как отношение размера высоколиквидных активов к размеру срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 7 (семи) дней включительно. Если размер срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 7 (семи) дней составляет менее 10 % от высоколиквидных активов, то коэффициент срочной ликвидности К2-1 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z686" w:id="122"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z686" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-2 рассчитывается как отношение размера совокупных ликвидных активов к размеру срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 30 (тридцати) дней включительно. Если размер срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 30 (тридцати) дней составляет менее 10 % от совокупных ликвидных активов, то коэффициент срочной ликвидности К2-2 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z687" w:id="123"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z687" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-3 рассчитывается как отношение размера совокупных ликвидных активов к размеру срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 90 (девяносто) дней включительно. Если размер срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 90 (девяносто) дней составляет менее 10 % от совокупных ликвидных активов, то коэффициент срочной ликвидности К2-3 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z688" w:id="124"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z688" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-4 рассчитывается как отношение размера совокупных ликвидных активов к размеру совокупных обязательств. Если размер совокупных обязательств составляет менее 10% от совокупных ликвидных активов, то коэффициент срочной ликвидности К2-4 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z689" w:id="125"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z689" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Высоколиквидные и ликвидные активы брокера и (или) дилера, имеющиеся на дату расчета, признаются таковыми в соответствии с пунктом 6 Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z690" w:id="126"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z690" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. В расчет высоколиквидных активов брокера и (или) дилера включаются активы, указанные в следующих строках Таблицы расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг согласно </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z783" w:id="128"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. В расчет высоколиквидных активов брокера и (или) дилера включаются активы, указанные в следующих строках Таблицы расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг согласно приложению к Правилам расчета значений пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими брокерскую и (или) дилерскую деятельность на рынке ценных бумаг, утвержденным настоящим постановлением (далее - Правила), в соответствующих объемах: 1.1, 1.2, 1.4, 1.5, 1.6, 1.7, 1.8, 1.9, 1.10, 1.12, 1.13, 2.1, 2.2, 2.3, 2.4, 2.8, 2.10, 2.11, 2.14, 3.1, 3.2, 3.5, 4.4, 5.1, 5.2, 5.3, 5.4. (за исключением ценных бумаг, являющимися предметом операций репо).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В качестве ликвидных активов брокера и (или) дилера признаются активы, указанные в следующих строках Таблицы расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг согласно приложению к Правилам, в соответствующих объемах: 1.3, 1.11, 2.5, 2.6, 2.7, 2.9, 2.12, 2.13, 2.15, 2.16, 3.3, 3.4, 3.6, 3.7, 4.1, 4.2, 4.3, 4.5 (за исключением ценных бумаг, являющимися предметом операций репо).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Брокер и (или) дилер соблюдает норматив диверсификации, при котором объем инвестиций в одного эмитента и его аффилированных лиц составляет не более 20 % от совокупных ликвидных активов брокера и (или) дилера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z784" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Норма, установленная частью третьей настоящего пункта Методики, не распространяется в отношении государственных ценных бумаг Республики Казахстан, а также на ценные бумаги являющихся предметом операции "обратного репо", заключенной с участием центрального контрагента.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="129"/>
+      Норма, установленная частью третьей настоящего пункта Методики, не распространяется на финансовые инструменты, выпущенные (предоставленных) аффилированными по отношении друг к другу лицами, более 50 (пятидесяти) процентов голосующих акций которых принадлежат государству или национальному управляющему холдингу или Национальному Банку Республики Казахстан, а также на ценные бумаги являющиеся предметом операции "обратного репо", заключенной с участием центрального контрагента.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 16.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 14</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z692" w:id="130"/>
+    <w:bookmarkStart w:name="z692" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В расчет высоколиквидных и ликвидных активов, предусмотренных пунктом 6 Методики, не включаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z786" w:id="131"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z786" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активы, являющиеся обеспечением по обязательствам брокера и (или) дилера и (или) на которые право собственности брокера и (или) дилера ограничено (за исключением операций репо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z787" w:id="132"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z787" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ценные бумаги, являющиеся предметом операции "обратного репо", включаются в расчет ликвидных активов брокера и (или) дилера в объемах, указанных в Таблице расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам (за исключением ценных бумаг, являющихся предметом операции "обратного репо", заключенной с участием центрального контрагента).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z788" w:id="133"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z788" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операции "обратного репо", заключенной с участием центрального контрагента, включаются в расчет ликвидных активов брокера и (или) дилера в полном объеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z789" w:id="134"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z789" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операций репо, включаются в расчет ликвидных активов брокера и (или) дилера, в размере 70 % от совокупного объема ценных бумаг являющихся предметом операций репо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z790" w:id="135"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z790" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные ценные бумаги со сроком до погашения более 1 (одного) года на расчетную дату, являющиеся предметом операций репо включаются в расчет ликвидных активов брокера и (или) дилера в размере 85 % от совокупного объема государственных ценных бумаг со сроком до погашения более 1 (одного) года на расчетную дату являющихся предметом операций репо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z791" w:id="136"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z791" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные ценные бумаги со сроком до погашения до 1 (одного) года на расчетную дату, являющиеся предметом операций репо включаются в расчет ликвидных активов брокера и (или) дилера в размере 95 % от совокупного объема государственных ценных бумаг со сроком до погашения до 1 (одного) года на расчетную дату являющихся предметом операций репо.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z792" w:id="137"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z792" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операций репо отражаются в строках 6.3, 6.4, 6.5 Таблицы расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг согласно приложению к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z793" w:id="138"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z793" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ценные бумаги, выпущенные юридическими лицами, являющимися аффилированными лицами по отношению к брокеру и (или) дилеру, за исключением акций, входящих в официальный список фондовой биржи, параметры которого используются в целях расчета индекса рынка акций фондовой биржи (представительский список фондовой биржи).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18515,1448 +18495,1432 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z697" w:id="139"/>
+    <w:bookmarkStart w:name="z697" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Методика расчета значений пруденциальных нормативов добровольных накопительных пенсионных фондов, совмещающих деятельность по управлению инвестиционным портфелем с правом привлечения добровольных пенсионных взносов с брокерской и (или) дилерской деятельностью на рынке ценных бумаг без права ведения счетов клиентов в качестве номинального держателя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z698" w:id="140"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z698" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Коэффициент достаточности собственного капитала ДНПФ рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z699" w:id="141"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z699" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К = (ЛА - О) / МРСК, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z700" w:id="142"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z700" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЛА - ликвидные активы ДНПФ, имеющиеся на дату расчета, указанные в пункте 11 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z701" w:id="143"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z701" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О - обязательства по балансу, имеющиеся на дату расчета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z702" w:id="144"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z702" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МРСК - минимальный размер собственного капитала ДНПФ, принимаемый в расчет достаточности собственного капитала, рассчитанный в соответствии с пунктом 10 Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z703" w:id="145"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z703" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Коэффициент ликвидности ДНПФ рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z704" w:id="146"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z704" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кл = ЛА/O, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z705" w:id="147"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z705" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЛА - ликвидные активы ДНПФ, имеющиеся на дату расчета, которые указаны в пункте 11 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z706" w:id="148"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z706" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О - обязательства по балансу, имеющиеся на дату расчета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z707" w:id="149"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z707" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z708" w:id="150"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z708" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стоимость пенсионных активов, принятых в инвестиционное управление, составляет менее 40 000 000 000 (сорока миллиардов) тенге, то МРСК равен 107 000 (ста семи тысячам) МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z709" w:id="151"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z709" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стоимость пенсионных активов, принятых в инвестиционное управление, составляет более 40 000 000 000 (сорока миллиардов) тенге, то МРСК равен 107 000 (ста семи тысячам) МРП + (АПУ - 40 000 000 000 (сорок миллиардов) тенге)*0,0001, где АПУ являются пенсионными активами, принятыми в инвестиционное управление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z710" w:id="152"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z710" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В качестве ликвидных активов ДНПФ признаются собственные активы ДНПФ, указанные в Таблице расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг, согласно приложению к Правилам, в соответствующих объемах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z711" w:id="153"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z711" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В расчет ликвидных активов, предусмотренных пунктом 11 Методики, не включаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z712" w:id="154"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z712" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активы, являющиеся обеспечением по обязательствам ДНПФ и (или) на которые право собственности ДНПФ ограничено (за исключением операций репо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z713" w:id="155"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z713" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операции "обратного репо", включаются в расчет ликвидных активов ДНПФ в объемах, указанных в Таблице расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг, согласно приложению к Правилам (за исключением ценных бумаг, являющихся предметом операции "обратного репо", заключенной с участием центрального контрагента).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z714" w:id="156"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z714" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операции "обратного репо", заключенной с участием центрального контрагента, включаются в расчет ликвидных активов ДНПФ в полном объеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z715" w:id="157"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z715" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ценные бумаги, выпущенные юридическими лицами, являющимися аффилиированными лицами по отношению к ДНПФ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z716" w:id="158"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z716" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ценные бумаги, выпущенные доверительными управляющими десятью и более процентами голосующих акций ДНПФ, принадлежащих крупным акционерам ДНПФ, и аффилированными лицами данных доверительных управляющих;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z717" w:id="159"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z717" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) вклады и текущие счета в банках второго уровня, являющихся аффилированными лицами по отношению к ДНПФ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z718" w:id="160"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z718" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Сделки за счет собственных активов ДНПФ совершаются в порядке, установленном главой 2 Правил осуществления деятельности единого накопительного пенсионного фонда и (или) добровольных накопительных пенсионных фондов, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и развитию финансового рынка от 7 июня 2023 года № 42, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 32832.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z719" w:id="161"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z719" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Методика расчета значений пруденциальных нормативов управляющих инвестиционным портфелем, совмещающих деятельность по управлению инвестиционным портфелем без права привлечения добровольных пенсионных взносов с брокерской и (или) дилерской деятельностью с правом ведения счетов клиентов в качестве номинального держателя или управляющих инвестиционным портфелем, совмещающих деятельность по управлению инвестиционным портфелем без права привлечения добровольных пенсионных взносов с брокерской и (или) дилерской деятельностью без права ведения счетов клиентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z720" w:id="162"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z720" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Коэффициент достаточности собственного капитала УИП1 или УИП2, осуществляющих в соответствии с договором, заключенным с единым накопительным пенсионным фондом, доверительное управление пенсионными активами, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z721" w:id="163"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z721" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К = (ВЛА+ЛА - О) / (МРСК+Ор_БД+Ор_УИП+Ор_УИП_ПА), где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z722" w:id="164"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z722" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ВЛА - высоколиквидные активы УИП1 или УИП2, имеющиеся на дату расчета, которые признаются высоколиквидными в соответствии с пунктом 17 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z723" w:id="165"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z723" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЛА - ликвидные активы УИП1 или УИП2, имеющиеся на дату расчета, которые признаются ликвидными в соответствии с пунктом 17 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z724" w:id="166"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z724" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О – совокупные обязательства по балансу, имеющиеся на дату расчета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z725" w:id="167"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z725" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МРСК - минимальный размер собственного капитала УИП1 или УИП2, осуществляющих в соответствии с договором, заключенным с единым накопительным пенсионным фондом, доверительное управление пенсионными активами, принимаемый в расчет достаточности собственного капитала, составляющий 440 000 (четыреста сорок тысяч) МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z726" w:id="168"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z726" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ор_БД - операционный риск, связанный с брокерской и (или) дилерской деятельностью, рассчитанный в соответствии с пунктом 4 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z727" w:id="169"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z727" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ор_УИП - операционный риск, связанный с доверительным управлением активов, рассчитанный как размер активов в инвестиционном управлении на дату расчета, умноженный на коэффициент операционного риска УИП – 0,1%;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z728" w:id="170"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z728" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ор_УИП_ПА - операционный риск, связанный с доверительным управлением пенсионных активов, рассчитанный как размер активов в инвестиционном управлении на дату расчета, умноженный на коэффициент операционного риска УИП ПА – 4%.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z729" w:id="171"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z729" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Коэффициент достаточности собственного капитала УИП1 или УИП2 рассчитывается по формуле: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z730" w:id="172"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z730" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К = (ВЛА+ЛА - О) / (МРСК+Ор_БД+Ор_УИП), где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z731" w:id="173"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z731" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ВЛА - высоколиквидные активы УИП1 или УИП2, имеющиеся на дату расчета, которые признаются высоколиквидными в соответствии с пунктом 17 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z732" w:id="174"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z732" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЛА - ликвидные активы УИП1 или УИП2, имеющиеся на дату расчета, которые признаются ликвидными в соответствии с пунктом 17 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z733" w:id="175"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z733" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О – совокупные обязательства по балансу, имеющиеся на дату расчета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z734" w:id="176"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z734" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МРСК - минимальный размер собственного капитала УИП1 или УИП2, принимаемый в расчет достаточности собственного капитала, составляющий 50 000 (пятьдесят тысяч) МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z735" w:id="177"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z735" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ор_БД - операционный риск, связанный с брокерской и (или) дилерской деятельностью, рассчитанный в соответствии с пунктом 4 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z736" w:id="178"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z736" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ор_УИП – операционный риск, связанный с доверительным управлением активов, рассчитанный как размер активов в инвестиционном управлении на расчетную дату, умноженный на коэффициент операционного риска УИП – 0,1%.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z737" w:id="179"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z737" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Минимальное значение коэффициентов срочной ликвидности УИП1 или УИП2 устанавливается в размере:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z738" w:id="180"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z738" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-1 – не менее 1;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z739" w:id="181"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z739" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-2 – не менее 0,9;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z740" w:id="182"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z740" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-3 – не менее 0,8;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z741" w:id="183"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z741" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-4 – не менее 0,5.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z742" w:id="184"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z742" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-1 рассчитывается как отношение размера высоколиквидных активов к размеру срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 7 (семи) дней включительно. Если размер срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 7 (семи) дней составляет менее 10 % от высоколиквидных активов, то коэффициент срочной ликвидности К2-1 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z743" w:id="185"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z743" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-2 рассчитывается как отношение размера совокупных ликвидных активов к размеру срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 30 (тридцати) дней включительно. Если размер срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 30 (тридцати) дней составляет менее 10 % от cовокупных ликвидных активов, то коэффициент срочной ликвидности К2-2 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z744" w:id="186"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z744" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-3 рассчитывается как отношение размера совокупных ликвидных активов к размеру срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 90 (девяносто) дней включительно. Если размер срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 90 (девяносто) дней составляет менее 10 % от совокупных ликвидных активов, то коэффициент срочной ликвидности К2-3 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z745" w:id="187"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z745" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-4 рассчитывается как отношение размера совокупных ликвидных активов к размеру совокупных обязательств. Если размер совокупных обязательств составляет менее 10% от совокупных ликвидных активов, то коэффициент срочной ликвидности К2-4 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z746" w:id="188"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z746" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Высоколиквидные и ликвидные активы управляющего инвестиционным портфелем, имеющиеся на дату расчета, признаются таковыми в соответствии с пунктом 17 Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z747" w:id="189"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z747" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. В расчет высоколиквидных активов УИП1 или УИП2 включаются активы, указанные в следующих строках Таблицы расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг, согласно приложению к Правилам, в соответствующих объемах: 1.1, 1.2, 1.4, 1.5, 1.6, 1.7, 1.8, 1.9, 1.10, 1.12, 1.13, 2.1, 2.2, 2.3, 2.4, 2.8, 2.10, 2.11, 2.14, 3.1, 3.2, 3.5, 4.4, 5.1, 5.2, 5.3, 5.4 (за исключением ценных бумаг являющихся предметом операций репо).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. В расчет высоколиквидных активов УИП1 или УИП2 включаются активы, указанные в следующих строках Таблицы расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг, согласно приложению к Правилам, в соответствующих объемах: 1.1, 1.2, 1.4, 1.5, 1.6, 1.7, 1.8, 1.9, 1.10, 1.12, 1.13, 2.1, 2.2, 2.3, 2.4, 2.8, 2.10, 2.11, 2.14, 3.1, 3.2, 3.5, 4.4, 5.1, 5.2, 5.3, 5.4 (за исключением ценных бумаг являющихся предметом операций репо).</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z796" w:id="191"/>
+      В качестве ликвидных активов УИП1 или УИП2 признаются активы, указанные в следующих строках Таблицы расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг согласно приложению к Правилам, в соответствующих объемах: 1.3, 1.11, 2.5, 2.6, 2.7, 2.9, 2.12, 2.13, 2.15, 2.16, 3.3, 3.4, 3.6, 3.7, 4.1, 4.2, 4.3, 4.5 (за исключением ценных бумаг, являющимися предметом операций репо).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       УИП1 или УИП2 соблюдает норматив диверсификации, при котором объем инвестиций в одного эмитента и его аффилированных лиц составляет не более 20 % от совокупных ликвидных активов УИП1 или УИП2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z797" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Норма, установленная частью третьей настоящего пункта Методики, не распространяется в отношении государственных ценных бумаг Республики Казахстан, а также на ценные бумаги являющихся предметом операции "обратного репо", заключенной с участием центрального контрагента.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="192"/>
+      Норма, установленная частью третьей настоящего пункта Методики, не распространяется на финансовые инструменты, выпущенные (предоставленных) аффилированными по отношении друг к другу лицами, более 50 (пятидесяти) процентов голосующих акций которых принадлежат государству или национальному управляющему холдингу или Национальному Банку Республики Казахстан, а также на ценные бумаги являющиеся предметом операции "обратного репо", заключенной с участием центрального контрагента.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 16.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 14</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z749" w:id="193"/>
+    <w:bookmarkStart w:name="z749" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В расчет высоколиквидных и ликвидных активов УИП1 или УИП2, предусмотренных пунктом 17 Методики, не включаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z799" w:id="194"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z799" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активы, являющиеся обеспечением по обязательствам УИП1 или УИП2 и (или) на которые право собственности УИП1 или УИП2 ограничено (за исключением операций репо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z800" w:id="195"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z800" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ценные бумаги, являющиеся предметом операции "обратного репо", включаются в расчет ликвидных активов УИП1 или УИП2 в объемах, указанных в Таблице расчета значений пруденциальных нормативов организации, осуществляющей брокерскую и (или) дилерскую деятельность на рынке ценных бумаг согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам (за исключением ценных бумаг, являющихся предметом операции "обратного репо", заключенной с участием центрального контрагента).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z801" w:id="196"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z801" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операции "обратного репо", заключенной с участием центрального контрагента, включаются в расчет ликвидных активов УИП1 или УИП2 в полном объеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z802" w:id="197"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z802" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операций репо, включаются в расчет ликвидных активов УИП1 или УИП2, в размере 70 % от совокупного объема ценных бумаг являющихся предметом операций репо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z803" w:id="198"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z803" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные ценные бумаги со сроком до погашения более 1 (одного) года на расчетную дату, являющиеся предметом операций репо, включаются в расчет ликвидных активов УИП1 или УИП2 в размере 85 % от совокупного объема государственных ценных бумаг со сроком до погашения более 1 (одного) года на расчетную дату являющихся предметом операций репо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z804" w:id="199"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z804" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные ценные бумаги со сроком до погашения до 1 (одного) года на расчетную дату, являющиеся предметом операций репо, включаются в расчет ликвидных активов УИП1 или УИП2 в размере 95% от совокупного объема государственных ценных бумаг со сроком до погашения до 1 (одного) года на расчетную дату являющихся предметом операций репо.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z805" w:id="200"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z805" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ценные бумаги, являющиеся предметом операций репо, отражаются в строке 6.3, 6.4, 6.5 Таблицы расчета значений пруденциальных нормативов УИП1 или УИП2 согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z806" w:id="201"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z806" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ценные бумаги, выпущенные юридическими лицами, являющимися аффилированными лицами по отношению к УИП1 или УИП2, за исключением акций, входящих в официальный список фондовой биржи, параметры которого используются в целях расчета индекса рынка акций фондовой биржи (представительский список фондовой биржи).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20110,228 +20074,228 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 апреля 2018 года № 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z367" w:id="202"/>
+    <w:bookmarkStart w:name="z367" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень нормативных правовых актов Республики Казахстан, а также структурных элементов некоторых нормативных правовых актов Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z368" w:id="203"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z368" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 16 июля 2014 года № 146 "Об установлении пруденциального норматива для организаций, осуществляющих брокерскую и (или) дилерскую деятельность на рынке ценных бумаг, утверждении Правил расчета значений пруденциального норматива для организаций, осуществляющих брокерскую и (или) дилерскую деятельность на рынке ценных бумаг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 9736, опубликовано 2 октября 2014 года в газете "Юридическая газета" № 148 (2716).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z369" w:id="204"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z369" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам официального списка ценных бумаг фондовой биржи, в которые вносятся изменения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2014 года № 244 "О внесении изменений в некоторые нормативные правовые акты Республики Казахстан по вопросам официального списка ценных бумаг фондовой биржи" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 10339, опубликовано 18 марта 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z370" w:id="205"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z370" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам регулирования рынка ценных бумаг, в которые вносятся изменения, согласно приложению 2 к постановлению Правления Национального Банка Республики Казахстан от 27 марта 2017 года № 54 "Об утверждении Требований к эмитентам и их ценным бумагам, допускаемым (допущенным) к обращению на фондовой бирже, а также к отдельным категориям списка фондовой биржи и внесении изменений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования рынка ценных бумаг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15175, опубликовано 14 июня 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан ).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z371" w:id="206"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z371" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан, в которые вносятся изменения и дополнения по вопросам представления отчетности профессиональными участниками рынка ценных бумаг, утвержденного постановлением Правления Национального Банка Республики Казахстан от 29 января 2018 года № 5 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам представления отчетности профессиональными участниками рынка ценных бумаг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 16498, опубликовано 19 марта 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -20711,31 +20675,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>