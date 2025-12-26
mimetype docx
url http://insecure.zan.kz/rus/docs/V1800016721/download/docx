--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9726d84" w14:textId="9726d84">
+    <w:p w14:paraId="be18ecc" w14:textId="be18ecc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 21 февраля 2017 года № 40 "О некоторых вопросах занятия административной государственной должности"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 4 апреля 2018 года № 92. Зарегистрирован в Министерстве юстиции Республики Казахстан 4 апреля 2018 года № 16721</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 4 апреля 2018 года № 92. Зарегистрирован в Министерстве юстиции Республики Казахстан 4 апреля 2018 года № 16721.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Председателя Агентства РК по делам государственной службы от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -980,163 +1056,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель Агентства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по делам государственной службы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">и противодействию коррупции </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1474,3811 +1577,4276 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="19"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z34" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Лист оценки кандидата</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (для руководящих должностей)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии) кандидата</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Должность __________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вопрос 1 (номер в общем списке вопросов) ______________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вопрос 2 (номер в общем списке вопросов) ______________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вопрос 3 (номер в общем списке вопросов) ______________________________________</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10084"/>
-        <w:gridCol w:w="2216"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z35" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Критерий</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="20"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балл *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z36" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответ на вопрос 1 (профильный)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z37" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответ на вопрос 2 (ситуационный)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="22"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z38" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответ на вопрос 3 (мотивационный)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="23"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z39" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответ на вопрос 4 (знание стратегических и программных документов Республики Казахстан)**</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="24"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Написание эссе</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Профессиональный опыт</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="26"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уровень образования</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="27"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z43" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управленческие навыки</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммуникативные навыки</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z45" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ***</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="31"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z47" w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       * выставляется от 0 до 5 баллов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ** применяется для категорий административных государственных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">должностей корпуса "Б", указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил проведения конкурса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на занятие административной государственной должности корпуса "Б"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       *** дополнительные критерии при необходимости определяются</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственным органом самостоятельно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ответ на вопрос 1 (профильный):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не представил ответ</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 – 2 балла – кандидат имеет общее представление о теме заданного вопроса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 – 4 балла – кандидат хорошо владеет темой заданного вопроса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – кандидат полностью владеет темой заданного вопроса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ответ на вопрос 2 (ситуационный):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не представил ответ</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 – 2 балла – кандидат описал неприемлемый подход к ситуации</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 – 4 балла – кандидат в общем описал правильный подход, но не</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представил полный алгоритм действий</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – кандидат описал правильный подход, представил</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обоснованный алгоритм действий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ответ на вопрос 3 (мотивационный):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не представил ответ</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 – 2 балла – обоснование кандидата слабо аргументировано,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>непоследовательно, кандидат не имеет ясного представления о дальнейших планах</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 – 4 балла – обоснование кандидата в целом аргументировано, но не обозначены</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>четкие цели</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – обоснование кандидата аргументировано, направлено на</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>успешное достижение поставленных целей</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ответ на вопрос 4 (знание стратегических и программных документов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не ответил на вопрос</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 – 2 балла – кандидат имеет общее представление о стратегических и программных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документах Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 – 4 балла – кандидат хорошо ознакомлен со стратегическими программными</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документами Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – кандидат полностью ознакомлен со стратегическими</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и программными документами Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Параметры оценки эссе (не менее 100 (ста) слов):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не написал либо не раскрыл тему эссе (показывает</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>незнание вопроса)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 – 2 балла – кандидат частично раскрыл тему эссе (обладает общими</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>знаниями и пониманием соответствующей отрасли)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 – 4 балла – кандидат хорошо раскрыл тему эссе (обладает широкими</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>знаниями и пониманием соответствующей отрасли, очень хорошим уровнем</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>независимого и критического анализа)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – кандидат полностью раскрыл тему эссе (обладает глубокими</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>знаниями и пониманием соответствующей отрасли, высоким уровнем</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>независимого и критического анализа, предлагает меры по совершенствованию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>отрасли)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Профессиональный опыт:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – профессиональный опыт в областях, соответствующих</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>функциональным направлениям должности, отсутствует</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 балл – соответствующий профессиональный опыт до года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2 балла – соответствующий профессиональный опыт от года до двух лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 балла – соответствующий профессиональный опыт от двух до трех лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4 балла – соответствующий профессиональный опыт от трех до пяти лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – соответствующий профессиональный опыт пять и более лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Уровень образования:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 балла – соответствует образованию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2 балла – магистр в соответствующей сфере</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 балла – доктор PhD в соответствующей сфере</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4 балла – есть научная степень кандидата наук в соответствующей сфере</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – есть научная степень доктора наук в соответствующей сфере</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Управленческие навыки:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 балл – опыт работы на руководящих должностях составляет до трех лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2 балла – опыт работы на руководящих должностях составляет от трех</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>до четырех лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 балла – опыт работы на руководящих должностях</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>составляет от четырех до пяти лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4 балла – опыт работы на руководящих должностях составляет от пяти</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>до шести лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – опыт работы на руководящих должностях составляет шесть</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и более лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Коммуникативные навыки:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не показал способности вести беседу</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 балл – кандидат ведет беседу скованно, не реагирует на наводящие</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> вопросы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2 – 3 балла – кандидат ведет беседу скованно, но реагирует на наводящие</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вопросы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4 балла – кандидат достаточно легко ведет беседу по профессиональной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тематике, но теряет логику рассуждений при ситуационных и мотивационных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вопросах</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – кандидат свободно ведет беседу по профессиональной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тематике, легко реагирует на вопросы на любую тему</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="32"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z48" w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Лист оценки кандидата</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (для исполнительских должностей)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии) кандидата</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Должность ________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вопрос 1 (номер в общем списке вопросов) ____________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вопрос 2 (номер в общем списке вопросов) ____________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вопрос 3 (номер в общем списке вопросов) ____________________________________</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8555"/>
-        <w:gridCol w:w="3745"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z49" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Критерий</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3745" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балл *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответ на вопрос 1 (профильный)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3745" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z51" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответ на вопрос 2 (ситуационный)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="35"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3745" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z52" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответ на вопрос 3 (мотивационный)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3745" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z53" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Профессиональный опыт</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3745" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z54" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уровень образования</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="38"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3745" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z55" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммуникативные навыки</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="39"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3745" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 **</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="40"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3745" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="41"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3745" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="42"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z58" w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       * выставляется от 0 до 5 баллов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ** дополнительные критерии при необходимости определяются</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственным органом самостоятельно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ответ на вопрос 1 (профильный):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не ответил на вопрос</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 – 2 балла – кандидат имеет общее представление о теме заданного</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вопроса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 – 4 балла – кандидат хорошо владеет темой заданного вопроса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – кандидат полностью владеет темой заданного вопроса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ответ на вопрос 2 (ситуационный):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не представил ответ</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 – 2 балла – кандидат описал неприемлемый подход к ситуации</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 – 4 балла – кандидат в общем описал правильный подход, но не</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представил полный алгоритм действий</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – кандидат описал правильный подход, представил</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обоснованный алгоритм действий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ответ на вопрос 3 (мотивационный):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не представил ответ</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 – 2 балла – обоснование кандидата слабо аргументировано,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>непоследовательно, кандидат не имеет ясного представления о дальнейших</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>планах</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 – 4 балла – обоснование кандидата в целом аргументировано, но не</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обозначены четкие цели</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – обоснование кандидата, аргументировано, направлено на</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>успешное достижение поставленных целей</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Профессиональный опыт:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – профессиональный опыт в областях, соответствующих</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>функциональным направлениям должности, отсутствует</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 балл – соответствующий профессиональный опыт до года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2 балла – соответствующий профессиональный опыт от года до двух лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 балла – соответствующий профессиональный опыт от двух до трех лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4 – соответствующий профессиональный опыт от трех до пяти лет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – соответствующий профессиональный опыт пять и более лет </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Уровень образования:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 балла – соответствует образованию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2 балла – магистр в соответствующей сфере</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 балла – доктор PhD в соответствующей сфере</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4 балла – есть научная степень кандидата наук в соответствующей сфере</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – есть научная степень доктора наук в соответствующей сфере</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Коммуникативные навыки:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       0 баллов – кандидат не показал способности вести беседу</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 балл – кандидат ведет беседу скованно, не реагирует на наводящие</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вопросы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2 – 3 балла – кандидат ведет беседу скованно, но реагирует на наводящие</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вопросы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4 балла – кандидат достаточно легко ведет беседу по профессиональной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тематике, но теряет логику рассуждений при ситуационных и мотивационных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вопросах</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5 баллов – кандидат свободно ведет беседу по профессиональной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тематике, легко реагирует на вопросы на любую тему</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5295,55 +5863,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>