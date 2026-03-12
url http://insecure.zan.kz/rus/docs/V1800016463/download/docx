--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a62e584" w14:textId="a62e584">
+    <w:p w14:paraId="2052d17" w14:textId="2052d17">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,483 +86,628 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении формы и Правил выдачи удостоверений охотника, рыбака и егеря</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Заместителя Премьер-Министра Республики Казахстан - Министра сельского хозяйства Республики Казахстан от 2 февраля 2018 года № 60. Зарегистрирован в Министерстве юстиции Республики Казахстан 1 марта 2018 года № 16463.</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Заместителя Премьер-Министра Республики Казахстан - Министра сельского хозяйства Республики Казахстан от 2 февраля 2018 года № 60. Зарегистрирован в Министерстве юстиции Республики Казахстан 1 марта 2018 года № 16463. Утратил силу приказом и.о. Министра сельского хозяйства Республики Казахстан от 22 декабря 2025 года № 480.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Утратил силу приказом и.о. Министра сельского хозяйства РК от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с подпунктом 8) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Утвердить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) форму удостоверения охотника, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) форму удостоверения рыбака, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) форму удостоверения егеря, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) Правила выдачи удостоверений охотника, рыбака и егеря, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Признать утратившими силу некоторые приказы Министра сельского хозяйства Республики Казахстан и Министра окружающей среды и водных ресурсов Республики Казахстан, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) размещение настоящего приказа на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра сельского хозяйства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Утвердить:</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...339 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -588,105 +735,79 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заместитель Премьер-Министра</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан – </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр сельского хозяйства</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -720,50 +841,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>У. Шукеев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -946,166 +1088,165 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Удостоверение охотника № ____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Форма - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 31.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Форма - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 678</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 678</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2336800" cy="2768600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
@@ -1134,65 +1275,71 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1200,223 +1347,207 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата рождения "___" _______________ ______ года.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Стаж охотника с _______ года</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Удостоверение выдано _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование республиканской ассоциации общественных объединений охотников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и субъектов охотничьего хозяйства)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Электронная цифровая подпись, выдавшего удостоверение охотника, фамилия, имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отметка о прохождении тестирования по охотничьему минимуму</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи "__" _____ 20__ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Действительно до "__" ______ 20__ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Удостоверение выдано _____________________________________________________</w:t>
-[...152 lines deleted...]
-        <w:t>Действительно до "__" ______ 20__ года.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1800,379 +1931,418 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z42" w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Удостоверение рыбака</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Обложка удостоверения рыбака</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (размер 105х80 миллиметра, цвет синий, надпись темно-желтого цвета, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               делается методом тиснения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                     Удостоверение рыбака</w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">                               делается методом тиснения)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республика Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Удостоверение рыбака</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z44" w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         Лист 1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наклеивается на левую внутреннюю сторону обложки)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование субъекта рыбного хозяйства)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Удостоверение рыбака № _____</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                                               Лист 1</w:t>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">                         Удостоверение рыбака № _____</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="17"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1562100" cy="1828800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
@@ -2187,85 +2357,98 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2312,215 +2495,250 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Удостоверение выдано__________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (наименование субъекта рыбного хозяйства)</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="18"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="18"/>
+          <w:bookmarkStart w:name="z46" w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место печати</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z47" w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (подпись лица, выдавшего удостоверение, фамилия, инициалы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         Лист 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наклеивается на правую внутреннюю сторону обложки удостоверения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи "__" ____________ 20__года. Действительно до "__"________ 20__ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________________________________________________________________________</w:t>
-[...68 lines deleted...]
-        <w:t>Дата выдачи "__" ____________ 20__года. Действительно до "__"________ 20__ года.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2761,395 +2979,430 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z51" w:id="20"/>
-[...9 lines deleted...]
-                                     </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Удостоверение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>егеря</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                           Обложка удостоверения егеря</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(размер 95х66 миллиметра, цвет красный, надпись золотистого цвета, внутренний фон </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   голубого цвета, изготавливается типографским способом)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республика Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Удостоверение егеря</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z53" w:id="21"/>
-[...18 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         Лист 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наклеивается на левую внутреннюю сторону обложки)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование субъекта охотничьего или рыбного хозяйства)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         Удостоверение егеря № _____</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="22"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1562100" cy="1828800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
@@ -3164,85 +3417,98 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3289,181 +3555,224 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (наименование субъекта охотничьего или рыбного хозяйства)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________________________________________________________ (подпись лица, выдавшего удостоверение, фамилия, инициалы)</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="23"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkStart w:name="z55" w:id="2"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место печати</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z56" w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         Лист 2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наклеивается на правую внутреннюю сторону обложки удостоверения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи "__" _______ 20__ года. Действительно до "__" _____ 20__ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                                               Лист 2</w:t>
-[...34 lines deleted...]
-        <w:t>Дата выдачи "__" _______ 20__ года. Действительно до "__" _____ 20__ года.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3583,1396 +3892,2138 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 февраля 2018 года № 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="25"/>
+    <w:bookmarkStart w:name="z58" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила выдачи удостоверений охотника, рыбака и егеря</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="26"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 678</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...260 lines deleted...]
-    <w:bookmarkStart w:name="z151" w:id="38"/>
+    <w:bookmarkStart w:name="z139" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги "Выдача удостоверения охотника"</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...400 lines deleted...]
-    <w:bookmarkStart w:name="z166" w:id="53"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила выдачи удостоверений охотника, рыбака и егеря (далее – Правила) разработаны в соответствии с подпунктом 8) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" (далее - Закон), определяют порядок оказания государственной услуги "Выдача удостоверения охотника" (далее – Государственная услуга) и порядок выдачи удостоверения рыбака и егеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республиканскими ассоциациями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общественных объединений охотников и субъектов охотничьего хозяйства (далее – услугодатель) физическим лицам (далее – услугополучатель) в соответствии c настоящими Правилами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) охотник – физическое лицо, получившее право на охоту в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> охотника – документ установленной формы, удостоверяющий право физического лица на охоту;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охотничий минимум</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – специальный краткий курс обучающей программы, рассматривающий вопросы законодательства Республики Казахстан в области охраны, воспроизводства и использования животного мира, техники безопасности при охоте, знание которой является обязательным условием для выдачи удостоверения охотника;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) рыбак – работник субъекта рыбного хозяйства, осуществляющий в силу своих трудовых обязанностей лов рыбных ресурсов и других водных животных на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закрепленных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рыбохозяйственных водоемах и (или) участках;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рыбака – документ установленной формы, выданный субъектом рыбного хозяйства, удостоверяющий право физического лица на осуществление функций рыбака;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) субъект рыбного хозяйства – физическое и юридическое лицо, основным направлением деятельности которого является ведение рыбного хозяйства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) егерь – специально уполномоченное лицо </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>егерской службы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, осуществляющее охрану животного мира на закрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> егеря – документ установленной формы, удостоверяющий права егеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...360 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="68"/>
+    <w:bookmarkStart w:name="z151" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Порядок выдачи удостоверения рыбака</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги "Выдача удостоверения охотника"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z186" w:id="73"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 5. Порядок выдачи удостоверения егеря</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Удостоверение охотника выдается сроком на десять лет по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Услугополучатель, заинтересованный в получении удостоверения охотника, обучается охотничьему минимуму в соответствии с утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 13 марта 2012 года № 25-03-02/95 "Об утверждении охотничьего минимума" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 7545).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После окончания обучения охотничьему минимуму услугополучатель проходит тестирование для получения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сертификата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об окончании курса охотничьего минимума (далее - сертификат) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения охотничьего минимума республиканской ассоциацией общественных объединений охотников и субъектов охотничьего хозяйства, утвержденными приказом Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 18-03/57 "Об утверждении Правил проведения экзамена по охотничьему минимуму республиканской ассоциацией общественных объединений охотников и субъектов охотничьего хозяйства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10415).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в Перечне основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее - Перечень).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При подаче заявления согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам услугополучатель дает согласие на использование сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При представлении услугополучателем неполного пакета документов, согласно перечню, предусмотренному пунктом 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основных требований к оказанию государственной услуги, и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Канцелярия услугодателя в день поступления документов осуществляет их прием, регистрацию и направляет на рассмотрение услугодателю. При обращении заявителя после окончания рабочего времени, в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выходные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>праздничные дни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно Трудовому кодексу Республики Казахстан, прием документов осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При получении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> охотника в первый раз, работник услугодателя в течение 1 (одного) рабочего дня со дня регистрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проверяет полноту представленных документов при неполноте в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления, которое направляется в форме электронного документа заявителю в "личный кабинет" на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" www.egov.kz (далее – Портал).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При установлении факта полноты представленных документов работник усулодателя в течение 1 (одного) рабочего дня рассматривает их на предмет соответствия требованиям Правил, и подготавливает удостоверение охотника либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При замене удостоверения охотника работник услугодателя в течении 1 (одного) рабочего дня со дня регистрации заявления рассматривает его на предмет соответствия требованиям Правил, и подготавливает удостоверение охотника либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При установлении факта соответствия заявления требованиям Правил, работник услугодателя в течение 1 (одного) рабочего дня подготавливает удостоверение охотника.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основания для отказа в оказании государственной услуги, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, изложены в Перечне.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Реестр удостоверений охотников формируется на портале по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z187" w:id="74"/>
+    <w:bookmarkStart w:name="z166" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      14. Субъектами охотничьего и рыбного хозяйств работникам егерской службы, осуществляющим функции охраны животного мира на закрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках, выдаются удостоверения егеря.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z188" w:id="75"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Для </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обжалования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается не позднее 3 (трех) месяцев со дня, когда услугополучателю стало известно о принятии административного акта или совершении действий (бездействий) услугодателем:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      15. При утере удостоверения егеря или приведении его в негодность (порчи) выдается дубликат удостоверения егеря на основании заявления по форме согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по оценке и контролю за качеством оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководства услугодателя, непосредственно оказывающего государственную услугу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба услугополучателя в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателем, непосредственно оказывающим государственную услугу в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней при необходимости:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) получения дополнительной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При продлении срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При поступления жалобы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 АППК РК услугодателем направляется в орган, рассматривающий жалобу в течение 3 (трех) рабочих дней со дня ее поступления. Жалоба услугодателем не направляется в орган, рассматривающий жалобу при принятии благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок рассмотрения жалобы органом, рассматривающим жалобу, составляет 20 (двадцать) рабочих дней со дня поступления жалобы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. При несогласии с решением органа, рассматривающего жалобу, услугополучатель обращается в другой орган, рассматривающий жалобу или в суд в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 100 Административного процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z189" w:id="76"/>
+    <w:bookmarkStart w:name="z181" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок выдачи удостоверения рыбака</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Субъект рыбного хозяйства производит выдачу удостоверения рыбака работнику на период действия трудового договора, который при осуществлении своей деятельности обеспечивает сохранность удостоверения в надлежащем виде, его постоянное наличие при себе и предъявление его по требованию государственного инспектора по охране животного мира.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. На основании удостоверения рыбака работник </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет лов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рыбных ресурсов и других водных животных на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закрепленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рыбохозяйственном водоеме (водоемах) и (или) участке (участках), согласно трудовому договору.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. При расторжении трудового договора, заключенного между субъектом рыбного хозяйства и рыбаком, удостоверение рыбака подлежит изъятию субъектом рыбного хозяйства с последующим уничтожением.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. При утере удостоверения рыбака или приведении его в негодность (порчи), субъектом рыбного хозяйства производится выдача его дубликата, на основании заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. При увольнении егеря, удостоверение возвращается субъектам охотничьего или рыбного хозяйств.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z186" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Порядок выдачи удостоверения егеря</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Субъектами охотничьего и рыбного хозяйств работникам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>егерской службы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, осуществляющим функции охраны животного мира на закрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках, выдаются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> егеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. При утере удостоверения егеря или приведении его в негодность (порчи) выдается дубликат удостоверения егеря на основании заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. При увольнении егеря, удостоверение возвращается субъектам охотничьего или рыбного хозяйств.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5095,1473 +6146,2086 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень основных требований к оказанию государственной услуги "Выдача удостоверения охотника"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканские ассоциации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общественных объединений охотников и субъектов охотничьего хозяйства </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" www.egov.kz</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 (два) рабочих дня</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная (полностью автоматизированная)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результат оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> охотника либо мотивированный отказ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается платно физическим лицам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 В соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подпунктом 1)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 615 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах" в бюджет (Налоговый кодекс)" плата за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника) – 2 МРП.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выходных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>праздничных дней</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) портал – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) заявление по форме согласно </w:t>
-[...55 lines deleted...]
-Сведения о документах, удостоверяющих личность, документа об оплате за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника), услугодатель получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
+2) электронную копию </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при получении </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> охотника в первый раз).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сведения о </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, удостоверяющих личность, документа об </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оплате</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника), услугодатель получает из соответствующих государственных систем через </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шлюз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучателю в "личный кабинет" направляется статус о принятии запроса для оказания государственной услуги, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Согласно подпунктам 1) и 2) пункту 2 </w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Согласно подпунктам 1) и 2) пункту 2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 19-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона услугодатель отказывает в оказании государственных услуг по следующим основаниям:</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленными настоящими Правилами.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЭЦП</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+              <w:t xml:space="preserve">
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Единого контакт-центра</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 В соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 23 Закона, Комитет лесного хозяйства и животного мира Министерства экологии, геологии Республики Казахстана направляет услугодателю в течение трех рабочих дней с даты утверждения или изменения подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, актуализируют информацию о порядке ее оказания и направляют в Единый контакт-центр.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6709,339 +8373,292 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="77"/>
+    <w:bookmarkStart w:name="z192" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Фамилия _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имя ______________ Отчество (при его наличии) __________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Домашний адрес, телефон ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директору ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование республиканской ассоциации общественных объединений</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охотников и субъектов охотничьего хозяйства)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Представляются для замены удостоверения охотника № ____________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выданного ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата выдачи и наименование организации выдавшей удостоверение охотника</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его замене).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сертификат об окончании курса программы по охотничьему минимуму</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "____" __________ 20___ года № ______</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(При получении удостоверения охотника в первый раз).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________ / ________________/</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) ЭЦП)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Фамилия _____________________________________________________</w:t>
-[...254 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при его наличии) ЭЦП)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7187,714 +8804,972 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="78"/>
+    <w:bookmarkStart w:name="z196" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр удостоверений охотников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии) охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес постоянного места жительства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер удостоверения охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдача/замена удостоверения охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата выдачи/замены удостоверения охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -8055,254 +9930,227 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="79"/>
+    <w:bookmarkStart w:name="z199" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Фамилия ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имя _____________ Отчество (при его наличии) ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Домашний адрес, телефон _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директору ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование субъекта охотничьего или рыбного хозяйства)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Представляются для замены удостоверения егеря № __________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выданного ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата выдачи и наименование организации выдавшей удостоверение егеря)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________ / ________________/</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Фамилия ________________________________________________________</w:t>
-[...169 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8422,294 +10270,349 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 февраля 2018 года № 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z134" w:id="80"/>
+    <w:bookmarkStart w:name="z134" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>утративших силу некоторых приказов Министра сельского хозяйства Республики Казахстан и Министра окружающей среды и водных ресурсов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...159 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 29 апреля 2010 года № 301 "Об утверждении Формы и Правил выдачи удостоверений охотника, рыбака и егеря" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 6261, опубликован 12 ноября 2010 года в газете "Казахстанская правда" № 306-309 (26367-26370).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпункт 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перечня приказов Министерства сельского хозяйства Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра сельского хозяйства Республики Казахстан от 24 октября 2012 года № 17-03/541 "О внесении изменений в некоторые приказы Министерства сельского хозяйства Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 8108, опубликован 22 декабря 2012 года в газете "Казахстанская правда" № 444-445 (27263-27264).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра окружающей среды и водных ресурсов Республики Казахстан от 29 ноября 2013 года № 362-Ө "О внесении изменений и дополнения в приказ Министра сельского хозяйства Республики Казахстан от 29 апреля 2010 года № 301 "Об утверждении Формы и Правил выдачи удостоверений охотника, рыбака и егеря" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 9006, опубликован 15 февраля 2014 года в газете "Казахстанская правда" № 32 (27653). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перечня приказов Министра сельского хозяйства Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра сельского хозяйства Республики Казахстан от 24 декабря 2015 года № 18-03/1111 "О внесении изменений в некоторые приказы Министра сельского хозяйства Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 12902, опубликован 28 января 2016 года в информационно-правовой системе "Әділет").</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9031,35 +10934,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId7"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>