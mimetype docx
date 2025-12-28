--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b64e0a4" w14:textId="b64e0a4">
+    <w:p w14:paraId="e8e7565" w14:textId="e8e7565">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1236,482 +1236,430 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок приема и направления документов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Для получения государственной услуги граждане Республики Казахстан, выехавшие за пределы Республики Казахстан по временным делам и изъявившие желание остаться там на постоянное место жительства, лично или их законные представители (родители, опекуны, попечители) (далее - услугополучатель) представляют услугодателю следующие документы:</w:t>
+      3. Для получения государственной услуги граждане Республики Казахстан, выехавшие за пределы Республики Казахстан по временным делам и изъявившие желание остаться там на постоянное место жительства, лично или их законные представители (далее – услугополучатель) представляют услугодателю следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z146" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявление-анкету по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z147" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации личности).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z148" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При приеме паспорта гражданина Республики Казахстан и/или свидетельства или справки о рождении ребенка услугодатель воспроизводит их копии, после чего возвращает оригиналы услугополучателю. Оригинал удостоверения личности Республики Казахстан изымается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z149" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отсутствия, утери или истечения срока действия удостоверения личности или паспорта гражданина Республики Казахстан, услугополучателем представляется письменное объяснение в свободной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkStart w:name="z150" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае отсутствия, утери или истечения срока действия паспорта гражданина Республики Казахстан, услугополучателем одновременно с письменным объяснением представляются документы на изготовление паспорта гражданина Республики Казахстан, находящегося за границей, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правилами</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> оформления, выдачи, замены, сдачи, изъятия и уничтожения паспорта гражданина Республики Казахстан, удостоверения личности гражданина Республики Казахстан, вида на жительство иностранца в Республике Казахстан, удостоверения лица без гражданства, удостоверения беженца и проездного документа, утвержденными постановлением Правительства Республики Казахстан от 26 августа 2013 года № 852;</w:t>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра иностранных дел Республики Казахстан от 12 мая 2020 года № 11-1-4/149 "Об утверждении Правил оказания государственной услуги "Прием документов и препровождение их на изготовление паспортов гражданам Республики Казахстан, находящимся за границей" (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 20627);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkStart w:name="z151" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) при наличии обязательств перед членами семьи – получателями алиментов – соглашение об уплате алиментов, заключенное в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О браке (супружестве) и семье" (далее – Кодекс), если на территории Республики Казахстан постоянно проживают члены семьи выезжающего, которым он по закону обязан предоставлять содержание. При недостижении соглашения выезжающим представляется решение суда об определении размера алиментов в твердой денежной сумме или единовременной выплате алиментов либо предоставлении определенного имущества в счет алиментов, или уплате алиментов иным способом, либо установлении факта отсутствия у выезжающего предусмотренных законом препятствий для выезда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z152" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) заключенное со взыскателем мировое соглашение, утвержденное судом; соглашение об урегулировании спора со взыскателем в порядке медиации; документы, подтверждающие исполнение взыскания или иного требования исполнительного документа; документы, подтверждающие отмену решения соответствующего органа, на основании которого выдан исполнительный документ, если гражданин Республики Казахстан является должником по исполнительному производству;</w:t>
+        <w:t xml:space="preserve">
+      4) если услугополучатель является должником по исполнительному производству в Республике Казахстан – документы, подтверждающие прекращение исполнительного производства согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:p>
-[...71 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkStart w:name="z153" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) заключение органов опеки и попечительства Республики Казахстан об учете мнения ребенка, достигшего десятилетнего возраста, при принятии решения о его выезде с родителями либо иными законными представителями;</w:t>
+      5) заключение органов опеки и попечительства Республики Казахстан об учете мнения ребенка, достигшего десятилетнего возраста, при принятии решения о его выезде с родителями либо иными законными представителями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkStart w:name="z154" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) при выезде на постоянное место жительства граждан Республики Казахстан, не достигших восемнадцати лет, совместно с одним из родителей (опекуном, попечителем) – нотариально заверенное согласие другого родителя, проживающего на территории Республики Казахстан. При отсутствии согласия выезд несовершеннолетнего может быть разрешен в судебном порядке;</w:t>
+      6) при выезде на постоянное место жительства граждан Республики Казахстан, не достигших восемнадцати лет, совместно с одним из законных представителей ребенка – нотариально заверенное согласие другого законного представителя ребенка, проживающего на территории Республики Казахстан. При отсутствии согласия выезд несовершеннолетнего может быть разрешен в судебном порядке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkStart w:name="z155" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) копия документа, подтверждающего уплату консульского сбора.</w:t>
+      7) копия документа, подтверждающего уплату консульского сбора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z143" w:id="28"/>
+    <w:bookmarkStart w:name="z156" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истребование от граждан других документов не допускается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z144" w:id="29"/>
+    <w:bookmarkStart w:name="z157" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги, изложен в </w:t>
+      Перечень основных требований к оказанию государственной услуги изложен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменениями, внесенными приказом и.о. Министра иностранных дел РК от 23.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 11-1-4/628</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа и.о. Министра иностранных дел РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/730</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1870,556 +1818,718 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, которое заверяется печатью и подписью консульского должностного лица Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. В случае отказа органа внутренних дел в оформлении разрешения на выезд за пределы Республики Казахстан на постоянное место жительства услугодатель в течение пяти рабочих дней с момента поступления письменного уведомления органа внутренних дел и (или) появления отметки об отказе в ЕИС "Беркут" уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      11. В случае предварительного отказа органа внутренних дел в оформлении разрешения на выезд за пределы Республики Казахстан на постоянное место жительства услугодатель в течение 5 (пять) рабочих дней с момента поступления письменного уведомления органа внутренних дел и (или) появления отметки об отказе в ЕИС "Беркут" уведомляет и направляет услугополучателю проект предварительного решения об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkStart w:name="z158" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уведомление о заслушивании направляется не менее чем за три рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее двух рабочих дней со дня уведомления.</w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkStart w:name="z159" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      По результатам заслушивания услугодатель принимает решение о направлении протокола заслушивания с необходимыми материалами на повторное рассмотрение в органы внутренних дел либо отказе в оказании государственной услуги.</w:t>
+      Услугополучатель предоставляет или высказывает возражения к предварительному решению в срок не позднее 2 (двух) рабочих дней со дня получения предварительного решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkStart w:name="z160" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Срок рассмотрения документов об оформлении разрешения на выезд за пределы Республики Казахстан на постоянное место жительства исчисляется со дня подачи услугополучателем документов услугодателю и не превышает трех месяцев, включая срок рассмотрения в Комитете национальной безопасности и органе внутренних дел.</w:t>
+      При отсутствии у услугополучателя возражений к предварительному решению, услугодатель направляет мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkStart w:name="z161" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      При поступлении возражений услугополучателя, услугодатель направляет представленные возражения с представленными материалами (при их наличии) (далее – материалы) на рассмотрение в орган внутренних дел.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:bookmarkStart w:name="z162" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Закона "О государственных услугах" услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги.</w:t>
+        <w:t>
+      Получив возражения и материалы, орган внутренних дел рассматривает их и принимает решение об оформлении разрешения на выезд за пределы Республики Казахстан на постоянное место жительства либо мотивированном отказе в оказании государственной услуги, и уведомляет услугодателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z145" w:id="43"/>
+    <w:bookmarkStart w:name="z163" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14-1. Министерство иностранных дел Республики Казахстан в течение трех рабочих дней с момента введения в действие изменений и (или) дополнений в настоящие Правила направляет информацию услугодателю и Единый контакт-центр.</w:t>
+      При принятии органом внутренних дел положительного решения по итогам рассмотрения материалов с возражениями, услугодатель выдает услугополучателю уведомление об оформлении решения на выезд за пределы Республики Казахстан на постоянное место жительства в порядке и сроки, предусмотренные в пункте 10 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkStart w:name="z164" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      В случае отказа органа внутренних дел после рассмотрения материалов с возражениями, услугодатель в течение 5 (пять) рабочих дней с момента поступления уведомления органа внутренних дел направляет услугополучателю мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа и.о. Министра иностранных дел РК от 23.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 11-1-4/628</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 – в редакции приказа и.о. Министра иностранных дел РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/730</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Срок рассмотрения документов об оформлении разрешения на выезд за пределы Республики Казахстан на постоянное место жительства исчисляется со дня подачи услугополучателем документов услугодателю и не превышает трех месяцев, включая срок рассмотрения в Комитете национальной безопасности и органе внутренних дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Учет лиц, получивших разрешение на постоянное место жительства за пределами Республики Казахстан, ведется в отдельном журнале по учету граждан Республики Казахстан, выехавших за пределы Республики Казахстан по временным делам и получивших разрешение на выезд за пределы Республики Казахстан на постоянное место жительства, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. В соответствии с подпунктом 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "О государственных услугах" услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z145" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1. Министерство иностранных дел Республики Казахстан в течение трех рабочих дней с момента введения в действие изменений и (или) дополнений в настоящие Правила направляет информацию услугодателю и Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) центральных государственных органов, а также услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 14-1 в соответствии с приказом и.о. Министра иностранных дел РК от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      15. Отказ в оказании государственной услуги осуществляется по основаниям, указанным в строке, порядковый номер 9, в перечне основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      16. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа и.о. Министра иностранных дел РК от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) центральных государственных органов, а также услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      16. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах", подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+        <w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах", подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Если иное не предусмотрено законами Республики Казахстан, обращение в суд допускается после обжалования в досудебном порядке согласно пункту 5 статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2601,88 +2711,88 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 с изменениями, внесенными приказом и.о. Министра иностранных дел РК от 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-1-4/628</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> САУАЛНАМА–ӨТІНІШ/ЗАЯВЛЕНИЕ – АНКЕТА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z66" w:id="54"/>
+      <w:bookmarkStart w:name="z66" w:id="59"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке сәйкестендіру нөмірі/Индивидуальный идентификационный номер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2705100" cy="190500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
@@ -2993,70 +3103,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Туған күні / Дата рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="55"/>
+          <w:bookmarkStart w:name="z67" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күні/день</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3125,70 +3235,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="56"/>
+          <w:bookmarkStart w:name="z69" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 айы/месяц</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3257,70 +3367,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="57"/>
+          <w:bookmarkStart w:name="z71" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылы/год</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3425,70 +3535,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Жынысы / Пол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="58"/>
+          <w:bookmarkStart w:name="z73" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ер / мужской</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3557,70 +3667,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="59"/>
+          <w:bookmarkStart w:name="z75" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әйел /женский</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3680,64 +3790,64 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z77" w:id="60"/>
+      <w:bookmarkStart w:name="z77" w:id="65"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Азаматтығы / Гражданство</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3848100" cy="190500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
@@ -4908,59 +5018,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Жұмысқа байланысты/В связи с работой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="61"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkStart w:name="z78" w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
@@ -5047,59 +5157,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Оқуға байланысты / В связи с учебой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="62"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkStart w:name="z79" w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
@@ -5186,59 +5296,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Отбасылық жағдайға байланыста/ Семейные обсоятельства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="63"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkStart w:name="z80" w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:stretch>
@@ -5325,59 +5435,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9. Басқа / Другое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="64"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkStart w:name="z81" w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18"/>
                           <a:stretch>
@@ -5419,64 +5529,64 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z82" w:id="65"/>
+      <w:bookmarkStart w:name="z82" w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келесі бөлімдерді 16 және одан жоғары жастағы адамдар толтыруы тиіс / В дальнейших разделах необходимо заполнить лицам в возрасте 16 лет и старше.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Көрсетілген нұсқалардың біреуін таңдаңыз / Выберите один из указанных вариантов.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5568,59 +5678,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Жалдамалы (ақы төленетін) қызметкер (ұйымда, мекемеде, жеке тұлғаларда, шаруа немесе фермер қожалығында) / Наемный (оплачиваемый) работник (в организации, предприятии, у отдельных физических лиц, крестьянском или фермерском хозяйстве)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="66"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkStart w:name="z83" w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19"/>
                           <a:stretch>
@@ -5726,59 +5836,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Өзін-өзі жұмыспен қамтыған қызметкер (жұмыс беруші, өз бетінше жұмыс істейтін (өз есебінен жұмыс істейтін), отбасы кәсіпорнының көмекші (ақы төленбейтін) қызметкері, кооператив мүшесі және жеке аулада жұмыс істейтін қызметкер / Самозанятый работник (работодатель, самостоятельные работники (работающие за свой счет), помогающие не оплачиваемые работники семейных предприятий, члены кооперативов и занятые в личном подсобном хозяйстве)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z84" w:id="67"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="67"/>
+          <w:bookmarkStart w:name="z84" w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20"/>
                           <a:stretch>
@@ -5884,59 +5994,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Жұмыссыз / Безработный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z85" w:id="68"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkStart w:name="z85" w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21"/>
                           <a:stretch>
@@ -6042,59 +6152,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Студент / Студент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z86" w:id="69"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkStart w:name="z86" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId22"/>
                           <a:stretch>
@@ -6200,59 +6310,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Зейнеткер / Пенсионер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="70"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkStart w:name="z87" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23"/>
                           <a:stretch>
@@ -6358,59 +6468,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9. Өзгелер (оқушылар, үй шаруашылығындағы әйелдер және тағы басқа) / Прочие (учащиеся, домохозяйки и так далее)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="71"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkStart w:name="z88" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:stretch>
@@ -6597,59 +6707,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Сәулет-құрылыс /Архитектурно-строительная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z89" w:id="72"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkStart w:name="z89" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25"/>
                           <a:stretch>
@@ -6744,59 +6854,59 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Жоғары / Высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="73"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkStart w:name="z90" w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26"/>
                           <a:stretch>
@@ -6884,59 +6994,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Медициналық / Медицинская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="74"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkStart w:name="z91" w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27"/>
                           <a:stretch>
@@ -7056,59 +7166,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Педагогикалық / Педагогическая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="75"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkStart w:name="z92" w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId28"/>
                           <a:stretch>
@@ -7203,59 +7313,59 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Орта техникалық және кәсіптік/ Среднее техническое и профессиональное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z93" w:id="76"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkStart w:name="z93" w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:stretch>
@@ -7343,59 +7453,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Техникалық / Техническая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="77"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkStart w:name="z94" w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId30"/>
                           <a:stretch>
@@ -7515,59 +7625,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Экономикалық / Экономическая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="78"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkStart w:name="z95" w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId31"/>
                           <a:stretch>
@@ -7662,59 +7772,59 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Жалпы орта / Общее среднее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z96" w:id="79"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkStart w:name="z96" w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId32"/>
                           <a:stretch>
@@ -7802,59 +7912,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Заңгерлік / Юридическая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="80"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkStart w:name="z97" w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId33"/>
                           <a:stretch>
@@ -7974,59 +8084,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7. Ауыл шаруашылығы / Сельскохозяйственная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z98" w:id="81"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="81"/>
+          <w:bookmarkStart w:name="z98" w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId34"/>
                           <a:stretch>
@@ -8119,59 +8229,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Негізгі орта /Основное среднее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="82"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkStart w:name="z99" w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId35"/>
                           <a:stretch>
@@ -8259,59 +8369,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8. Басқа / Другая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z100" w:id="83"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="83"/>
+          <w:bookmarkStart w:name="z100" w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId36"/>
                           <a:stretch>
@@ -8560,59 +8670,59 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z101" w:id="84"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkStart w:name="z101" w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId37"/>
                           <a:stretch>
@@ -8663,59 +8773,59 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="85"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkStart w:name="z102" w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId38"/>
                           <a:stretch>
@@ -8767,59 +8877,59 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z103" w:id="86"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkStart w:name="z103" w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId39"/>
                           <a:stretch>
@@ -8871,59 +8981,59 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z104" w:id="87"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkStart w:name="z104" w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="279400" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId40"/>
                           <a:stretch>
@@ -8959,70 +9069,70 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="88"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осымен бір уақытта менің кәмелетке толмаған балаларыма шығу құжаттарын ресімдеп беруді сұраймын / Одновременно прошу оформить документы на выезд моим несовершеннолетним детям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9517,70 +9627,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="89"/>
+    <w:bookmarkStart w:name="z106" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Жақын туыстары (ата-анасы, жұбайлары (оның ішінде бұрынғы), балалары) туралы мәліметтер / Сведения о близких родственниках (родители, супруги (в том числе бывшие), дети)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -10277,70 +10387,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:bookmarkStart w:name="z107" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Соңғы 5 жыл ішіндегі еңбек қызметі / Трудовая деятельность за последние 5 лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11139,64 +11249,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z108" w:id="91"/>
+      <w:bookmarkStart w:name="z108" w:id="96"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сауалнама-өтініште біле тұра көрсетілген жалған деректерге қатысты жауапкершілік туралы ескертілдім (Негіз: "Халықтың көші-қоны туралы" Қазақстан Республикасының Заңы). Мемлекеттік қызмет көрсету үшін талап етілетін, қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімімді беремін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Предупрежден(-а) об ответственности за заведомо ложные данные в заявлении-анкете (основание: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
@@ -11787,99 +11897,119 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Прием и направление документов граждан Республики Казахстан, выехавших за пределы Республики Казахстан по временным делам и изъявивших желание остаться там на постоянное место жительство</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок приложения 3 – в редакции приказа и.о. Министра иностранных дел РК от 23.11.2022 </w:t>
+      Сноска. Заголовок приложения 3 – в редакции приказа и.о. Министра иностранных дел РК от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 11-1-4/628</w:t>
+        <w:t>№ 11-1-4/730</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 с изменениями, внесенными приказом и.о. Министра иностранных дел РК от 23.11.2022 </w:t>
+      Сноска. Приложение 3 с изменениями, внесенными приказами и.о. Министра иностранных дел РК от 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-1-4/628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/730</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -12526,51 +12656,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z116" w:id="92"/>
+          <w:bookmarkStart w:name="z116" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Государственная услуга оказывается физическим лицам на платной основе в соответствии с размерами ставок консульского сбора, в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12585,51 +12715,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" (далее – Налоговый Кодекс), за исключением случаев прямо предусмотренных </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 628</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Налогового Кодекса.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оплата консульского сбора осуществляется в наличной или безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12699,90 +12829,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя, государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="93"/>
+          <w:bookmarkStart w:name="z117" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 С понедельника по пятницу включительно, с 9:00 до 18:30 часов с перерывом на обед с 13:00 до 14:30 часов, кроме выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому Кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием документов осуществляется услугодателем с 09:30 до 12:30 часов, а выдача результатов оказания государственной услуги с 16:00 до 17:00 часов. Среда – не приемный день.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12916,160 +13046,180 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z121" w:id="94"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="94"/>
+          <w:bookmarkStart w:name="z121" w:id="99"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) заявление-анкета по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации личности);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-При приеме паспорта гражданина Республики Казахстан и/или свидетельства или справки о рождении ребенка услугодатель воспроизводит их копии, после чего возвращает оригиналы услугополучателю. Оригинал удостоверения личности Республики Казахстан изымается. </w:t>
+              <w:t>
+При приеме паспорта гражданина Республики Казахстан и (или) свидетельства или справки о рождении ребенка услугодатель воспроизводит их копии, после чего возвращает оригиналы услугополучателю. Оригинал удостоверения личности Республики Казахстан изымается.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случае отсутствия, утери или истечения срока действия удостоверения личности или паспорта гражданина Республики Казахстан, услугополучателем представляется письменное объяснение в свободной форме.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 В случае отсутствия, утери или истечения срока действия паспорта гражданина Республики Казахстан, услугополучателем одновременно с письменным объяснением представляются документы на изготовление паспорта гражданина Республики Казахстан, находящегося за границей, в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Правилами</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> оформления, выдачи, замены, сдачи, изъятия и уничтожения паспорта гражданина Республики Казахстан, удостоверения личности гражданина Республики Казахстан, вида на жительство иностранца в Республике Казахстан, удостоверения лица без гражданства, удостоверения беженца и проездного документа, утвержденными постановлением Правительства Республики Казахстан от 26 августа 2013 года №852;</w:t>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра иностранных дел Республики Казахстан от 12 мая 2020 года № 11-1-4/149 "Об утверждении Правил оказания государственной услуги "Прием документов и препровождение их на изготовление паспортов гражданам Республики Казахстан, находящимся за границей" (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 20627);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) при наличии обязательств перед членами семьи – получателями алиментов – соглашение об уплате алиментов, заключенное в порядке, предусмотренном </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -13080,88 +13230,108 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Кодекса Республики Казахстан "О браке (супружестве) и семье" (далее – Кодекс), если на территории Республики Казахстан постоянно проживают члены семьи выезжающего, которым он по закону обязан предоставлять содержание. При не достижении соглашения выезжающим представляется решение суда об определении размера алиментов в твердой денежной сумме или единовременной выплате алиментов либо предоставлении определенного имущества в счет алиментов, или уплате алиментов иным способом, либо установлении факта отсутствия у выезжающего предусмотренных законом препятствий для выезда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-4) заключенное со взыскателем мировое соглашение, утвержденное судом; соглашение об урегулировании спора со взыскателем в порядке медиации; документы, подтверждающие исполнение взыскания или иного требования исполнительного документа; документы, подтверждающие отмену решения соответствующего органа, на основании которого выдан исполнительный документ, если гражданин Республики Казахстан является должником по исполнительному производству;</w:t>
+              <w:t xml:space="preserve">
+4) если услугополучатель является должником по исполнительному производству в Республике Казахстан – документы, подтверждающие прекращение исполнительного производства согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 47</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) заключение органов опеки и попечительства Республики Казахстан об учете мнения ребенка, достигшего десятилетнего возраста, при принятии решения о его выезде с родителями либо иными законными представителями;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) при выезде на постоянное место жительства граждан Республики Казахстан, не достигших восемнадцати лет, совместно с одним из родителей (опекуном, попечителем) – нотариально заверенное согласие другого родителя, проживающего на территории Республики Казахстан. При отсутствии согласия выезд несовершеннолетнего может быть разрешен в судебном порядке;</w:t>
+6) при выезде на постоянное место жительства граждан Республики Казахстан, не достигших восемнадцати лет, совместно с одним из законных представителей ребенка – нотариально заверенное согласие другого законного представителя ребенка, проживающего на территории Республики Казахстан. При отсутствии согласия выезд несовершеннолетнего может быть разрешен в судебном порядке;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) копия документа, подтверждающего уплату консульского сбора.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13212,183 +13382,217 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z133" w:id="95"/>
+          <w:bookmarkStart w:name="z133" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
-[...53 lines deleted...]
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям настоящих Правил;</w:t>
+          <w:bookmarkEnd w:id="100"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям настоящих Правил;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, который требуется для оказания государственной услуги, а также отрицательное заключение экспертизы, исследования либо проверки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13715,88 +13919,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="96"/>
+    <w:bookmarkStart w:name="z138" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление об оформлении разрешения на выезд за пределы Республики Казахстан на постоянное место жительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z139" w:id="97"/>
+      <w:bookmarkStart w:name="z139" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выезд на постоянное место жительство в ________________ РАЗРЕШЕН</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Основание: Решение Департамента полиции ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14090,68 +14294,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="98"/>
+    <w:bookmarkStart w:name="z142" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал по учету граждан Республики Казахстан, выехавших за пределы Республики Казахстан по временным делам и получивших разрешение на выезд за пределы Республики Казахстан на постоянное место жительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -14946,55 +15150,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>