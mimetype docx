--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d99651c" w14:textId="d99651c">
+    <w:p w14:paraId="d958406" w14:textId="d958406">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,123 +94,205 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Методики расчета показателей численности и структуры населения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Председателя Комитета по статистике Министерства национальной экономики Республики Казахстан от 21 сентября 2017 года № 134. Зарегистрирован в Министерстве юстиции Республики Казахстан 6 октября 2017 года № 15860</w:t>
+        <w:t>Приказ Председателя Комитета по статистике Министерства национальной экономики Республики Казахстан от 21 сентября 2017 года № 134. Зарегистрирован в Министерстве юстиции Республики Казахстан 6 октября 2017 года № 15860.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике" и подпунктом 258) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Положения о Министерстве национальной экономики Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 24 сентября 2014 года № 1011, </w:t>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственной статистике", с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 34)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения об Агентстве по стратегическому планированию и реформам Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 5 октября 2020 года № 427 и с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 20)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -379,163 +461,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель Комитета по</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статистике Министерства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>национальной экономики</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -763,94 +872,218 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Методика расчета показателей численности и структуры населения (далее – Методика) относится к статистической методологии, формируемой в соответствии с международными стандартами и утверждаемой в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 19 марта 2010 года "О государственной статистике" (далее – Закон).</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной статистике.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Методика определяет основные аспекты и принципы расчета показателей численности и структуры населения, основанного на использовании административных данных и данных, полученных по итогам проведения национальных переписей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. Настоящая Методика применяется сотрудниками Комитета по статистике Министерства национальной экономики Республики Казахстан (далее – Комитет) и его территориальными органами при формировании показателей численности и структуры населения. </w:t>
+        <w:t>
+      3. Настоящая Методика применяется сотрудниками Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан и его территориальными подразделениями при расчете показателей численности и структуры населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Целью расчета показателей численности и структуры населения является получение полной и достоверной информации о численности и структуре населения, необходимых для проведения эффективной социальной и экономической политики, разработки программ развития страны и регионов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1518,90 +1751,90 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – миграционный прирост (убыль) населения в расчетном периоде;</w:t>
+      Sm – миграционный прирост (убыль) населения в расчетном периоде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – число прибывших (прибытий) в расчетном периоде;</w:t>
+      P – число прибывших (прибытий) в расчетном периоде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – число выбывших (выбытий) в расчетном периоде.</w:t>
+      V – число выбывших (выбытий) в расчетном периоде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общий прирост (убыль) населения рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
@@ -1817,51 +2050,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – миграционный прирост (убыль) населения в расчетном периоде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13.      При проведении демографических, социальных, экономических расчетов используется показатель среднегодовой численности населения, рассчитываемый как средняя арифметическая от численности населения на начало и конец года:</w:t>
+      13.      При проведении демографических, социальных, экономических расчетов используется показатель среднегодовой численности населения, рассчитываемый как средняя арифметическая от численности населения на начало и конец года:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
@@ -1957,123 +2190,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – среднегодовая численность населения;</w:t>
+      P – среднегодовая численность населения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      – численность населения на начало года;</w:t>
+      Sn– численность населения на начало года;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      – численность населения на конец года.</w:t>
+      Sk– численность населения на конец года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z66" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Темп роста (сокращения) численности населения определяет темп увеличения численности населения за временной период. Рассчитывается как частное от деления численности населения на конец расчетного периода на численность населения на начало расчетного периода:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2172,124 +2405,124 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z69" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – темп роста (сокращения) численности населения;</w:t>
+      r – темп роста (сокращения) численности населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      – численность населения на конец расчетного периода;</w:t>
+      P1– численность населения на конец расчетного периода;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      – численность населения на начало расчетного периода.</w:t>
+      P0– численность населения на начало расчетного периода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z72" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Расчет показателей структуры населения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z73" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2442,123 +2675,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – доля мужчин (женщин) в общей численности населения;</w:t>
+      Dm(f) – доля мужчин (женщин) в общей численности населения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – численность мужчин (женщин);</w:t>
+      Pm(f) – численность мужчин (женщин);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – общая численность населения.</w:t>
+      Pt  – общая численность населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подобные расчеты производятся по разным возрастам и возрастным группам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
@@ -2713,197 +2946,236 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – доля населения "х" возраста к численности всего населения;</w:t>
+      Dх – доля населения "х" возраста к численности всего населения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – численность населения в возрасте "х" лет;</w:t>
+      Pх – численность населения в возрасте "х" лет;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       – общая численность населения.</w:t>
-[...18 lines deleted...]
-      19. Коэффициенты демографической нагрузки определяют число детей и лиц пенсионного возраста на 1000 человек населения в возрасте от 16 до 63 лет (мужчины), от 16 до 58 лет (женщины). Коэффициенты демографической нагрузки для 2017 года рассчитываются по следующим формулам:</w:t>
+      Pt – общая численность населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Коэффициенты демографической нагрузки характеризуют соотношение численности детей и лиц пенсионного возраста на 1000 человек населения в возрасте: мужчин от 16 до 63 лет и женщин от 16 лет до достижения пенсионного возраста, определяемого в соответствии с возрастными границами, установленными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Социальным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z90" w:id="67"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коэффициенты демографической нагрузки рассчитываются по следующим формулам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2349500" cy="965200"/>
+            <wp:extent cx="3073400" cy="2616200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2349500" cy="965200"/>
+                      <a:ext cx="3073400" cy="2616200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2928,611 +3200,811 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...109 lines deleted...]
-    <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2286000" cy="698500"/>
+            <wp:extent cx="279400" cy="304800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2286000" cy="698500"/>
+                      <a:ext cx="279400" cy="304800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент демографической нагрузки детьми;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...145 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2768600" cy="1016000"/>
+            <wp:extent cx="279400" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2768600" cy="1016000"/>
+                      <a:ext cx="279400" cy="279400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент демографической нагрузки лицами пенсионного возраста;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="241300" cy="279400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="241300" cy="279400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – общий коэффициент демографической нагрузки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="622300" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="622300" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>– численность детей в возрасте от 0 до 16 лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      где: </w:t>
+      а – общеустановленный возраст выхода на пенсию женщин в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Социальным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="70"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1346200" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1346200" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> численность мужчин в возрасте от 16 до 63 лет и женщин от 16 до а-1 лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      а-1 – возраст женщин, определяемый как общеустановленный возраст выхода на пенсию женщин в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Социальным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодексом Республики Казахстан минус 1 год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="673100" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="673100" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – численность мужчин в возрасте от 63 лет и старше, женщин в возрасте от а лет и старше.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В последующие годы при расчете коэффициентов демографической нагрузки пенсионный возраст женщин учитывается в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законом</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан от 21 июня 2013 года "О пенсионном обеспечении в Республике Казахстан".</w:t>
+        <w:t>Социальным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Для характеристики уровня старения населения рассчитываются индекс старения населения и индекс Биллетера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z104" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Индекс старения населения характеризует число лиц пожилого возраста на 100 детей. Рассчитывается как отношение численности населения в возрасте старше 65 лет к численности населения в возрасте от 0 до 15 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z105" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Индекс Биллетера характеризует "нагрузку" доли лиц нерепродуктивного возраста (0-14 лет, 50 лет и старше) на 100 человек населения репродуктивного возраста (15-49 лет). Рассчитывается как отношение разности числа лиц в возрасте 0-14 лет и 50 лет и старше к численности населения в возрасте 15-49 лет. Значение индекса зависит от возрастной структуры населения. Индекс принимает положительные значения, когда в населении, доля детей больше, чем доля лиц старше 50 лет и принимает отрицательные значения, когда доля лиц старше 50 лет больше, чем доля детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z106" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Для характеристики заселенности региона используется показатель плотности населения. Плотность населения рассчитывается как частное от деления численности населения на площадь соответствующего региона в квадратных километрах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z103" w:id="71"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3908,35 +4380,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>