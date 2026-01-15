--- v0 (2025-11-28)
+++ v1 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="20655f4" w14:textId="20655f4">
+    <w:p w14:paraId="065888b" w14:textId="065888b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,190 +123,120 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 52-1)</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 4 Закона Республики Казахстан "О платежах и платежных системах" Правление Национального Банка Республики Казахстан </w:t>
+        <w:t>подпунктом 33)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 20.12.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 116</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.04.2022).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1027,121 +957,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила организации деятельности платежных организаций (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 52-1)</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 4 Закона Республики Казахстан "О платежах и платежных системах" (далее – Закон о платежах и платежных системах) и определяют порядок организации деятельности платежных организаций.</w:t>
+        <w:t>подпунктом 33)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", и определяют порядок организации деятельности платежных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок организации деятельности платежных организаций включает учетную регистрацию платежных организаций в Национальном Банке Республики Казахстан (далее – Национальный Банк), ведение Национальным Банком реестра платежных организаций (далее – реестр), оказание платежных услуг платежными организациями, уведомление платежными организациями об открытии филиалов, требования к программно-техническим средствам платежных организаций и системе управления информационной безопасности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1164,51 +1034,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.04.2022).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.04.2022); с изменением, внесенным постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1217,51 +1107,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В Правилах используются понятия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> о платежах и платежных системах, и следующие понятия:</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах" (далее – Закон о платежах и платежных системах), и следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z95" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инцидент информационной безопасности, включая нарушения, сбои в информационных системах (далее – инцидент информационной безопасности) – отдельно или серийно возникающие сбои в работе информационно-коммуникационной инфраструктуры или отдельных ее объектов, создающие угрозу их надлежащему функционированию и (или) условия для незаконного получения, копирования, распространения, модификации, уничтожения или блокирования электронных информационных ресурсов платежной организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z96" w:id="11"/>
     <w:p>
@@ -1426,91 +1316,111 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правления Национального Банка РК от 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.04.2022); с изменениями, внесенными постановлением Национального Банка РК от 20.02.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.04.2022); с изменениями, внесенными постановлениями Национального Банка РК от 20.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
+        <w:t xml:space="preserve"> в действие с 01.06.2025); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2300,215 +2210,299 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10. Национальный Банк рассматривает заявление платежной организации и принимает по нему решение в течение десяти рабочих дней со дня представления полного пакета документов, предусмотренных пунктом 2 статьи 16 Закона о платежах и платежных системах.</w:t>
+        <w:t xml:space="preserve">
+      10. Национальный Банк рассматривает заявление платежной организации и принимает по нему решение в течение пятнадцати рабочих дней со дня представления полного пакета документов, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 Закона о платежах и платежных системах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...36 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменением, внесенным постановлением Правления Национального Банка РК от 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 119</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="31"/>
+    <w:bookmarkStart w:name="z228" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1. Национальный Банк при первичном поступлении заявления платежной организации направляет в уполномоченный орган по финансовому мониторингу запрос о наличии у руководителей, учредителей и бенефициарных собственников платежной организации отношений с третьими лицами (контроля и влияния третьих лиц), действия которых способствовали легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z229" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам полученной информации Национальный Банк принимает решение о продолжении рассмотрения документов об учетной регистрации платежной организации либо об отказе в учетной регистрации платежной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 10-1 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Национальный Банк по итогам рассмотрения заявления принимает решение об учетной регистрации платежной организации либо об отказе в учетной регистрации платежной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z22" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z22" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. В случае внесения изменений и (или) дополнений в документы, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 16 Закона о платежах и платежных системах, платежная организация представляет в Национальный Банк измененные и (или) дополненные документы в течение десяти календарных дней со дня внесения таких изменений и (или) дополнений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2527,70 +2521,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="33"/>
+    <w:bookmarkStart w:name="z60" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1. Платежная организация, прошедшая учетную регистрацию в Национальном Банке, в случае необходимости включения в перечень оказываемых платежных услуг дополнительных платежных услуг представляет в Национальный Банк документы, предусмотренные подпунктами 1-1), 3) и 7) пункта 2 статьи 16 Закона о платежах и платежных системах, с внесенными изменениями и (или) дополнениями с учетом планируемых к оказанию платежных услуг в течение десяти календарных дней со дня внесения таких изменений и (или) дополнений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2683,206 +2677,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="34"/>
+    <w:bookmarkStart w:name="z24" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Учетная регистрация платежной организации, образованной в результате добровольной реорганизации платежной организации (платежных организаций) в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о платежах и платежных системах, производится Национальным Банком в порядке, предусмотренном настоящей главой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z25" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z25" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Исключение из реестра реорганизованной (реорганизованных) платежной организации (платежных организаций) осуществляется Национальным Банком в день включения образованной (образованных) в результате добровольной реорганизации платежной организации (платежных организаций) в реестр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z70" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z70" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2-1. Порядок оказания государственной услуги "Включение в реестр платежных организаций, прошедших учетную регистрацию в Национальном Банке Республики Казахстан" (далее – государственная услуга по учетной регистрации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 2-1 в соответствии с постановлением Правления Национального Банка РК от 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="37"/>
+    <w:bookmarkStart w:name="z71" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15-1. Перечень основных требований к оказанию государственной услуги по учетной регистрации, включающие характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги по учетной регистрации установлен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2901,304 +2895,304 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="38"/>
+    <w:bookmarkStart w:name="z72" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15-2. Работник Национального Банка, уполномоченный на прием и регистрацию корреспонденции, в день поступления заявления осуществляет его прием, регистрацию и направление на исполнение в подразделение, ответственное за оказание государственной услуги по учетной регистрации (далее – ответственное подразделение). При поступлении заявления после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений осуществляется следующим рабочим днем. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При направлении платежной организацией заявления через веб-портал "электронного правительства" в личном кабинете автоматически отображается статус о принятии запроса на оказание государственной услуги с указанием даты и времени получения результата.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк получает из соответствующих государственных информационных систем через шлюз "электронного правительства" сведения о документах, удостоверяющих личность руководителя платежной организации, и о государственной регистрации (перерегистрации) юридического лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="39"/>
+    <w:bookmarkStart w:name="z73" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-3. Работник ответственного подразделения в течение пяти рабочих дней со дня регистрации заявления проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае установления факта неполноты представленных документов ответственное подразделение в течение пяти рабочих дней со дня регистрации заявления готовит и направляет письменный мотивированный отказ в дальнейшем рассмотрении заявления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="40"/>
+    <w:bookmarkStart w:name="z74" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15-4. При установлении факта полноты представленных документов ответственное подразделение в течение восьми рабочих дней со дня регистрации заявления рассматривает документы на предмет их соответствия требованиям законодательства Республики Казахстан, готовит проект уведомления о прохождении учетной регистрации для предоставления разрешения (права) на предоставление платежной организацией платежных услуг (далее – уведомление) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам либо проект мотивированного отказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z188" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z188" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк в лице руководителя ответственного подразделения согласовывает и подписывает уведомление либо мотивированный отказ в течение двух рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z189" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z189" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После согласования и подписания руководителем ответственного подразделения уведомления либо мотивированного отказа, работник ответственного подразделения в день принятия решения осуществляет включение платежной организации в реестр платежных организаций (при подписании уведомления), направляет платежной организации результат оказания государственной услуги по учетной регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z190" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z190" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На веб-портале "электронного правительства" результат оказания государственной услуги по учетной регистрации направляется платежной организации в личный кабинет в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z191" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z191" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований для отказа в прохождении учетной регистрации платежной организации и включении в реестр платежных организаций, Национальный Банк в лице руководителя ответственного подразделения направляет услугополучателю предварительное решение об отказе в прохождении учетной регистрации платежной организации и включении в реестр платежных организаций с уведомлением о времени и месте проведения заслушивания для предоставления услугополучателю возможности выразить позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z192" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z192" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предварительное решение направляется не менее чем за 3 (три) рабочих дня до истечения срока рассмотрения заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z193" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z193" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участник административной процедуры вправе предоставить или высказать возражение к предварительному решению по административному делу в срок не позднее двух рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3237,166 +3231,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="47"/>
+    <w:bookmarkStart w:name="z75" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-5. Информация о стадии оказания государственной услуги по учетной регистрации обновляется в автоматическом режиме в информационной системе мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z26" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z26" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Ведение реестра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z27" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z27" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Реестр содержит сведения о платежных организациях, прошедших учетную регистрацию в Национальном Банке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Реестр ведется Национальным Банком в целях контроля за рынком платежных услуг и размещается на официальном интернет-ресурсе Национального Банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="50"/>
+    <w:bookmarkStart w:name="z28" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      17. Национальный Банк при принятии решения об учетной регистрации платежной организации в течение десяти рабочих дней со дня представления полного пакета документов, предусмотренных </w:t>
+      17. Национальный Банк при принятии решения об учетной регистрации платежной организации в течение пятнадцати рабочих дней со дня представления полного пакета документов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 16 Закона о платежах и платежных системах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) присваивает платежной организации регистрационный номер и осуществляет запись в реестре по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3454,451 +3448,491 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции постановления Правления Национального Банка РК от 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его официального опубликования); с изменением, внесенным постановлением Правления Национального Банка РК от 21.09.2020 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его официального опубликования); с изменениями, внесенными постановлениями Правления Национального Банка РК от 21.09.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="51"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z29" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Национальный Банк при принятии решения об отказе в учетной регистрации платежной организации в течение пятнадцати рабочих дней со дня представления полного пакета документов, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 Закона о платежах и платежных системах, направляет платежной организации мотивированный отказ в учетной регистрации с указанием причины отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции постановления Правления Национального Банка РК от 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 119</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="52"/>
+    <w:bookmarkStart w:name="z30" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Национальный Банк ведет досье по каждой платежной организации, прошедшей учетную регистрацию в Национальном Банке, на бумажном носителе или в электронном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z31" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z31" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Национальный Банк исключает платежную организацию из реестра по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 Закона о платежах и платежных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z32" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z32" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Платежная организация в течение трех рабочих дней со дня вступления в законную силу решения суда о прекращении деятельности платежной организации либо принятия решения о добровольном прекращении деятельности путем реорганизации (присоединения, слияния, разделения, выделения, преобразования) или ликвидации направляет в Национальный Банк в произвольной письменной форме уведомление с приложением подтверждающих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z33" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Национальный Банк в течение пяти рабочих дней со дня исключения Национальным Банком платежной организации из реестра письменно уведомляет платежную организацию в электронной форме по адресу электронной почты и публикует информацию об этом на официальном интернет-ресурсе Национального Банка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции постановления Правления Национального Банка РК от 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 119</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="56"/>
+    <w:bookmarkStart w:name="z34" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В случае исключения из реестра платежная организация в течение тридцати календарных дней со дня уведомления Национальным Банком об исключении из реестра принимает решение об изменении наименования при наличии в нем слов "платежная организация" либо реорганизации, либо ликвидации платежной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z158" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z158" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-1. Выдача согласия на проведение добровольной реорганизации платежной организации осуществляется при предоставлении платежной организацией в Национальный Банк через веб-портал "электронного правительства" решения о добровольной реорганизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z194" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z194" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги по добровольной реорганизации, включающие характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги по добровольной реорганизации установлен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z195" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z195" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       К решению прилагаются документы, предусмотренные подпунктами 2), 4), 5) и 7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона о платежах и платежных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3957,126 +3991,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3-1. Порядок оказания государственной услуги "Выдача согласия на проведение добровольной реорганизации (присоединение, слияние, разделение, выделение, преобразование) платежных организаций" (далее – государственная услуга по добровольной реорганизации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 3-1 в соответствии с постановлением Правления Национального Банка РК от 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-1. Выдача согласия на проведение добровольной реорганизации платежной организации осуществляется при предоставлении платежной организацией в Национальный Банк на бумажном носителе или через веб-портал "электронного правительства" решения о добровольной реорганизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги по добровольной реорганизации, включающие характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги по добровольной реорганизации установлен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4109,266 +4143,266 @@
         </w:rPr>
         <w:t xml:space="preserve">
       К решению прилагаются документы, предусмотренные подпунктами 2), 4), 5) и 7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона о платежах и платежных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23-2. Работник Национального Банка, уполномоченный на прием и регистрацию корреспонденции, в день поступления документов осуществляет прием, регистрацию и направление на исполнение в подразделение, ответственное за оказание государственной услуги по добровольной реорганизации (далее – ответственное подразделение). При поступлении документов после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием документов осуществляется следующим рабочим днем. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При направлении платежной организацией заявления через портал в личном кабинете автоматически отображается статус о принятии запроса на оказание государственной услуги с указанием даты и времени получения результата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-3. Работник ответственного подразделения в течение пяти рабочих дней со дня регистрации документов проверяет их полноту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае установления факта неполноты представленных документов ответственное подразделение в течение пяти рабочих дней со дня регистрации заявления готовит и направляет письменный мотивированный отказ в дальнейшем рассмотрении заявления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-4. При установлении факта полноты представленных документов ответственное подразделение в течение восьми рабочих дней со дня регистрации документов рассматривает документы на предмет их соответствия требованиям законодательства Республики Казахстан, готовит проект уведомления о выдаче согласия на проведение добровольной реорганизации (далее – уведомление) либо мотивированного отказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z196" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z196" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк в лице руководителя ответственного подразделения согласовывает и подписывает уведомление либо мотивированный отказ в течение двух рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z197" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z197" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После согласования и подписания руководителем ответственного подразделения уведомления либо мотивированного отказа, работник ответственного подразделения в день принятия решения направляет платежной организации результат оказания государственной услуги по добровольной реорганизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z198" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z198" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На веб-портале "электронного правительства" результат оказания государственной услуги по добровольной реорганизации направляется платежной организации в личный кабинет в форме электронного документа, удостоверенного ЭЦП уполномоченного лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z199" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z199" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований для отказа в выдаче согласия на добровольную реорганизацию, Национальный Банк в лице руководителя ответственного подразделения направляет услугополучателю предварительное решение об отказе в выдаче согласия на добровольную реорганизацию с уведомлением о времени и месте проведения заслушивания для предоставления услугополучателю возможности выразить позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z200" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z200" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предварительное решение направляется не менее чем за 3 (три) рабочих дня до истечения срока рассмотрения заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z201" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z201" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участник административной процедуры вправе предоставить или высказать возражение к предварительному решению по административному делу в срок не позднее двух рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4407,146 +4441,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-5. Информация о стадии оказания государственной услуги по добровольной реорганизации обновляется в автоматическом режиме в информационной системе мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3-2. Порядок обжалования решений, действий (бездействия) Национального Банка и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 3-2 в соответствии с постановлением Правления Национального Банка РК от 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23-6. Обжалование решений, действий (бездействий) Национального Банка и (или) его должностных лиц по вопросам оказания государственных услуг производится в письменном виде на имя руководителя Национального Банка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В жалобе платежной организации указываются его наименование, почтовый адрес, исходящий номер и дата подачи жалобы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4611,413 +4645,451 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае несогласия с результатами оказанной государственной услуги платежная организация обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба платежной организации, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, рассматривается в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-7. В случае несогласия с результатами оказанной государственной услуги платежная организация обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z35" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z35" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Оказание платежных услуг платежными организациями</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z36" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z36" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Платежная организация после оказания платежной услуги выдает клиенту документ, подтверждающий факт оказания платежной услуги, на бумажном носителе либо посредством сети телекоммуникаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z37" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z37" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. При оказании платежной организацией платежных услуг, предусмотренных подпунктами 1) и 4) пункта 3 Правил, документ, подтверждающий факт оказания платежной услуги, содержит следующие реквизиты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z231" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер документа, число, месяц, год его выписки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z232" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование платежной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z233" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сумма операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z234" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) валюта операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z235" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сумма комиссионного вознаграждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z236" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) назначение платежа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z237" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) наименование поставщика услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z238" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) наименование поставщика платежных услуг (платежный посредник), в том числе иностранного, участвующего в операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z239" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) код категории торговой точки (Merchant Category Code) (в случае оказания платежной услуги, предусмотренной подпунктом 4) пункта 3 Правил);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z240" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      25. При оказании платежной организацией платежных услуг, предусмотренных подпунктами 1) и 4) </w:t>
-[...206 lines deleted...]
-    </w:p>
+      10) наименование либо банковский идентификационный код банка, филиала банка-нерезидента Республики Казахстан или организации, осуществляющей отдельные виды банковских операций, которому (которой) платежная организация представляет информацию для осуществления платежа и (или) перевода либо принятия денег по данным платежам в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 12 Закона о платежах и платежных системах (в случае оказания платежной услуги, предусмотренной подпунктом 4) пункта 3 Правил).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z241" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается при указании наименований использование сокращений, торговых обозначений, аббревиатур и кодов, допускающих неоднозначное толкование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z242" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается проставление платежной организацией в документе, подтверждающем факт оказания платежной услуги, дополнительных реквизитов по оказанной платежной услуге.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 25 с изменением, внесенным постановлением Правления Национального Банка РК от 30.11.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 139</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="78"/>
+    <w:bookmarkStart w:name="z38" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. При оказании платежной организацией платежных услуг, предусмотренных подпунктами 2) и 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5052,71 +5124,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выпуска, использования и погашения электронных денег, а также требованиями к эмитентам электронных денег и системам электронных денег на территории Республики Казахстан, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 202 "Об утверждении Правил выпуска, использования и погашения электронных денег, а также требований к эмитентам электронных денег и системам электронных денег на территории Республики Казахстан", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14298, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выпуска платежных карточек, а также требованиями к деятельности по обслуживанию операций с их использованием на территории Республики Казахстан, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 205 "Об утверждении Правил выпуска платежных карточек, а также требований к деятельности по обслуживанию операций с их использованием на территории Республики Казахстан", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14299.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z39" w:id="79"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z39" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Платежная организация при оказании платежных услуг, предусмотренных подпунктами 1) и 2) пункта 3 Правил, через платежного агента и (или) платежного субагента обеспечивает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ведение реестра платежных агентов и (или) платежных субагентов в соответствии с внутренним документом платежной организации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5209,90 +5281,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="80"/>
+    <w:bookmarkStart w:name="z40" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Платежная организация оказывает платежные услуги, предусмотренные подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, в соответствии с договором между платежной организацией и поставщиком услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Платежная организация оказывает платежные услуги по приему платежей в бюджет без открытия банковского счета клиента в соответствии с агентским договором по оказанию платежных услуг между платежной организацией и банком, филиалом банка-нерезидента Республики Казахстан и (или) организацией, осуществляющей отдельные виды банковских операций.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5329,70 +5401,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="81"/>
+    <w:bookmarkStart w:name="z41" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Платежная организация оказывает платежные услуги в качестве платежного агента банка, филиала банка-нерезидента Республики Казахстан и (или) организации, осуществляющей отдельные виды банковских операций либо платежного субагента в соответствии с агентским договором по оказанию платежных услуг между платежной организацией и банком, филиалом банка-нерезидента Республики и (или) организацией, осуществляющей отдельные виды банковских операций или платежным агентом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5411,110 +5483,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="82"/>
+    <w:bookmarkStart w:name="z42" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Договор с поставщиком услуги и агентский договор по оказанию платежных услуг содержат условия, предусмотренные частью четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 13 Закона о платежах и платежных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z43" w:id="83"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z43" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. При осуществлении деятельности в качестве платежного агента платежная организация представляет в банк, филиал банка-нерезидента Республики Казахстан либо организацию, осуществляющую отдельные виды банковских операций, с которым (которой) заключен агентский договор по оказанию платежных услуг, информацию о привлеченных платежных субагентах в соответствии с договором между ними.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5533,120 +5605,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="84"/>
+    <w:bookmarkStart w:name="z44" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Уведомление платежными организациями</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об открытии филиалов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z45" w:id="85"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z45" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Платежная организация в течение десяти рабочих дней со дня открытия филиала платежной организации на территории Республики Казахстан и за пределами Республики Казахстан представляет в Национальный Банк уведомление об открытии филиала по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам на бумажном носителе либо в электронном виде через финансовую автоматизированную систему транспорта информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К уведомлению об открытии филиала прилагаются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5693,406 +5765,406 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бизнес-план филиала;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) копия доверенности, выданной первому руководителю филиала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="86"/>
+    <w:bookmarkStart w:name="z46" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Документы, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, хранятся в досье платежной организации на бумажном носителе и в электронном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z112" w:id="87"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z112" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Требования к программно-техническим средствам платежных организаций и системе управления информационной безопасностью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 6 в соответствии с постановлением Правления Национального Банка РК от 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.04.2022).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="88"/>
+    <w:bookmarkStart w:name="z113" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Программное обеспечение обеспечивает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z160" w:id="89"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z160" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) надежное хранение информации, защиту от несанкционированного доступа, целостность баз данных и полную сохранность информации в электронных архивах и базах данных при полном или частичном отключении электропитания в любое время на любом участке оборудования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z161" w:id="90"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z161" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) многоуровневый доступ к входным данным, функциям, операциям, отчетам, реализованным в программном обеспечении, предусматривающим как минимум, два уровня доступа: администратор и пользователь;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z162" w:id="91"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z162" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) контроль полноты вводимых данных полей обязательных к заполнению, необходимых для проведения и регистрации операций (при выполнении функций или операций без полного заполнения всех полей программа обеспечивает выдачу соответствующего уведомления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z163" w:id="92"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z163" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) поиск информации по критериям и параметрам, определенным для данной информационной системы, с сохранением запроса, а также сортировку информации по любым параметрам (определенным для данной информационной системы) и возможность просмотра информации за предыдущие даты, если такая информация подлежит хранению в информационной системе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z164" w:id="93"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z164" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обработку информации и ее хранение по дате и времени;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z165" w:id="94"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z165" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) автоматизированное формирование форм отчетов, представляемых платежными организациями в Национальный Банк, а также отчетов о проведенных операциях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z166" w:id="95"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z166" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ведение и автоматизированное формирование журналов системы внутреннего учета. Программное обеспечение формирует журнал полностью, а также частично (на указанный диапазон дат, определенную дату);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z167" w:id="96"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z167" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) возможность резервирования и восстановления данных, хранящихся в учетных системах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z168" w:id="97"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z168" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) возможность вывода выходных документов на экран, принтер или в файл;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z169" w:id="98"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z169" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) возможность обмена электронными документами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z170" w:id="99"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z170" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) регистрацию и идентификацию происходящих в информационной системе событий с сохранением следующих атрибутов: дата и время начала события, наименование события, пользователь, производивший действие, идентификатор записи, дата и время окончания события, результат выполнения события;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z171" w:id="100"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z171" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) изменение паролей предустановленных учетных записей средств обеспечения безопасности периметра защиты информационно-коммуникационной инфраструктуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6111,110 +6183,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="101"/>
+    <w:bookmarkStart w:name="z125" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Платежные организации обеспечивают создание и функционирование системы управления информационной безопасностью, являющейся частью общей системы управления платежной организации, предназначенной для управления процессом обеспечения информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z202" w:id="102"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z202" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Платежная организация утверждает внутренние документы, регламентирующие процесс управления информационной безопасностью, в том числе политику информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z203" w:id="103"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z203" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок и периодичность пересмотра внутренних документов, указанных в части второй настоящего пункта, определяются внутренними документами платежной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6253,90 +6325,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="104"/>
+    <w:bookmarkStart w:name="z126" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Система управления информационной безопасностью обеспечивает защиту информационных активов платежной организации, допускающую минимальный уровень потенциального ущерба для бизнес-процессов платежной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z204" w:id="105"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z204" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36-1. Подразделение информационной безопасности или лицо, ответственное за обеспечение информационной безопасности, осуществляют обследования состояния информационной безопасности не реже одного раз в год. По результатам обследования подразделением информационной безопасности или лицом, ответственным за обеспечение информационной безопасности, составляется отчет с приложением материалов обследования, который доводится до сведения руководителя платежной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6375,170 +6447,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="106"/>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Платежная организация обеспечивает надлежащий уровень системы управления информационной безопасностью, ее развитие и улучшение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z205" w:id="107"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z205" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-1. В платежной организации в целях разграничения ответственности и функций в сфере обеспечения информационной безопасности создается подразделение информационной безопасности, являющееся структурным подразделением, обособленным от других структурных подразделений, занимающихся вопросами создания, сопровождения и развития объектов информатизации, или определяется лицо, ответственное за обеспечение информационной безопасности, не состоящее в штате структурных подразделений, занимающихся вопросами создания, сопровождения и развития объектов информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z206" w:id="108"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z206" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подразделение информационной безопасности или лицо, ответственное за обеспечение информационной безопасности, осуществляет координацию работ по обеспечению информационной безопасности и контроль за исполнением требований информационной безопасности, определенных во внутренних документах платежной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z207" w:id="109"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z207" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Платежная организация обеспечивает повышение квалификации работников подразделения информационной безопасности или лица, ответственного за обеспечение информационной безопасности путем проведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z208" w:id="110"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z208" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) внутренних мероприятий (лекции, семинары);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z209" w:id="111"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z209" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) внешнего обучения (посещение курсов, семинаров – не реже одного раза в два года для каждого работника).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6577,70 +6649,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="112"/>
+    <w:bookmarkStart w:name="z210" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-2. При приеме на работу нового работника, не позднее пяти рабочих дней с момента приема на работу, новый работник ознакомляется под подпись с основными требованиями по обеспечению информационной безопасности (вводный инструктаж). Результат ознакомления фиксируется в соответствующем журнале инструктажа или ином документе, подтверждающем прохождение инструктажа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6679,70 +6751,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="113"/>
+    <w:bookmarkStart w:name="z211" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-3. Трудовой договор, заключаемый с работником платежной организации, содержит обязанность работника по соблюдению требований по обеспечению информационной безопасности и неразглашению конфиденциальной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6781,350 +6853,350 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="114"/>
+    <w:bookmarkStart w:name="z128" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Платежная организация в целях обеспечения конфиденциальности, целостности и доступности информации платежной организации осуществляет следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z173" w:id="115"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z173" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует систему управления информационной безопасностью, осуществляет координацию и контроль деятельности по обеспечению информационной безопасности и мероприятий по выявлению и анализу угроз, противодействию атакам и расследованию инцидентов информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z174" w:id="116"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z174" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечивает методологическую поддержку процесса обеспечения информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z175" w:id="117"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z175" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет выбор, внедрение и применение методов, средств и механизмов управления, обеспечения и контроля информационной безопасности в рамках своих полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z176" w:id="118"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z176" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет сбор, консолидацию, хранение и обработку информации об инцидентах информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z177" w:id="119"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z177" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществляет анализ информации об инцидентах информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z178" w:id="120"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z178" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивает внедрение, надлежащее функционирование программно-технических средств, автоматизирующих процесс обеспечения информационной безопасности, а также предоставление доступа к ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z179" w:id="121"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z179" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) определяет ограничения по использованию привилегированных учетных записей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z180" w:id="122"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z180" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организует и проводит мероприятия по обеспечению осведомленности работников платежной организации в вопросах информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z181" w:id="123"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z181" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет мониторинг состояния системы управления информационной безопасностью платежной организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z182" w:id="124"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z182" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) периодически (но не реже одного раза в год) осуществляет информирование руководства платежной организации о состоянии системы управления информационной безопасностью платежной организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z183" w:id="125"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z183" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) поддерживает в актуальном состоянии схемы периметра защиты информационно-коммуникационной инфраструктуры и перечень администраторов средств обеспечения его безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z184" w:id="126"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z184" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) устанавливает на периметре защиты информационно-коммуникационной инфраструктуры межсетевые экраны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z185" w:id="127"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z185" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) обеспечивает безопасность доступа пользователей к ресурсам сети Интернет из периметра защиты информационно-коммуникационной инфраструктуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z212" w:id="128"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z212" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) в случае подключения ноутбуков или иных устройств к информационным активам платежной организации из-за пределов периметра защиты платежной организации на данных устройствах устанавливается лицензионное программное обеспечение для организации защищенного доступа (шифрование канала связи, обеспечение двухфакторной аутентификации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7183,428 +7255,428 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="129"/>
+    <w:bookmarkStart w:name="z139" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Платежная организация управляет рисками информационной безопасности с указанием критериев приемлемого уровня по отношению к информационным активам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z140" w:id="130"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z140" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При реализации рисков информационной безопасности разрабатывается план мероприятий, направленный на минимизацию возникновения подобных рисков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z141" w:id="131"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z141" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Информация об инцидентах информационной безопасности, полученная в ходе мониторинга деятельности по обеспечению информационной безопасности, подлежит консолидации, систематизации и хранению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z142" w:id="132"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z142" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Срок хранения информации об инцидентах информационной безопасности составляет не менее 5 (пяти) лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z143" w:id="133"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z143" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Платежной организацией определяется порядок принятия неотложных мер к устранению инцидента информационной безопасности, его причин и последствий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z144" w:id="134"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z144" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. В платежной организации ведется журнал учета инцидентов информационной безопасности с отражением всей информации об инциденте информационной безопасности, принятых мерах и предлагаемых корректирующих мерах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z145" w:id="135"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z145" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Платежная организация предоставляет в Национальный Банк информацию о следующих выявленных инцидентах информационной безопасности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z146" w:id="136"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z146" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) эксплуатация уязвимостей в прикладном и системном программном обеспечении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z147" w:id="137"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z147" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несанкционированный доступ в информационную систему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z148" w:id="138"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z148" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) атака "отказ в обслуживании" на информационную систему или сеть передачи данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z149" w:id="139"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z149" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заражение сервера вредоносной программой или кодом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z150" w:id="140"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z150" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) совершение несанкционированного перевода денежных средств вследствие нарушения контролей информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z151" w:id="141"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z151" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) инцидентах информационной безопасности, несущих угрозу стабильности деятельности платежной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z152" w:id="142"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z152" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информация об инцидентах информационной безопасности, указанных в настоящем пункте, предоставляется платежной организацией в возможно короткий срок, но не позднее 48 часов с момента выявления, в виде карты инцидента информационной безопасности по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z153" w:id="143"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z153" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация по обработанным инцидентам информационной безопасности представляется в электронном формате с использованием платформы Национального Банка для обмена событиями и инцидентами информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На каждый инцидент информационной безопасности заполняется отдельная карта инцидента информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="144"/>
+    <w:bookmarkStart w:name="z213" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Платежная организация для подключения к платформе Национального Банка для обмена событиями и инцидентами информационной безопасности использует статический IP-адрес и предоставляет информацию о нем в течение десяти рабочих дней со дня прохождения учетной регистрации в Национальном Банке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z214" w:id="145"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z214" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае изменения статического IP-адреса платежная организация уведомляет об этом Национальный Банк в течение пяти рабочих дней со дня изменения статического IP-адреса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7743,210 +7815,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="146"/>
+    <w:bookmarkStart w:name="z215" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Серверное помещение (центр обработки данных) платежной организации, собственное или арендуемое, оснащается следующими системами:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z216" w:id="147"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z216" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) системой контроля и управления доступом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z217" w:id="148"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z217" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) охранной сигнализацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z218" w:id="149"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z218" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) пожарной сигнализацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z219" w:id="150"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z219" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) системой автоматического пожаротушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z220" w:id="151"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z220" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) системой видеонаблюдения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z221" w:id="152"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z221" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Серверное и коммуникационное оборудование подключается к системе электропитания через источники бесперебойного питания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z222" w:id="153"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z222" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отсутствия в платежной организации серверного помещения (центра обработки данных), требования настоящего пункта распространяются на арендуемые помещения или помещения, в которых размещены объекты информатизации платежной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7985,90 +8057,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="154"/>
+    <w:bookmarkStart w:name="z225" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Доступ в серверное помещение (центр обработки данных) платежной организации, собственное или арендуемое, предоставляется лицам, перечень которых утверждается руководителем платежной организации или лицом, его замещающим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z223" w:id="155"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z223" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Платежная организация обеспечивает ведение и хранение журнала системы контроля и управления доступом в серверное помещение (центр обработки данных) не менее одного года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8107,110 +8179,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="156"/>
+    <w:bookmarkStart w:name="z224" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Система видеонаблюдения серверного помещения (центра обработки данных) платежной организации, собственного или арендуемого, обеспечивает наблюдение за всеми проходами, входами в серверное помещение (центр обработки данных). В серверном помещении (центре обработки данных) расстановка видеокамер исключает наличие зон внутри серверного помещения (центра обработки данных) и перед его входом, не покрытых видеонаблюдением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z226" w:id="157"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z226" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Запись событий системой видеонаблюдения серверного помещения (центра обработки данных) ведется непрерывно или с использованием детектора движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z227" w:id="158"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z227" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Архив записей системы видеонаблюдения серверного помещения (центра обработки данных) хранится не менее трех месяцев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8249,50 +8321,246 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z243" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Порядок актуализации сведений по учетной регистрации платежной организации в информационной системе "Государственная база данных "Е-лицензирование"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 7 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z244" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Актуализация сведений по учетной регистрации платежной организации в информационной системе "Государственная база данных "Е-лицензирование" осуществляется в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z245" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) изменения наименования платежной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z246" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) включения дополнительных платежных услуг в перечень оказываемых платежных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z247" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) исключения отдельных платежных услуг из перечня оказываемых платежных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z248" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. При возникновении необходимости актуализации сведений по учетной регистрации платежная организация обращается в электронной форме через канцелярию Национального Банка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z249" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Национальный Банк вносит соответствующие изменения в сведения по учетной регистрации платежной организации в информационной системе "Государственная база данных "Е-лицензирование".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z250" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. В случае исключения платежной организации из реестра платежных организаций Национальный Банк вносит соответствующую запись о прекращении действия учетной регистрации в информационной системе "Государственная база данных "Е-лицензирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8514,104 +8782,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Национальный Банк</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="159"/>
+    <w:bookmarkStart w:name="z86" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции постановления Правления Национального Банка РК от 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его официального опубликования); с изменением, внесенным постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8840,91 +9128,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование документа, номер и дата выдачи, кем выдан)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Перечень планируемых к оказанию платежных услуг в соответствии с </w:t>
+        <w:t xml:space="preserve">
+      3. Перечень планируемых к оказанию платежных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил организации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z251" w:id="182"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деятельности платежных организаций:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1) ____________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8966,119 +9257,109 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4. Перечень представляемых документов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 16 Закона</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve">       5. Сведения о руководителе (членах) исполнительного органа платежной организации:</w:t>
+        <w:t xml:space="preserve"> статьи 16 Закона Республики Казахстан "О платежах и платежных системах":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z252" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ___________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z253" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ___________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            5. Сведения о руководителе (членах) исполнительного органа платежной организации:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общие сведения:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -10117,51 +10398,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Если ранее являлся руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером финансовой организации, в период не более чем за один год до принятия решения о консервации финансовой организации либо принудительном выкупе ее акций, лишении лицензии финансовой организации, повлекших ее ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации или признании ее банкротом в порядке, определенном </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Законом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Республики Казахстан от 7 марта 2014 года "О реабилитации и банкротстве"</w:t>
+              <w:t xml:space="preserve"> Республики Казахстан "О реабилитации и банкротстве"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10170,52 +10451,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Да/нет</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-(если да, то указывается наименование организации, должность, реквизиты решения о консервации финансовой организации либо принудительном выкупе ее акций, лишении лицензии финансовой организации, повлекших ее ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступившего в законную силу решения суда о принудительной ликвидации финансовой организации или признании ее банкротом в порядке, определенном Законом Республики Казахстан от 7 марта 2014 года "О реабилитации и банкротстве") </w:t>
+              <w:t xml:space="preserve">(если да, то указывается наименование организации, должность, реквизиты решения о консервации финансовой организации либо принудительном выкупе ее акций, лишении лицензии финансовой организации, повлекших ее ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступившего в законную силу решения суда о принудительной ликвидации финансовой организации или признании ее банкротом в порядке, определенном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Законом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан "О реабилитации и банкротстве")</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10559,94 +10859,114 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="160"/>
+    <w:bookmarkStart w:name="z186" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Включение в реестр платежных организаций, прошедших учетную регистрацию в Национальном Банке Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции постановления Правления Национального Банка РК от 19.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -10986,51 +11306,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В течение десяти рабочих дней со дня регистрации заявления и полного перечня документов.</w:t>
+В течение пятнадцати рабочих дней со дня регистрации заявления и полного перечня документов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12300,87 +12620,888 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности платежных организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции постановления Правления Национального Банка РК от 19.03.2020 </w:t>
+      Сноска. Приложение 3 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35</w:t>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ҰЛТТЫҚ БАНКІ"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РЕСПУБЛИКАЛЫҚ МЕМЛЕКЕТТІК МЕКЕМЕСІ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2908300" cy="2882900"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2908300" cy="2882900"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РЕСПУБЛИКАНСКОЕ ГОСУДАРСТВЕННОЕ УЧРЕЖДЕНИЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"НАЦИОНАЛЬНЫЙ БАНК РЕСПУБЛИКИ КАЗАХСТАН"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[Реквизиты уполномоченного органа на гос.языке]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[Реквизиты уполномоченного органа на рус.языке]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[номер решения] [дата выдачи решения]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[Наименование услугополучателя] [Реквизиты услугополучателя]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Республики Казахстан по итогам рассмотрения заявления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование услугополучателя и приложенных документов в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 Закона Республики Казахстан "О платежах и платежных системах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомляет о прохождении ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование услугополучателя учетной регистрации в качестве платежной организации,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>присвоении регистрационного номера № __________ и записи в реестр платежных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций. В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 13 Закона Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О платежах и платежных системах" платежная организация _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование услугополучателя оказывает следующие платежные услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>[Должность подписывающего] [ФИО подписывающего]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12416,1108 +13537,126 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Форма </w:t>
-[...279 lines deleted...]
-РЕСПУБЛИКИ КАЗАХСТАН"</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...54 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...75 lines deleted...]
-на рус. языке]</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...599 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
@@ -13528,51 +13667,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>платежных организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13593,204 +13732,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам организации деятельности</w:t>
-[...128 lines deleted...]
-              </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="161"/>
+    <w:bookmarkStart w:name="z90" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр платежных организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 - в редакции постановления Правления Национального Банка РК от 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15178,94 +15187,114 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>платежных организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z187" w:id="162"/>
+    <w:bookmarkStart w:name="z187" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача согласия на проведение добровольной реорганизации (присоединение, слияние, разделение, выделение, преобразование) платежных организаций"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции постановления Правления Национального Банка РК от 19.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -15588,51 +15617,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В течение десяти рабочих дней со дня регистрации решения и полного перечня документов.</w:t>
+В течение пятнадцати рабочих дней со дня регистрации решения и полного перечня документов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16850,51 +16879,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Национальный Банк Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="163"/>
+    <w:bookmarkStart w:name="z69" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               Уведомление об открытии филиала</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -16903,51 +16932,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование, место нахождения и бизнес-идентификационный номер</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               платежной организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 в редакции постановления Правления Национального Банка РК от 28.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17547,68 +17576,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z157" w:id="164"/>
+    <w:bookmarkStart w:name="z157" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карта инцидента информационной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 7 в соответствии с постановлением Правления Национального Банка РК от 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20275,31 +20304,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>