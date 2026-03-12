--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1d5d6b8" w14:textId="1d5d6b8">
+    <w:p w14:paraId="8c5f8b0" w14:textId="8c5f8b0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,330 +85,406 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в приказ Министра национальной экономики Республики Казахстан от 5 декабря 2014 года № 129 "Об утверждении Правил разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения государственного инвестиционного проекта, а также планирования, рассмотрения, отбора, мониторинга и оценки реализации бюджетных инвестиций"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра национальной экономики Республики Казахстан от 15 августа 2016 года № 371. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 сентября 2016 года № 14249</w:t>
+        <w:t>Приказ и.о. Министра национальной экономики Республики Казахстан от 15 августа 2016 года № 371. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 сентября 2016 года № 14249. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 23 декабря 2025 года № 133.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Внести в </w:t>
+      1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 5 декабря 2014 года № 129 "Об утверждении Правил разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения государственного инвестиционного проекта, а также планирования, рассмотрения, отбора, мониторинга и оценки реализации бюджетных инвестиций" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 9938, опубликованный 19 декабря 2014 года в информационно-правовой системе "Әділет") следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
+      в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения государственного инвестиционного проекта, а также планирования, рассмотрения, отбора, мониторинга и оценки реализации бюджетных инвестиций, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
+      в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      подпункт 1) изложить в следующей редакции:</w:t>
+      подпункт 1) изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "1) информационный лист инвестиционного предложения по форме согласно </w:t>
+      "1) информационный лист инвестиционного предложения по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      подпункт 8) изложить в следующей редакции:</w:t>
+      подпункт 8) изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "8) в случае если АБП предлагается реализовать ГИП путем увеличения уставного капитала юридического лица, дополнительно представляется инвестиционная карта субъекта квазигосударственного сектора по реализованным, реализуемым и планируемым к реализации инвестиционным проектам на пятилетний период, которая представляется в электронный портал, а также на бумажном и электронном носителях по форме согласно приложению 1-1 к настоящим Правилам.";</w:t>
+      "8) в случае если АБП предлагается реализовать ГИП путем увеличения уставного капитала юридического лица, дополнительно представляется инвестиционная карта субъекта квазигосударственного сектора по реализованным, реализуемым и планируемым к реализации инвестиционным проектам на пятилетний период, которая представляется в электронный портал, а также на бумажном и электронном носителях по форме согласно приложению 1-1 к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      часть вторую </w:t>
+      часть вторую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
@@ -418,91 +496,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "59. Запросы по представлению необходимой/доработанной информации и/или проведению дополнительных экспертиз по вопросам, не охваченным или не полностью охваченным проведенными экспертизами направляются соответствующему АБП, копия запроса – центральному или местному уполномоченному органу по государственному планированию в течение 15 (пятнадцати) рабочих дней со дня поступления полного пакета документов, указанных в </w:t>
+      "59. Запросы по представлению необходимой/доработанной информации и/или проведению дополнительных экспертиз по вопросам, не охваченным или не полностью охваченным проведенными экспертизами направляются соответствующему АБП, копия запроса – центральному или местному уполномоченному органу по государственному планированию в течение 15 (пятнадцати) рабочих дней со дня поступления полного пакета документов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктах 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -538,131 +616,131 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом их сканированные копии направляются на адреса электронной почты представителя АБП, указанные в Краткой характеристике БИП.</w:t>
+      При этом их сканированные копии направляются на адреса электронной почты представителя АБП, указанные в Краткой характеристике БИП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случае внесения новой редакции ТЭО, разделов, глав и параграфов, а также информации, изменяющей параметры ТЭО, срок проведения экспертизы продлевается до 10 (десяти) рабочих дней со дня получения письма от АБП в бумажном формате с последующим уведомлением юридическим лицом, определенным Правительством Республики Казахстан либо местными исполнительными органами на осуществление экономической экспертизы БИП в соответствии со </w:t>
+      В случае внесения новой редакции ТЭО, разделов, глав и параграфов, а также информации, изменяющей параметры ТЭО, срок проведения экспертизы продлевается до 10 (десяти) рабочих дней со дня получения письма от АБП в бумажном формате с последующим уведомлением юридическим лицом, определенным Правительством Республики Казахстан либо местными исполнительными органами на осуществление экономической экспертизы БИП в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, центрального или местного уполномоченного органа по государственному планированию о продлении проведения экономической экспертизы с приложением письма АБП.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      дополнить пунктом 115-1 следующего содержания:</w:t>
+      дополнить пунктом 115-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "115-1. Положения </w:t>
+      "115-1. Положения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктов 114</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -698,1022 +776,1045 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      По БИП, указанных во второй и третьей частях </w:t>
+      По БИП, указанных во второй и третьей частях </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, АБП представляют в центральный уполномоченный орган по бюджетному планированию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) письмо-заявка за подписью первого руководителя государственного органа с указанием предполагаемой суммы удорожания;</w:t>
+      1) письмо-заявка за подписью первого руководителя государственного органа с указанием предполагаемой суммы удорожания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) пояснительная записка, подписанная первым руководителем государственного органа, в которой должна содержатся следующая информация:</w:t>
+      2) пояснительная записка, подписанная первым руководителем государственного органа, в которой должна содержатся следующая информация:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      обоснование предполагаемых дополнительных бюджетных расходов;</w:t>
+      обоснование предполагаемых дополнительных бюджетных расходов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      информация о финансировании проекта из бюджета за каждый год, начиная с начала разработки ПСД. Данная информация сопровождается планом и фактом за каждый год с указанием причин не освоения, либо экономии средств, в случае наличия таковых;</w:t>
+      информация о финансировании проекта из бюджета за каждый год, начиная с начала разработки ПСД. Данная информация сопровождается планом и фактом за каждый год с указанием причин не освоения, либо экономии средств, в случае наличия таковых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      подробное указание причин, влекущих удорожание;</w:t>
+      подробное указание причин, влекущих удорожание;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) отраслевое заключение соответствующего уполномоченного государственного органа за подписью первого руководителя;</w:t>
+      3) отраслевое заключение соответствующего уполномоченного государственного органа за подписью первого руководителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сравнительная таблица по форме согласно приложению 16-1 к настоящим Правилам за подписью первого руководителя заверенная печатью;</w:t>
+      4) сравнительная таблица по форме согласно приложению 16-1 к настоящим Правилам за подписью первого руководителя заверенная печатью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) фискальный сертификат на оплату отдельно по продолжающимся и завершенными проектам за подписью первого руководителя (с приложением ведомости по объемам работ, расчетов по эскалации со стоимостными данными);</w:t>
+      5) фискальный сертификат на оплату отдельно по продолжающимся и завершенными проектам за подписью первого руководителя (с приложением ведомости по объемам работ, расчетов по эскалации со стоимостными данными);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) реестр по сертификатам за подписью первого руководителя;</w:t>
+      6) реестр по сертификатам за подписью первого руководителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) сметы расходов по удорожанию проекта и статистических данных по ценам в случае удорожания стоимости товаров и услуг;</w:t>
+      7) сметы расходов по удорожанию проекта и статистических данных по ценам в случае удорожания стоимости товаров и услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) акт уполномоченного органа по внутреннему контролю, датированный не позднее 6 (шести) месяцев от даты представления документов.</w:t>
+      8) акт уполномоченного органа по внутреннему контролю, датированный не позднее 6 (шести) месяцев от даты представления документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Центральный уполномоченный орган по бюджетному планированию рассматривает пакет документов, указанных в настоящем пункте, и вносит заключение по ним на рассмотрение РБК.</w:t>
+      Центральный уполномоченный орган по бюджетному планированию рассматривает пакет документов, указанных в настоящем пункте, и вносит заключение по ним на рассмотрение РБК.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При получении положительного решения РБК допускается финансирование увеличения сметной стоимости участков дорог согласно условиям гражданско-правового договора по БИП, реализуемым в рамках заключенного договора займа Правительства Республики Казахстан, ратифицированного Республикой Казахстан.";</w:t>
+      При получении положительного решения РБК допускается финансирование увеличения сметной стоимости участков дорог согласно условиям гражданско-правового договора по БИП, реализуемым в рамках заключенного договора займа Правительства Республики Казахстан, ратифицированного Республикой Казахстан.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      части вторую и третью </w:t>
+      части вторую и третью </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Раздел "Обоснованность" содержит следующие главы:</w:t>
+      "Раздел "Обоснованность" содержит следующие главы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z34" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) </w:t>
+      1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>глава</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Объем Инвестиций";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) </w:t>
+      2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>глава</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Альтернативные источники финансирования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) </w:t>
+      3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>глава</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Соответствие целей и задач ФЭО Инвестиций инвестиционному предложению";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) глава "Отраслевая карта субъекта квазигосударственного сектора".</w:t>
+      4) глава "Отраслевая карта субъекта квазигосударственного сектора".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае, если Инвестиции направлены на реализацию проекта институционального ГЧП, главы "Альтернативные источники финансирования" и "Отраслевая карта субъекта квазигосударственного сектора" не представляются.";</w:t>
+      В случае, если Инвестиции направлены на реализацию проекта институционального ГЧП, главы "Альтернативные источники финансирования" и "Отраслевая карта субъекта квазигосударственного сектора" не представляются.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 131-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "131-1. Глава "Отраслевая карта субъекта квазигосударственного сектора" содержит информацию по реализованным, реализуемым и планируемым к реализации инвестиционным проектам субъектов квазигосударственного сектора по форме "Отраслевая карта субъекта квазигосударственного сектора", которую представят в электронный портал, а также на бумажном и электронном носителях по форме согласно </w:t>
+      "131-1. Глава "Отраслевая карта субъекта квазигосударственного сектора" содержит информацию по реализованным, реализуемым и планируемым к реализации инвестиционным проектам субъектов квазигосударственного сектора по форме "Отраслевая карта субъекта квазигосударственного сектора", которую представят в электронный портал, а также на бумажном и электронном носителях по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 18-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      дополнить приложением 1-1 согласно </w:t>
+      дополнить приложением 1-1 согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      дополнить приложением 16-1 согласно </w:t>
+      дополнить приложением 16-1 согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      приложение 18-1 изложить в редакции согласно </w:t>
+      приложение 18-1 изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Департаменту бюджетных инвестиций и развития государственно-частного партнерства Министерства национальной экономики Республики Казахстан в установленном законодательством порядке обеспечить: </w:t>
+      2. Департаменту бюджетных инвестиций и развития государственно-частного партнерства Министерства национальной экономики Республики Казахстан в установленном законодательством порядке обеспечить: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) направление копии настоящего приказа в печатном и электронном виде на официальное опубликование в периодические печатные издания и информационно-правовую систему "Әділет" в течение десяти календарных дней после его государственной регистрации в Министерстве юстиции Республики Казахстан, а также в Республиканский центр правовой информации в течении пяти рабочих дней со дня получения зарегистрированного приказа для включения в эталонный контрольный банк нормативных правовых актов Республики Казахстан; </w:t>
+      2) направление копии настоящего приказа в печатном и электронном виде на официальное опубликование в периодические печатные издания и информационно-правовую систему "Әділет" в течение десяти календарных дней после его государственной регистрации в Министерстве юстиции Республики Казахстан, а также в Республиканский центр правовой информации в течении пяти рабочих дней со дня получения зарегистрированного приказа для включения в эталонный контрольный банк нормативных правовых актов Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) размещение настоящего приказа на интернет-ресурсе Министерства национальной экономики Республики Казахстан; </w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства национальной экономики Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства национальной экономики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства национальной экономики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Контроль за исполнением настоящего приказа возложить на первого вице-министра национальной экономики Республики Казахстан.</w:t>
+      3. Контроль за исполнением настоящего приказа возложить на первого вице-министра национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Исполняющий обязанности</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра национальной экономики</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1721,122 +1822,138 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Кусаинов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z144" w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Министр финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________ Б. Султанов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">от "___" ___________ 2016 года </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2097,285 +2214,286 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестиционная карта субъекта квазигосударственного сектора</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>на "       " __________ год</w:t>
+        <w:t>на "       " __________ год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Администратор бюджетной программы _______________________________</w:t>
+      Администратор бюджетной программы _______________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z62" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (наименование и код) </w:t>
+      (наименование и код) </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="285"/>
-[...16 lines deleted...]
-        <w:gridCol w:w="1833"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="684"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z63" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименования мероприятий/компонентов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1295" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Название участников (получатель инвестиций)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2401,53 +2519,57 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Источник</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -2493,51 +2615,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место реализации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1833" w:type="dxa"/>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2600,51 +2722,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2710,195 +2832,195 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Национальный фонд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заемные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Собственные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 другие (показать источник финансирования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="938" w:type="dxa"/>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стротельства (инвестиционный)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="939" w:type="dxa"/>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2956,698 +3078,604 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализованные инвестиционные проекты квазигосударственного сектора</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(в течение 10 лет)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="463" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="996" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1295" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1474" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...177 lines deleted...]
-            <w:tcW w:w="938" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="456" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1833" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3683,264 +3711,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3985,51 +3971,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4065,264 +4051,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4341,675 +4285,577 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="463" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="996" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1295" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1474" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...177 lines deleted...]
-            <w:tcW w:w="938" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="456" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1833" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5045,264 +4891,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5347,51 +5151,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5427,264 +5231,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5747,675 +5509,577 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализуемые инвестиционные проекты квазигосударственного сектора</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="52"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="463" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="996" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1295" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1474" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...177 lines deleted...]
-            <w:tcW w:w="938" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="456" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1833" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6451,264 +6115,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6753,51 +6375,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6833,264 +6455,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7109,675 +6689,577 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="463" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="996" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1295" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1474" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...177 lines deleted...]
-            <w:tcW w:w="938" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="456" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1833" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7813,264 +7295,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8115,51 +7555,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8195,264 +7635,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8515,675 +7913,577 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Планируемые к реализации инвестиционные проекты квазигосударственного сектора (в течение 5 лет)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="53"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="463" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="996" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1295" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1474" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...177 lines deleted...]
-            <w:tcW w:w="938" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="456" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1833" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9219,264 +8519,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9521,51 +8779,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9601,264 +8859,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9877,675 +9093,577 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="463" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="996" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1295" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1474" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...177 lines deleted...]
-            <w:tcW w:w="938" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="456" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1833" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10581,264 +9699,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10883,51 +9959,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10963,264 +10039,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11250,171 +10284,171 @@
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z86" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание:</w:t>
+      Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z87" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Наименование мероприятий/компонентов" указывается наименование мероприятий проекта. Количество и название глав должно соответствовать количеству и названию мероприятий, указанных в финансово-экономическом обоснований (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан) либо в плане развития юридического лица (в случае если источником финансирования являются заемные либо собственные средства), и предусматривающих приобретение активов проекта.</w:t>
+      В столбце "Наименование мероприятий/компонентов" указывается наименование мероприятий проекта. Количество и название глав должно соответствовать количеству и названию мероприятий, указанных в финансово-экономическом обоснований (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан) либо в плане развития юридического лица (в случае если источником финансирования являются заемные либо собственные средства), и предусматривающих приобретение активов проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z88" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В столбце "Название участников (получатель инвестиций)" указывается наименование субъекта квазигосударственного сектора, а также конечные получатели инвестиций, которым выделены/выделяются/будут выделяться средства. </w:t>
+      В столбце "Название участников (получатель инвестиций)" указывается наименование субъекта квазигосударственного сектора, а также конечные получатели инвестиций, которым выделены/выделяются/будут выделяться средства. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z89" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Стоимость проекта (тыс. тенге)" указывается общая стоимость проекта с учетом всех источников финансирования.</w:t>
+      В столбце "Стоимость проекта (тыс. тенге)" указывается общая стоимость проекта с учетом всех источников финансирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z90" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Источник финансирования (тыс. тенге)" отражаются средства в соответствующем столбце источника финансирования, в рамках которого выделены/выделяются/будут выделяться средства.</w:t>
+      В столбце "Источник финансирования (тыс. тенге)" отражаются средства в соответствующем столбце источника финансирования, в рамках которого выделены/выделяются/будут выделяться средства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z91" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Период строительства (инвестиционный)" указывается срок реализации/строительства инвестиционного проекта.</w:t>
+      В столбце "Период строительства (инвестиционный)" указывается срок реализации/строительства инвестиционного проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z92" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Период эксплуатации (эксплуатационный)" указывается срок эксплуатации инвестиционного проекта.</w:t>
+      В столбце "Период эксплуатации (эксплуатационный)" указывается срок эксплуатации инвестиционного проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11683,379 +10717,380 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сравнительная таблица по увеличению стоимости контрактов проекта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="747"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="204"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок (км)
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1656" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Первоначальная стоимость (тыс.тенге)
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2396" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Cкорректированная стоимость (тыс.тенге)
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5492" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Разница тыс.тенге (+) - увеличение, (-) - снижение
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Причина удорожания
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 всего
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оплачено
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1656" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
@@ -12141,496 +11176,433 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="63"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z100" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="64"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1656" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="5492" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="460" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="203" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="204" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z101" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="65"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2396" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12648,1132 +11620,1006 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z102" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="66"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2396" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="204" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z103" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="67"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2396" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="204" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z104" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="68"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2396" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="204" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z105" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1656" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="5492" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="460" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="203" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="204" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z106" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="70"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2396" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -13791,253 +12637,232 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="747" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z107" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2396" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="204" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -14328,359 +13153,360 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отраслевая карта субъекта квазигосударственного сектора </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="519"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1171"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z111" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="73"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименования мероприятий/компонентов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заказчик проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Название участников (получатель инвестиций)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3336" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стратегические и (или) программные документы Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сектор экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Начало реализации проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14721,397 +13547,334 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализованные инвестиционные проекты квазигосударственного сектора (в течение 10 лет)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="74"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15121,397 +13884,334 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализуемые инвестиционные проекты квазигосударственного сектора</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="75"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15521,745 +14221,691 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Планируемые к реализации инвестиционные проекты квазигосударственного сектора (в течение 5 лет)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="76"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z118" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Продолжение таблицы</w:t>
+      Продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1085"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="483"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z119" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата завершения проекта</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="78"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место реализации проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Показатели эффективности проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок окупаемости проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1888" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость проекта</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Источник</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -16335,278 +14981,286 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Национальный фонд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заемные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Собственные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Другие</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(показать источник</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>финансирования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
@@ -16639,553 +15293,462 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализованные инвестиционные проекты квазигосударственного сектора (в течение 10 лет)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="79"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
-[...501 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17195,553 +15758,462 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализуемые инвестиционные проекты квазигосударственного сектора</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="80"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
-[...501 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17751,951 +16223,882 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Планируемые к реализации инвестиционные проекты квазигосударственного сектора (в течение 5 лет)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="81"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
-[...501 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z127" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание:</w:t>
+      Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z128" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Наименование проекта" указывается наименование проекта.</w:t>
+      В столбце "Наименование проекта" указывается наименование проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z129" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Наименование мероприятий/компонентов" указывается наименование мероприятий проекта. Количество и название глав должно соответствовать количеству и названию мероприятий, указанных в финансово-экономическом обоснований (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан) либо в плане развития юридического лица (в случае если источником финансирования являются заемные либо собственные средства), и предусматривающих приобретение активов проекта.</w:t>
+      В столбце "Наименование мероприятий/компонентов" указывается наименование мероприятий проекта. Количество и название глав должно соответствовать количеству и названию мероприятий, указанных в финансово-экономическом обоснований (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан) либо в плане развития юридического лица (в случае если источником финансирования являются заемные либо собственные средства), и предусматривающих приобретение активов проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z130" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Заказчик проекта" указывается наименование ответственного государственного органа – администратора бюджетных программ (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан) либо юридического лица (в случае если источником финансирования являются заемные либо собственные средства).</w:t>
+      В столбце "Заказчик проекта" указывается наименование ответственного государственного органа – администратора бюджетных программ (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан) либо юридического лица (в случае если источником финансирования являются заемные либо собственные средства).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z131" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В столбце "Название участников (получатель инвестиций)" указывается наименование субъекта квазигосударственного сектора, а также конечные получатели инвестиций, которым выделены/выделяются/будут выделяться средства. </w:t>
+      В столбце "Название участников (получатель инвестиций)" указывается наименование субъекта квазигосударственного сектора, а также конечные получатели инвестиций, которым выделены/выделяются/будут выделяться средства. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z132" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Стратегические и (или) программные документы Республики Казахстан" указываются наименование установленных стратегических и (или) программных документов Республики Казахстан, в рамках которых предусмотрена реализация проекта (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан).</w:t>
+      В столбце "Стратегические и (или) программные документы Республики Казахстан" указываются наименование установленных стратегических и (или) программных документов Республики Казахстан, в рамках которых предусмотрена реализация проекта (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z133" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Сектор экономики" указывается наименование отрасли экономики, на которую оказывает эффект реализация проекта.</w:t>
+      В столбце "Сектор экономики" указывается наименование отрасли экономики, на которую оказывает эффект реализация проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z134" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Начало реализации проекта" указывается дата начала реализации проекта.</w:t>
+      В столбце "Начало реализации проекта" указывается дата начала реализации проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z135" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Стадия реализации проекта" указывается текущая ситуация по проекту на момент представления информации.</w:t>
+      В столбце "Стадия реализации проекта" указывается текущая ситуация по проекту на момент представления информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:bookmarkStart w:name="z136" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Дата завершения проекта" указывается дата завершения проекта по завершенным проектам или планируемая дата завершения по реализуемым и планируемым к реализации проектам.</w:t>
+      В столбце "Дата завершения проекта" указывается дата завершения проекта по завершенным проектам или планируемая дата завершения по реализуемым и планируемым к реализации проектам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z137" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Место реализации проекта" указывается населенный пункт и адрес где реализован/реализуется/планируется к реализации проект.</w:t>
+      В столбце "Место реализации проекта" указывается населенный пункт и адрес где реализован/реализуется/планируется к реализации проект.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z138" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Показатели эффективности проекта" указываются соотношение затрат на реализацию проекта и его результатов.</w:t>
+      В столбце "Показатели эффективности проекта" указываются соотношение затрат на реализацию проекта и его результатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:bookmarkStart w:name="z139" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Срок окупаемости проекта" указывается период времени, необходимый для того, чтобы доходы, генерируемые инвестициями, покрыли затраты на инвестиции (за исключением проектов, не предполагающих получение прямых денежных притоков от реализации товаров, работ или услуг).</w:t>
+      В столбце "Срок окупаемости проекта" указывается период времени, необходимый для того, чтобы доходы, генерируемые инвестициями, покрыли затраты на инвестиции (за исключением проектов, не предполагающих получение прямых денежных притоков от реализации товаров, работ или услуг).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:bookmarkStart w:name="z140" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Результаты" указываются целевые индикаторы, прямых и конечных результатов, характеризующие деятельность государственного органа по реализации стратегического плана, программы развития территории и (или) бюджетных программ (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан).</w:t>
+      В столбце "Результаты" указываются целевые индикаторы, прямых и конечных результатов, характеризующие деятельность государственного органа по реализации стратегического плана, программы развития территории и (или) бюджетных программ (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z141" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Стоимость проекта (тыс. тенге)" указывается общая стоимость проекта с учетом всех источников финансирования.</w:t>
+      В столбце "Стоимость проекта (тыс. тенге)" указывается общая стоимость проекта с учетом всех источников финансирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z142" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Источник финансирования (тыс. тенге)" отражаются средства в соответствующем столбце источника финансирования, в рамках которого выделены/выделяются/будут выделяться средства.</w:t>
+      В столбце "Источник финансирования (тыс. тенге)" отражаются средства в соответствующем столбце источника финансирования, в рамках которого выделены/выделяются/будут выделяться средства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z143" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В столбце "Примечание" указываются в случае не достижения показателей эффективности и результатов проекта, а также срыва сроков реализации проекта, их причины и принимаемые меры (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан).</w:t>
+      В столбце "Примечание" указываются в случае не достижения показателей эффективности и результатов проекта, а также срыва сроков реализации проекта, их причины и принимаемые меры (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -19017,35 +17420,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>