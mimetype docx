--- v0 (2025-10-15)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5121e73" w14:textId="5121e73">
+    <w:p w14:paraId="57dea4c" w14:textId="57dea4c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1064,274 +1064,294 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2. Прием осуществляется в соответствии с утвержденным МО РК, Планом набора, составляемым структурным подразделением МО РК, курирующим вопросы военного образования (далее – структурное подразделение) до 1 марта, за исключением приема по образовательным программам с сокращенными сроками обучения по родственным направлениям подготовки в военные учебные заведения, подведомственные МО РК, реализующие образовательные программы высшего образования (далее – военные институты).</w:t>
+        <w:t>2. Прием осуществляется в соответствии с утвержденным МО РК Планом набора, составляемым структурным подразделением МО РК, курирующим вопросы военного образования (далее – структурное подразделение) до 1 марта, в котором указывается квота приема, за исключением приема по образовательным программам с сокращенными сроками обучения по родственным направлениям подготовки в военные учебные заведения, подведомственные МО РК, реализующие образовательные программы высшего образования (далее – военные институты).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z572" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Прием по образовательным программам с сокращенными сроками обучения по родственным направлениям подготовки в военные институты, осуществляется в соответствии с утвержденным МО РК, Планом набора, составляемым структурным подразделением до 1 июня года приема, с учетом образовавшегося в военных институтах некомплекта обучаемых, зачисленных в предыдущем году.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 2-1 в соответствии с приказом Министра обороны РК от 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z572" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z174" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. До 15 апреля года приема начальники структурных подразделений МО РК, Генерального штаба Вооруженных Сил Республики Казахстан (далее – ГШ), главнокомандующие видами Вооруженных Сил Республики Казахстан (далее – ВС РК), командующие родами ВС РК, начальники главных управлений и управлений ВС РК, а также государственные органы, военнослужащие и сотрудники которых в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 39-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона имеют право поступать в Национальный университет обороны Республики Казахстан, в интересах которых осуществляется подготовка специалистов (далее – заказчики) и начальники военных учебных заведений (далее – ВУЗ) представляют в структурное подразделение кандидатов в составы приемных комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z773" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Составы приемных комиссий утверждаются приказом Министра обороны Республики Казахстан до 1 июня года приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 2-1 в соответствии с приказом Министра обороны РК от 26.06.2024 </w:t>
-[...111 lines deleted...]
-        <w:t>№ 186</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4721,91 +4741,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z235" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      34. В случае одинаковых показателей при проведении конкурсного отбора на зачисление в военные колледжи преимущественное право имеют лица, указанные в пункте 1 статьи 39 Закона.</w:t>
+        <w:t xml:space="preserve">
+      34. При проведении конкурса на зачисление в военные учебные заведения преимущественное право при условии успешного прохождения всех этапов конкурсного отбора, имеют лица, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 39 Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 34 - в редакции приказа и.о. Министра обороны РК от 21.07.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 469</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5165,91 +5205,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Прием в военные учебные заведения, реализующие образовательные программы высшего образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z239" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      37. В военные институты поступают граждане в соответствии с подпунктами 1), 2) и 3) пункта 1 статьи 39 Закона, а также выпускники военного колледжа, на обучение по образовательным программам с сокращенными сроками обучения по родственным направлениям подготовки.</w:t>
+        <w:t xml:space="preserve">
+      37. В военные институты поступают граждане в соответствии с подпунктами 1), 2) и 3) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона, а также выпускники военного колледжа, на обучение по образовательным программам с сокращенными сроками обучения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 37 - в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 667</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5700,51 +5760,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z63" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Граждане, прошедшие специальную проверку, годные по состоянию здоровья к обучению, набравшие не менее 50 баллов по 5 предметам ЕНТ (в том числе не менее 7 баллов по одному из профильных предметов и не менее 3 баллов по каждому из остальных предметов) прибывают в военный институт для сдачи документов в период с 15 по 31 июля включительно года приема.</w:t>
+      Граждане, прошедшие специальную проверку, годные по состоянию здоровья к обучению, набравшие не менее 50 баллов по 5 предметам ЕНТ (в том числе не менее 5 баллов по одному из профильных предметов и не менее 3 баллов по каждому из остальных предметов) прибывают в военный институт для сдачи документов в период с 15 по 31 июля включительно года приема.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z64" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Поступающие обратившиеся через портал прибывают в военный институт согласно полученному уведомлению в "личном кабинете".";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
@@ -5789,61 +5849,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); с изменениями, внесенными приказом Министра обороны РК от 02.04.2025 </w:t>
+        <w:t xml:space="preserve">); с изменениями, внесенными приказами Министра обороны РК от 02.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5881,52 +5961,92 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. Поступающий из числа военнослужащих для поступления в военный институт до 10 мая года приема обращается с соответствующим рапортом на имя командира воинской части. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z584" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Командир воинской части, в отношении военнослужащего, который изъявил желание поступить в военный институт, организует работу по специальной проверке в соответствии с Законом об ОНБ РК и направляет военнослужащего в пункты приема ЕНТ по месту службы. Военнослужащий, прошедший специальную проверку, набравший не менее 50 баллов по 5 предметам ЕНТ (в том числе не менее 7 баллов по одному из профильных предметов и не менее 3 баллов по каждому из остальных предметов), направляется в учебный отпуск в соответствии с пунктом 135 Правил прохождения воинской службы в Вооруженных Силах, других войсках и воинских формированиях Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 25 мая 2006 года № 124 (далее – Правила прохождения воинской службы) с указанием даты прибытия в военный институт не позднее 31 июля года приема.</w:t>
+        <w:t xml:space="preserve">
+      Командир воинской части, в отношении военнослужащего, который изъявил желание поступить в военный институт, организует работу по специальной проверке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом об ОНБ РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляет военнослужащего в пункты приема ЕНТ по месту службы. Военнослужащий, прошедший специальную проверку, набравший не менее 50 баллов по 5 предметам ЕНТ (в том числе не менее 5 баллов по одному из профильных предметов и не менее 3 баллов по каждому из остальных предметов), направляется в учебный отпуск в соответствии с пунктом 135 Правил прохождения воинской службы в Вооруженных Силах, других войсках и воинских формированиях Республики Казахстан, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Указом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 25 мая 2006 года № 124 (далее – Правила прохождения воинской службы) с указанием даты прибытия в военный институт не позднее 31 июля года приема.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:bookmarkStart w:name="z585" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для военнослужащих обратившимся через портал специальная проверка организуется ВУЗом в соответствии с Законом об ОНБ РК и результат приходит в ВУЗ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z586" w:id="106"/>
     <w:p>
@@ -5971,91 +6091,111 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 41 – - в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 41 - в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">); с изменением, внесенным приказом Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z543" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6516,51 +6656,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом сдача профессионально-психологического тестирования и сдача нормативов по физической подготовке осуществляется при Школах и специализированном лицее "Арыстан" комиссией, созданной в Министерстве обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z84" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Выпускники Школ и специализированного лицея "Арыстан", прошедшие специальную проверку, годные по состоянию здоровья к обучению, сдавшие профессионально-психологическое тестирование и нормативы по физической подготовке, набравшие не менее 50 баллов по результатам ЕНТ (в том числе не менее 7 баллов по одному из профильных предметов и не менее 3 баллов по каждому из остальных предметов), прибывают в военные институты 31 июля года приема для прохождения окончательного медицинского освидетельствования.</w:t>
+      Выпускники Школ и специализированного лицея "Арыстан", прошедшие специальную проверку, годные по состоянию здоровья к обучению, сдавшие профессионально-психологическое тестирование и нормативы по физической подготовке, набравшие не менее 50 баллов по результатам ЕНТ (в том числе не менее 5 баллов по одному из профильных предметов и не менее 3 баллов по каждому из остальных предметов), прибывают в военные институты 31 июля года приема для прохождения окончательного медицинского освидетельствования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:bookmarkStart w:name="z85" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Поступающие обратившиеся через портал прибывают в военный институт согласно полученному уведомлению в "личном кабинете".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
@@ -6585,50 +6725,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 42 – в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z544" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7094,90 +7254,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z545" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43-1. Выпускники военных колледжей поступают в военные институты по смежным специальностям, на основе результатов сдачи итоговой аттестации.</w:t>
+      43-1. Выпускники военных колледжей поступают в военные институты на основе результатов сдачи итоговой аттестации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 43-1 в соответствии с приказом Министра обороны РК от 31.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7438,110 +7618,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. В военные институты зачисляются поступающие, находящиеся в рейтинге с первого номера по номер, соответствующий количеству выделенных мест по плану набора. Допускается превышение плана набора до 10% от общего количества. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
     <w:bookmarkStart w:name="z273" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      50. В случае одинаковых показателей при проведении конкурса на зачисление в военные институты преимущественное право имеют лица, указанные в </w:t>
+      50. При проведении конкурса на зачисление в военные институты преимущественное право при условии успешного прохождения всех этапов конкурсного отбора, имеют лица, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 39 Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 50 - в редакции приказа и.о. Министра обороны РК от 21.07.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 469</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 50 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -8159,75 +8339,157 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для поступления в военную интернатуру отбираются выпускники медицинских ВУЗов, находящиеся в рейтинге с первого номера по номер, соответствующий количеству выделенных мест по количеству квоты. Допускается превышение квоты до 10% от общего количества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
     <w:bookmarkStart w:name="z618" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      В случае одинаковых показателей при проведении конкурса на зачисление в военные институты преимущественное право имеют лица, указанные в пункте 1 статьи 39 Закона.</w:t>
+        <w:t xml:space="preserve">
+      При проведении конкурса на зачисление в военные институты преимущественное право при условии успешного прохождения всех этапов конкурсного отбора, имеют лица, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 39 Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
     <w:bookmarkStart w:name="z619" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Секретарем комиссии ГВМУ их решение доводится до каждого выпускника медицинского ВУЗа, подавшего документы для поступления в военную интернатуру, посредством электронного сообщения, протокол комиссии ГВМУ размещается на интернет ресурсе Министерства обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 53-6 с изменением, внесенным приказом Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z620" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53-7. Протокол комиссии ГВМУ и личные дела выпускников медицинского ВУЗа, отобранных в военную интернатуру, направляются в структурное подразделение МО РК, курирующее вопросы кадровой работы для присвоения первого воинского звания офицерского состава "лейтенант медицинской службы запаса", в соответствии Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
     <w:bookmarkStart w:name="z621" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8424,708 +8686,736 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z285" w:id="172"/>
-[...15 lines deleted...]
-      55. Начальники структурных подразделений МО РК, Генерального штаба, главных управлений Вооруженных Сил Республики Казахстан, главнокомандующие видами, командующие войсками региональных командований, родами войск ВС РК, командиры воинских частей (начальники учреждений) проводят предварительный отбор кандидатов, их профессионально-психологическое тестирование и рассмотрение на заседаниях аттестационных комиссий.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Начальники структурных подразделений МО РК, ГШ, главнокомандующие видами ВС РК, командующие родами ВС РК, начальники главных управлений и управлений ВС РК проводят предварительный отбор кандидатов, их профессионально-психологическое тестирование и рассмотрение на заседаниях аттестационных комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z774" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Списки отобранных кандидатов направляются в структурное подразделение МО РК, курирующее вопросы кадровой работы, до 1 апреля года приема.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z775" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предварительный отбор и прием на факультет "Военной дипломатической академии" НУО по специальности "Аналитическая работа в военном деле" осуществляет войсковая часть 14776.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z776" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предварительный отбор кандидатов из числа военнослужащих и сотрудников государственных органов осуществляют соответствующие государственные органы, при этом отбор кандидатов из числа работников мобилизационных подразделений государственных органов осуществляет уполномоченный орган в области мобилизационной подготовки. Списки отобранных кандидатов направляются в МО РК до 20 мая года приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 55 - в редакции приказа Министра обороны РК от 31.01.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 55 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z286" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Списки кандидатов от ВС РК, поступающих для обучения в магистратуру оперативно-тактического уровня и докторантуру НУО, формируются структурным подразделением МО, курирующим вопросы кадровой работы и утверждаются первым заместителем Министра обороны – начальником Генерального штаба ВС РК в срок до 1 мая года приема на основании Плана набора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z777" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После утверждения списки в магистратуру оперативно-тактического уровня и в докторантуру направляются в НУО для проведения вступительных экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z778" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Списки кандидатов от ВС РК, поступающих для обучения в магистратуру НУО оперативно-стратегического и стратегического уровней, формируются до 25 мая года приема структурным подразделением МО, курирующим вопросы кадровой работы на основе заявок, поступающих от заместителей МО РК по направлениям и до 30 июня представляются в Высшую аттестационную комиссию (далее – ВАК) для проведения конкурсного отбора и собеседования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z779" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Списки кандидатов от государственных органов обобщаются структурным подразделением и до 1 июня года приема направляются в НУО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 56 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z546" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56-1. Конкурсный отбор лиц, поступающих в магистратуру оперативно-стратегического и стратегического уровней управления осуществляется ВАК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      До 10 июня года приема комиссия ВАК рассматривает списки кандидатов и определяет дату проведения собеседования с кандидатами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Собеседование проводится в офлайн формате, с прибытием поступающих, но не позднее 25 июня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам проведенного собеседования, комиссия путем голосования определяют лиц, прошедших конкурсный отбор и рекомендованных к поступлению. Решение конкурсной комиссии оформляется протоколом заседания ВАК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При равном количестве голосов решающим является голос председателя ВАК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 56-1 в соответствии с приказом Министра обороны РК от 31.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);с изменением, внесенным приказом Министра обороны РК от 26.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 667</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Требования к поступающим в профильную магистратуру по оперативно-тактическому уровню управления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z780" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие высшего образования и не менее 2 лет прохождения службы на должностях заместителя командира батальона, ему равных и выше, для мобилизационных работников государственных органов – не менее 2 лет стажа работы в мобилизационных подразделениях государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z781" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на отдельные специальности при наличии диплома с отличием о высшем образовании и не менее 1 года прохождения службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 57 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z286" w:id="173"/>
-[...389 lines deleted...]
-    <w:bookmarkStart w:name="z290" w:id="176"/>
+    <w:bookmarkStart w:name="z290" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Требования к поступающим в профильную магистратуру по стратегическому и оперативно-стратегическому уровням управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z291" w:id="177"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z291" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие послевузовского образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z626" w:id="178"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z626" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) не менее 2 лет прохождения службы на должностях командира бригады (базы), командира соединения, заместителя командующего регионального командования (рода войск), начальника отдела департамента МО РК или Генерального штаба ВС РК, начальника управления вида войск или главного управления ВС РК, им равных и выше.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z627" w:id="179"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z627" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58-1. Требования к поступающим для обучения по программам резидентуры:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z628" w:id="180"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z628" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие документа, указывающего квалификацию "врача";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z629" w:id="181"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z629" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не менее 1 года прохождения службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9144,130 +9434,192 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z293" w:id="182"/>
+    <w:bookmarkStart w:name="z293" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Предварительный отбор в научную и педагогическую магистратуру по всем уровням управления осуществляется структурным подразделением среди поступающих, имеющих высшее образование, не менее 2 научных публикаций или одно учебное, учебно-методическое, методическое пособие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z295" w:id="184"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z294" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. В докторантуру принимаются поступающие, имеющие послевузовское образование, не менее 3 научных публикаций или 2 учебных пособий, в том числе, для мобилизационных работников государственных органов – не менее 5 лет стажа работы в мобилизационных подразделениях государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 60 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. НУО разрабатывает примерный перечень вопросов по дисциплинам, выносимым на вступительные экзамены по профилю, и до 20 марта года приема проводят согласование с заказчиками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z52" w:id="185"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z52" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В срок до 20 апреля года приема НУО направляет в адрес заказчиков перечень вопросов, выносимых на вступительные экзамены по профилю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9286,70 +9638,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="186"/>
+    <w:bookmarkStart w:name="z296" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Кандидатам, поступающим в НУО для подготовки и сдачи вступительных экзаменов, предоставляется учебный отпуск. Прибытие поступающих в НУО – не позднее 15 июня года приема. В период с 15 по 20 июня года приема в НУО организуются консультации по вступительным экзаменам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9368,342 +9720,482 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="187"/>
+    <w:bookmarkStart w:name="z297" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. Приемная комиссия НУО проверяет у поступающих подлинники документов, согласно приложению 4 к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z298" w:id="188"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z298" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>64. Прием в НУО осуществляется на основании вступительных экзаменов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z631" w:id="189"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z782" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в магистратуру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z632" w:id="190"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z783" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по профилю;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z634" w:id="192"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z784" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по физической подготовке (для гражданского персонала – по иностранному языку);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z785" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по государственному языку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z786" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в докторантуру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z635" w:id="193"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z787" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по профилю;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z636" w:id="194"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z788" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по иностранному языку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z789" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по государственному языку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z790" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) для обучения по программам резидентуры – по профилю специальности резидентуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z791" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) для обучения по программам дистанционного обучения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z792" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по профилю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z793" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по иностранному языку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z794" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по государственному языку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z795" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии действующего сертификата по системе оценки уровня владения казахским языком КАЗТЕСТ с уровнем не менее В2, поступающий освобождается от сдачи вступительного экзамена по государственному языку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z796" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для приема вступительных экзаменов для обучения по программам резидентуры заказчик вправе привлекать представителей организации высшего и (или) послевузовского образования в области здравоохранения, университетских больниц, а также в национальных и (или) научных центров, научно-исследовательских институтов, аккредитованных в качестве баз резидентуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 64 - в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 667</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 64 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z303" w:id="197"/>
+    <w:bookmarkStart w:name="z303" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Сдача каждого вступительного экзамена допускается только один раз. Поступающий, не сдавший предыдущий экзамен, к следующему экзамену не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9722,70 +10214,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z304" w:id="198"/>
+    <w:bookmarkStart w:name="z304" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Председатель приемной комиссии до 15 июня года приема утверждает график сдачи вступительных экзаменов в период с 20 по 30 июня года приема включительно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9804,70 +10296,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z305" w:id="199"/>
+    <w:bookmarkStart w:name="z305" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Экзамен по физической подготовке включает прием нормативов по физической подготовке для военнослужащих, в соответствии с Приказом № 195 и проводится представителями структурного подразделения Генерального штаба ВС РК, курирующего вопросы физической подготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9886,342 +10378,300 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Программы экзаменов по профилю включают Перечень вопросов и определяют порядок проведения экзамена и критерии оценивания поступающих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z58" w:id="201"/>
+    <w:bookmarkStart w:name="z797" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экзаменационные билеты формируются экзаменационными комиссиями по профилю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="203"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z798" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      До 1 мая года приема заказчики представляют в НУО кандидатов для включения в проект приказа об утверждении составов экзаменационных комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z799" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Составы экзаменационных комиссий утверждаются приказом первого заместителя Министра обороны – начальника Генерального штаба ВС РК в срок до 10 июня года приема, состоящие из не менее трех человек, и формируются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z61" w:id="204"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z800" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в магистратуру, резидентуру – из числа представителей заказчиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="206"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z801" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в докторантуру – из числа военнослужащих (служащих), имеющих послевузовское образование, для мобилизационных работников государственных органов – из числа лиц, имеющих послевузовское образование, представленных уполномоченным органом в области мобилизационной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z802" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Секретари экзаменационных комиссий назначаются из числа профессорско-преподавательского состава НУО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z64" w:id="207"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z803" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для организации работы приемной и экзаменационных комиссий НУО разрабатывает Положение о порядке проведения вступительных экзаменов в Национальном университете обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 68 – в редакции приказа Министра обороны РК от 07.04.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 186</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 68 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра обороны РК от 29.01.2024 </w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z639" w:id="208"/>
+    <w:bookmarkStart w:name="z639" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>69. Поступающие, набравшие положительные баллы по результатам вступительных экзаменов допускаются к конкурсному отбору по специальности, с учетом утвержденного количества мест для других ведомств, согласно плану набора, в соответствии с рейтингом и проводится приемной комиссией до 30 июня года приема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10240,70 +10690,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z640" w:id="209"/>
+    <w:bookmarkStart w:name="z640" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69-1. Конкурсный отбор поступающих в резидентуру осуществляется путем суммативного оценивания результатов обучения в интернатуре (GPA), итоговой государственной аттестации (ИГА) интернатуры и вступительного экзамена по специальности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10322,70 +10772,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z309" w:id="210"/>
+    <w:bookmarkStart w:name="z309" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. При поступлении в докторантуру с использованием дистанционного обучения кандидатов из числа руководства Министерства обороны (заместителей Министра обороны, начальника Генерального штаба) и НУО (начальника и его заместителей), в состав экзаменационной комиссии дополнительно включаются представители сторонних организаций, имеющих послевузовское образование и опыт работы в сфере обороны и военной безопасности не менее пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10404,150 +10854,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z522" w:id="211"/>
+    <w:bookmarkStart w:name="z522" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-1. В период работы приемной комиссии в НУО создается апелляционная комиссия. Состав апелляционной комиссии утверждается приказом начальника НУО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z523" w:id="212"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z523" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Апелляционные комиссии создаются для рассмотрения заявлений поступающих, несогласных с результатами вступительных экзаменов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z524" w:id="213"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z524" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление на апелляцию подается на имя председателя апелляционной комиссии до 10.00 часов следующего календарного дня после объявления результатов вступительных экзаменов и рассматривается в тот же календарный день.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z525" w:id="214"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z525" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Апелляционная комиссия работает по каждому заявлению на апелляцию в индивидуальном порядке. В случае неявки поступающего на заседание апелляционной комиссии, его заявление на апелляцию не рассматривается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z526" w:id="215"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z526" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение апелляционной комиссии принимается большинством голосов от общего числа членов комиссии. При равенстве голосов голос председателя комиссии является решающим. Работа апелляционной комиссии оформляется протоколом, подписанным председателем и всеми членами комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10620,90 +11070,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="216"/>
+    <w:bookmarkStart w:name="z311" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. В НУО зачисляются поступающие, находящиеся в рейтинге по специальности с первого номера по номер, соответствующий количеству выделенных мест на специальность по плану набора, с учетом распределения мест по различным ведомствам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z75" w:id="217"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z75" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение приемной комиссии объявляется до 10.00 часов 1 июля года приема и размещается в здании НУО в местах, доступных для всеобщего обозрения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10722,70 +11172,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z317" w:id="218"/>
+    <w:bookmarkStart w:name="z317" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. На основании решения приемной комиссии о зачислении и решения ВАК, структурное подразделение МО РК, курирующее вопросы кадровой работы до 1 августа года приема издает приказ Министра обороны Республики Казахстан о зачислении в НУО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10804,110 +11254,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z641" w:id="219"/>
+    <w:bookmarkStart w:name="z641" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73-1. Военнослужащий, зачисленный на обучение в НУО заключает контракт о прохождении воинской службы с начальником НУО:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z642" w:id="220"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z642" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в магистратуру, докторантуру, адъюнктуру – на срок обучения и на пять лет воинской службы после окончания военного учебного заведения либо до достижения предельного возраста состояния на воинской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z643" w:id="221"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z643" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в резидентуру (клиническую ординатуру) - на десять лет воинской службы после окончания военного учебного заведения либо до достижения предельного возраста состояния на воинской службе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10926,80 +11376,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z644" w:id="222"/>
+    <w:bookmarkStart w:name="z644" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>74. В случае одинаковых показателей при проведении конкурса на зачисление в НУО преимущественное право имеют лица, набравшие наиболее высокий балл по профильному экзамену.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11038,110 +11488,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z645" w:id="223"/>
+    <w:bookmarkStart w:name="z645" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. В соответствии с подпунктом 11) пункта 2 статьи 5 Закона Республики Казахстан "О государственных услугах" и с приказом исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8555) услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z646" w:id="224"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z646" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении изменений и (или) дополнений в Правила структурное подразделение, курирующее вопросы военного образования, направляет информацию оператору информационно-коммуникационной инфраструктуры "электронного правительства", Единый контакт-центр и услугодателя о таких изменениях и (или) дополнениях в течение 3 (трех) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z647" w:id="225"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z647" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При получении отрицательного ответа от военного учебного заведения, информационная система "интеграционный шлюз мобилизационных ресурсов" (далее - ИШ) направляет запрос в Министерство здравоохранения о состоянии гражданина в нарко-, психо-, и противотуберкулезном диспансерном учете, а также состоянии его здоровья за последние 3 (три) года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11160,110 +11610,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z648" w:id="226"/>
+    <w:bookmarkStart w:name="z648" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76. При выявлении оснований для отказа указанных в пункте 10 Перечня, сотрудник услугодатель направляет в "личный кабинет" услугополучателя уведомление об отказе в оказании государственной услуги по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z649" w:id="227"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z649" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отказа услугодатель предварительно уведомляет услугополучателя об отказе в оказании услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позиции по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11302,70 +11752,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z650" w:id="228"/>
+    <w:bookmarkStart w:name="z650" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления. По результатам заслушивания услугодатель принимает решение о возможности в восстановлении, либо отказе в восстановлении в военное учебное заведение. В случае устранения услугополучателем причин отказа в оказании государственной услуги услугополучатель обратиться повторно для получения государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11571,328 +12021,328 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>программы соответствующего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z321" w:id="229"/>
+    <w:bookmarkStart w:name="z321" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень документов, представляемых поступающим в Школу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z322" w:id="230"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z322" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заявление о приеме в произвольной форме с указанием фамилии, имени и отчества (при его наличии), дата рождения, адрес места жительства поступающего, контактные данные родителей или законных представителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z323" w:id="231"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z323" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Копия свидетельства о рождении (подлинник для сверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z324" w:id="232"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z324" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Копия свидетельства об основном среднем образовании (подлинник и копия).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z325" w:id="233"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z325" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Фотографии размером 3х4 см-4 шт.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z326" w:id="234"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z326" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Медицинские документы и результаты медицинских исследований в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил проведения военно-врачебной экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z327" w:id="235"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z327" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Рекомендательное письмо директора образовательного учреждения с печатью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z328" w:id="236"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z328" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Документ (при наличии), подтверждающий спортивный разряд, призовое место в республиканском либо международном соревнованиях, конкурсах исполнителей текущего года, на международной олимпиаде по общеобразовательным предметам, а также на Президентской либо республиканской олимпиаде по общеобразовательным предметам текущего года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z329" w:id="237"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z329" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Дети-сироты и дети, которые остались без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), а также в иных случаях отсутствия родительского попечения дополнительно представляют копию (подлинник для сверки) одного из следующих документов, подтверждающих факт отсутствия родительского попечения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z330" w:id="238"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z330" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       свидетельство о смерти родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z331" w:id="239"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z331" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       решение суда об ограничении или лишении родительских прав родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z332" w:id="240"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z332" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       решение суда о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z333" w:id="241"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z333" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Дети военнослужащих, погибших или получивших инвалидность при исполнении обязанностей воинской службы, пропавших без вести во время прохождения службы, представляют справку из местного органа военного управления по месту жительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11965,804 +12415,784 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в военные учебные заведения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подведомственные</w:t>
+              <w:t>подведомственные Министерству обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министерству обороны</w:t>
+              <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан,</w:t>
+              <w:t>реализующие образовательные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующие образовательные</w:t>
+              <w:t>программы соответствующего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>программы соответствующего уровня</w:t>
+              <w:t>уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z550" w:id="242"/>
+    <w:bookmarkStart w:name="z550" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень документов для поступления в военные колледжи и военные учебные заведения реализующие образовательные программы высшего образования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра обороны РК от 02.04.2025 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 351</w:t>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z729" w:id="243"/>
+    <w:bookmarkStart w:name="z804" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заявление о приеме в произвольной форме или рапорт с указанием фамилии, имени и отчества (при его наличии), даты рождения, адрес места жительства поступающего, контактные данные их законных представителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z730" w:id="244"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z805" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Удостоверения личности (подлинник для сверки), либо электронный документ из сервиса цифровых документов. До достижения, поступающего 16 (шестнадцатилетнего) возраста предоставляется копия свидетельства о рождении (подлинник для сверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z731" w:id="245"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z806" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Копия военного билета (только военнослужащие, в том числе запаса, подлинник).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z732" w:id="246"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z807" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аттестат о среднем (полном) образовании, либо диплом о получении технического и профессионального образования, для Военного колледжа на базе основного среднего образования свидетельство об основном среднем образовании (подлинник и копия).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z734" w:id="248"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z808" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сертификат ЕНТ (за исключением поступающих в Военные колледжи и лиц, прошедших (проходящих) срочную воинскую службу прошедших конкурсный отбор) с результатом не менее 50 баллов по 5 предметам ЕНТ (в том числе не менее 5 баллов по одному из профильных предметов и не 3 баллов по каждому из остальных предметов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z809" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Медицинская справка, выданная по форме 075/у утвержденная </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (далее – форма 75/у) и результаты медицинских исследований, проведенных не ранее чем за 30 (тридцать) календарных дней до прибытия в ВУЗ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z735" w:id="249"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z810" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общий анализ крови;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z736" w:id="250"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z811" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реакция микропреципитации (микрореакция) на сифилис;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z737" w:id="251"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z812" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общий анализ мочи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z738" w:id="252"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z813" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рентгенография придаточных пазух носа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z739" w:id="253"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z814" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрокардиография в 12 (двенадцати) отведениях в покое (после нагрузки – по показаниям);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z740" w:id="254"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z815" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       флюорографическое (рентгенологическое) исследование органов грудной клетки проводится не позже 3 (трех) месяцев на день медицинского освидетельствования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z741" w:id="255"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z816" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       анализ крови на бруцеллез (работающим в животноводстве и (или) имеющим скот в личном хозяйстве);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z742" w:id="256"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z817" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       медицинскую карту амбулаторного пациента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z743" w:id="257"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z818" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       карту профилактических прививок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z744" w:id="258"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z819" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кандидаты, поступающие на летные специальности военного учебного заведения по подготовке авиационного персонала дополнительно представляют результаты медицинских исследований, проведенных не ранее чем за 30 (тридцать) календарных дней до начала медицинского освидетельствования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z745" w:id="259"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z820" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрокардиография в 12 (двенадцати) отведениях после физической нагрузки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z746" w:id="260"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z821" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ультразвуковое исследование щитовидной железы, сердца, мочеполовой системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z747" w:id="261"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z822" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исследование крови на сахар и маркеры гепатитов В и С;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z748" w:id="262"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z823" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тональная аудиометрия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z749" w:id="263"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z824" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электроэнцефалография.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z750" w:id="264"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z825" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Документ (при наличии), подтверждающий спортивный разряд, призовое место на республиканском либо международном соревнованиях, конкурсах исполнителей текущего года, на международной олимпиаде по общеобразовательным предметам, а также на Президентской либо республиканской олимпиаде по общеобразовательным предметам текущего года (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z751" w:id="265"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z826" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Фотографии размером 3х4 - 4 штук.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z752" w:id="266"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z827" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Дети-сироты и дети, которые остались без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), а также в иных случаях отсутствия родительского попечения дополнительно представляют копию (подлинник для сверки) одного из следующих документов, подтверждающих факт отсутствия родительского попечения (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z753" w:id="267"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z828" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       свидетельство о смерти родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z754" w:id="268"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z829" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       решение суда об ограничении или лишении родительских прав родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z755" w:id="269"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z830" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       решение суда о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z756" w:id="270"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z831" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Дети военнослужащих, погибших или получивших инвалидность при исполнении обязанностей воинской службы, пропавших без вести во время прохождения службы, представляют справку с местного органа военного управления по месту жительства (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z757" w:id="271"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z832" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Справка о прохождении специальной проверки (за исключением лиц, поступающих в военный колледж на базе основного среднего образования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z833" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Лица, отслужившие срочную воинскую службу, дополнительно представляют в приемную комиссию сертификат о прохождении конкурсного отбора в войсках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12880,68 +13310,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">реализующие образовательные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>программы соответствующего уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z521" w:id="274"/>
+    <w:bookmarkStart w:name="z521" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нормативы по физической подготовке для поступления в Школы и Военный колледж на базе основного среднего образования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14574,172 +15004,172 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в военные учебные заведения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подведомственные</w:t>
+              <w:t>подведомственные Министерству обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министерству обороны</w:t>
+              <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан,</w:t>
+              <w:t>реализующие образовательные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующие образовательные</w:t>
+              <w:t>программы соответствующего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">программы соответствующего уровня </w:t>
+              <w:t xml:space="preserve">уровня </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z686" w:id="275"/>
+    <w:bookmarkStart w:name="z686" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 2-2 в соответствии с приказом Министра обороны РК от 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра обороны РК от 02.04.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 351</w:t>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -15025,52 +15455,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15079,51 +15509,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Местные органы военного управления и военные учебные заведения.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2. Веб-портал "электронного правительства": www.egov.kz (далее – портал).</w:t>
+              <w:t>
+2. Веб-портал "электронного правительства": www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15681,51 +16112,52 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) с перерывом на обед с 13.00 до 14.00 часов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+              <w:t xml:space="preserve">
+2. Портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, прием рапортов и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -15831,751 +16263,754 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. При обращении через портал:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) заполнение заявление в форме электронного документа, подписанного ЭЦП услугополучателя;</w:t>
+              <w:t>
+1) заполнение заявление в форме электронного документа, подписанного ЭЦП услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) электронная копия характеристики с последнего места службы (работы или учебы);</w:t>
+              <w:t>
+2) электронная копия характеристики с последнего места службы (работы или учебы);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) форма № 075/у и результаты медицинских исследований проведенных не ранее чем за 30 (тридцать) календарных дней до прибытия в военные учебные заведения (общий анализ крови; реакция микропреципитации (микрореакция) на сифилис; общий анализ мочи; рентгенография придаточных пазух носа, электрокардиография в двенадцати отведениях в покое (после нагрузки – по показаниям), флюорографическое (рентгенологическое) исследование органов грудной клетки проводится не позже 3 (трех) месяцев на день медицинского освидетельствования, анализ крови на бруцеллез (работающим в животноводстве и (или) имеющим скот в личном хозяйстве), медицинскую карту амбулаторного пациента, карту профилактических прививок;</w:t>
+              <w:t>
+3) форма № 075/у и результаты медицинских исследований проведенных не ранее чем за 30 (тридцать) календарных дней до прибытия в военные учебные заведения (общий анализ крови; реакция микропреципитации (микрореакция) на сифилис; общий анализ мочи; рентгенография придаточных пазух носа, электрокардиография в двенадцати отведениях в покое (после нагрузки – по показаниям), флюорографическое (рентгенологическое) исследование органов грудной клетки проводится не позже 3 (трех) месяцев на день медицинского освидетельствования, анализ крови на бруцеллез (работающим в животноводстве и (или) имеющим скот в личном хозяйстве), медицинскую карту амбулаторного пациента, карту профилактических прививок;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В случае нахождения гражданина на учете в медицинских организациях психоневрологического, наркологического, противотуберкулезного и кожно-венерологического профиля, а также состояния на диспансерном учете по хроническим заболеваниям и перенесенным в течение последних двенадцати месяцев инфекционных и паразитарных заболеваний гражданин считается не годным к поступлению в ВУЗ.</w:t>
+              <w:t>
+В случае нахождения гражданина на учете в медицинских организациях психоневрологического, наркологического, противотуберкулезного и кожно-венерологического профиля, а также состояния на диспансерном учете по хроническим заболеваниям и перенесенным в течение последних двенадцати месяцев инфекционных и паразитарных заболеваний гражданин считается не годным к поступлению в ВУЗ.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кандидаты, поступающие на летные специальности военного учебного заведения по подготовке авиационного персонала, дополнительно представляют результаты медицинских исследований, проведенных не ранее чем за тридцать календарных дней до начала медицинского освидетельствования:</w:t>
+              <w:t>
+Кандидаты, поступающие на летные специальности военного учебного заведения по подготовке авиационного персонала, дополнительно представляют результаты медицинских исследований, проведенных не ранее чем за тридцать календарных дней до начала медицинского освидетельствования:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>электрокардиография в 12 (двенадцати) отведениях после физической нагрузки;</w:t>
+              <w:t>
+электрокардиография в 12 (двенадцати) отведениях после физической нагрузки;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ультразвуковое исследование щитовидной железы, сердца мочеполовой системы;</w:t>
+              <w:t>
+ультразвуковое исследование щитовидной железы, сердца мочеполовой системы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>исследование крови на сахар и маркеры гепатитов В и С;</w:t>
+              <w:t>
+исследование крови на сахар и маркеры гепатитов В и С;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тональная аудиометрия;</w:t>
+              <w:t>
+тональная аудиометрия;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>электроэнцефалография.</w:t>
+              <w:t>
+электроэнцефалография.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) анкета и автобиография (заполняется в электронном виде для прохождения специальной проверки осуществляемая в соответствии с </w:t>
-[...19 lines deleted...]
-              <w:t>);</w:t>
+              <w:t>
+4) анкета и автобиография (заполняется в электронном виде для прохождения специальной проверки осуществляемая в соответствии с Законом об ОНБ РК);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5) дети-сироты и дети, которые остались без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), а также в иных случаях отсутствия родительского попечения дополнительно представляют копию (подлинник для сверки) одного из следующих документов, подтверждающих факт отсутствия родительского попечения (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор):</w:t>
+              <w:t>
+5) дети-сироты и дети, которые остались без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), а также в иных случаях отсутствия родительского попечения дополнительно представляют копию (подлинник для сверки) одного из следующих документов, подтверждающих факт отсутствия родительского попечения (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор):</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>свидетельство о смерти родителей;</w:t>
+              <w:t>
+свидетельство о смерти родителей;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>решение суда об ограничении или лишении родительских прав родителей;</w:t>
+              <w:t>
+решение суда об ограничении или лишении родительских прав родителей;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>решение суда о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными).</w:t>
+              <w:t>
+решение суда о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) дети военнослужащих, погибших или получивших инвалидность при исполнении обязанностей воинской службы, пропавших без вести во время прохождения службы, представляют справку с местного органа военного управления по месту жительства (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор);</w:t>
+              <w:t>
+6) дети военнослужащих, погибших или получивших инвалидность при исполнении обязанностей воинской службы, пропавших без вести во время прохождения службы, представляют справку с местного органа военного управления по месту жительства (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7) документ (при наличии), подтверждающий спортивный разряд, призовое место на республиканском либо международном соревнованиях, конкурсах исполнителей текущего года, на международной олимпиаде по общеобразовательным предметам, а также на Президентской либо республиканской олимпиаде по общеобразовательным предметам текущего года (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор);</w:t>
+              <w:t>
+7) документ (при наличии), подтверждающий спортивный разряд, призовое место на республиканском либо международном соревнованиях, конкурсах исполнителей текущего года, на международной олимпиаде по общеобразовательным предметам, а также на Президентской либо республиканской олимпиаде по общеобразовательным предметам текущего года (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сведения о документах удостоверяющих личность, карта медицинского освидетельствования гражданина, поступающего в военные учебные заведения форма № 075/у (в случае наличия в базе ИС МЗ, при отсутствие прикладывается электронная копия), документов об образовании, результаты сдачи ЕНТ (для поступающих в военные институты), справки о наличии либо отсутствии сведений по учетом Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан о совершении лицом уголовного правонарушения (на себя и близких родственников) (для прохождения специальной проверки), сведения о прохождении воинской службы, а для военного колледжа на базе основного среднего образования дополнительно сведения с подразделения по делам несовершеннолетних об отсутствии учета в органах внутренних дел, справка о прохождение специальной проверки, копия военного билета (при наличие), справка об отсутствие судимости (на себя и близких родственников), свидетельство о смерти родителей, решение суда об ограничении или лишении родительских прав родителей, решение суда о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными) и цифровая фотография размером 30x40 миллиметров в виде графического файла, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+              <w:t>
+Сведения о документах удостоверяющих личность, карта медицинского освидетельствования гражданина, поступающего в военные учебные заведения форма № 075/у (в случае наличия в базе ИС МЗ, при отсутствие прикладывается электронная копия), документов об образовании, результаты сдачи ЕНТ (для поступающих в военные институты), справки о наличии либо отсутствии сведений по учетом Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан о совершении лицом уголовного правонарушения (на себя и близких родственников) (для прохождения специальной проверки), сведения о прохождении воинской службы, а для военного колледжа на базе основного среднего образования дополнительно сведения с подразделения по делам несовершеннолетних об отсутствии учета в органах внутренних дел, справка о прохождение специальной проверки, копия военного билета (при наличие), справка об отсутствие судимости (на себя и близких родственников), свидетельство о смерти родителей, решение суда об ограничении или лишении родительских прав родителей, решение суда о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными) и цифровая фотография размером 30x40 миллиметров в виде графического файла, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2. В случае обращения через услугодателя:</w:t>
+              <w:t>
+2. В случае обращения через услугодателя:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) заявление о приеме в произвольной форме или рапорт с указанием фамилии, имени и отчества (при его наличии), даты рождения, адрес места жительства поступающего, контактные данные родителей или их законных представителей;</w:t>
+              <w:t>
+1) заявление о приеме в произвольной форме или рапорт с указанием фамилии, имени и отчества (при его наличии), даты рождения, адрес места жительства поступающего, контактные данные родителей или их законных представителей;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) документ, удостоверяющий личность услугополучателя, до достижения поступающего шестнадцатилетнего возраста предоставляется свидетельства о рождении и (или) электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
+              <w:t>
+2) документ, удостоверяющий личность услугополучателя, до достижения поступающего шестнадцатилетнего возраста предоставляется свидетельства о рождении и (или) электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) копия военного билета (только военнослужащие, в том числе запаса, подлинник);</w:t>
+              <w:t>
+3) копия военного билета (только военнослужащие, в том числе запаса, подлинник);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4) документы об образовании, а для Военного колледжа на базе основного среднего образования свидетельство об основном среднем образовании (подлинник и копия);</w:t>
+              <w:t>
+4) документы об образовании, а для Военного колледжа на базе основного среднего образования свидетельство об основном среднем образовании (подлинник и копия);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5) сертификат ЕНТ (за исключением поступающих в Военные колледжи и лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор) с результатом не менее 50 баллов по 5 предметам ЕНТ (в том числе не менее 7 баллов по одному из профильных предметов и не менее 3 баллов по каждому из остальных предметов);</w:t>
+              <w:t>
+5) сертификат ЕНТ (за исключением поступающих в Военные колледжи и лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор) с результатом не менее 50 баллов по 5 предметам ЕНТ (в том числе не менее 5 баллов по одному из профильных предметов и не менее 3 баллов по каждому из остальных предметов);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) карта медицинского освидетельствования гражданина, поступающего в военные учебные заведения форма № 075/у и результаты медицинских исследований проведенных не ранее чем за 30 (тридцать) календарных дней до прибытия в военные учебные заведения (общий анализ крови; реакция микропреципитации (микрореакция) на сифилис; общий анализ мочи; рентгенография придаточных пазух носа, электрокардиография в двенадцати отведениях в покое (после нагрузки – по показаниям), флюорографическое (рентгенологическое) исследование органов грудной клетки проводится не позже 3 (трех) месяцев на день медицинского освидетельствования, анализ крови на бруцеллез (работающим в животноводстве и (или) имеющим скот в личном хозяйстве), медицинскую карту амбулаторного пациента, карту профилактических прививок.</w:t>
+              <w:t>
+6) карта медицинского освидетельствования гражданина, поступающего в военные учебные заведения форма № 075/у и результаты медицинских исследований проведенных не ранее чем за 30 (тридцать) календарных дней до прибытия в военные учебные заведения (общий анализ крови; реакция микропреципитации (микрореакция) на сифилис; общий анализ мочи; рентгенография придаточных пазух носа, электрокардиография в двенадцати отведениях в покое (после нагрузки – по показаниям), флюорографическое (рентгенологическое) исследование органов грудной клетки проводится не позже 3 (трех) месяцев на день медицинского освидетельствования, анализ крови на бруцеллез (работающим в животноводстве и (или) имеющим скот в личном хозяйстве), медицинскую карту амбулаторного пациента, карту профилактических прививок.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кандидаты, поступающие на летные специальности военного учебного заведения по подготовке авиационного персонала, дополнительно представляют результаты медицинских исследований, проведенных не ранее чем за тридцать календарных дней до начала медицинского освидетельствования:</w:t>
+              <w:t>
+Кандидаты, поступающие на летные специальности военного учебного заведения по подготовке авиационного персонала, дополнительно представляют результаты медицинских исследований, проведенных не ранее чем за тридцать календарных дней до начала медицинского освидетельствования:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>электрокардиография в (двенадцати) отведениях после физической нагрузки;</w:t>
+              <w:t>
+электрокардиография в (двенадцати) отведениях после физической нагрузки;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ультразвуковое исследование щитовидной железы, сердца мочеполовой системы;</w:t>
+              <w:t>
+ультразвуковое исследование щитовидной железы, сердца мочеполовой системы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>исследование крови на сахар и маркеры гепатитов В и С;</w:t>
+              <w:t>
+исследование крови на сахар и маркеры гепатитов В и С;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тональная аудиометрия; электроэнцефалография.</w:t>
+              <w:t>
+тональная аудиометрия; электроэнцефалография.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7) справка об отсутствии судимости, а для Военного колледжа на базе основного среднего образования дополнительно справка с подразделения по делам несовершеннолетних об отсутствии учета в органах внутренних дел;</w:t>
+              <w:t>
+7) справка об отсутствии судимости, а для Военного колледжа на базе основного среднего образования дополнительно справка с подразделения по делам несовершеннолетних об отсутствии учета в органах внутренних дел;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8) документ (при наличии), подтверждающий спортивный разряд, призовое место на республиканском либо международном соревнованиях, конкурсах исполнителей текущего года, на международной олимпиаде по общеобразовательным предметам, а также на Президентской либо республиканской олимпиаде по общеобразовательным предметам текущего года (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор);</w:t>
+              <w:t>
+8) документ (при наличии), подтверждающий спортивный разряд, призовое место на республиканском либо международном соревнованиях, конкурсах исполнителей текущего года, на международной олимпиаде по общеобразовательным предметам, а также на Президентской либо республиканской олимпиаде по общеобразовательным предметам текущего года (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9) фотографии размером 30х40 миллиметров - 4 штук;</w:t>
+              <w:t>
+9) фотографии размером 30х40 миллиметров - 4 штук;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>10) дети-сироты и дети, которые остались без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), а также в иных случаях отсутствия родительского попечения дополнительно представляют копию (подлинник для сверки) одного из следующих документов, подтверждающих факт отсутствия родительского попечения (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор):</w:t>
+              <w:t>
+10) дети-сироты и дети, которые остались без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), а также в иных случаях отсутствия родительского попечения дополнительно представляют копию (подлинник для сверки) одного из следующих документов, подтверждающих факт отсутствия родительского попечения (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор):</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>свидетельство о смерти родителей;</w:t>
+              <w:t>
+свидетельство о смерти родителей;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>решение суда об ограничении или лишении родительских прав родителей;</w:t>
+              <w:t>
+решение суда об ограничении или лишении родительских прав родителей;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>решение суда о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными).</w:t>
+              <w:t>
+решение суда о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>11) дети военнослужащих, погибших или получивших инвалидность при исполнении обязанностей воинской службы, пропавших без вести во время прохождения службы, представляют справку с местного органа военного управления по месту жительства (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор);</w:t>
+              <w:t>
+11) дети военнослужащих, погибших или получивших инвалидность при исполнении обязанностей воинской службы, пропавших без вести во время прохождения службы, представляют справку с местного органа военного управления по месту жительства (за исключением лиц, отслуживших срочную воинскую службу прошедших конкурсный отбор);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>12) справка о прохождении специальной проверки (за исключением лиц, поступающих в военный колледж на базе основного среднего образования);</w:t>
+              <w:t>
+12) справка о прохождении специальной проверки (за исключением лиц, поступающих в военный колледж на базе основного среднего образования);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>13) лица, отслужившие срочную воинскую службу, дополнительно представляют в приемную комиссию:</w:t>
-[...16 lines deleted...]
-              <w:t>- сертификат о прохождении конкурсного отбора в войсках.</w:t>
+              <w:t>
+13) лица, отслужившие срочную воинскую службу, дополнительно представляют в приемную комиссию сертификат о прохождении конкурсного отбора в войсках.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16608,51 +17043,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16661,105 +17096,144 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t xml:space="preserve">
+2. Отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3. Несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящим приказом.</w:t>
+              <w:t>
+3. Несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящим приказом.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4. Отрицательный ответ уполномоченного государственного органа на запрос о "не прохождении" специальной проверки.</w:t>
+              <w:t>
+4. Отрицательный ответ уполномоченного государственного органа на запрос о прохождении специальной проверки.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. В отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. В отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16845,68 +17319,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочной службы услугодателя 8 (717)-256-53-60, Единого контакт-центра 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства обороны Республики Казахстан: www.gov.kz.</w:t>
+              <w:t>
+Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства обороны Республики Казахстан: www.gov.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Информацию о порядке оказания государственной услуги можно получить по телефону, размещенному на интернет-ресурсе Министерства обороны Республики Казахстан: www.gov.kz.</w:t>
+              <w:t>
+Информацию о порядке оказания государственной услуги можно получить по телефону, размещенному на интернет-ресурсе Министерства обороны Республики Казахстан: www.gov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17094,68 +17570,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z351" w:id="276"/>
+    <w:bookmarkStart w:name="z351" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Протокол решения приемной комиссии Военного колледжа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра обороны РК от 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17168,68 +17644,68 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия в составе: Председатель комиссии: Заместитель председателя комиссии: Члены комиссии: Секретарь комиссии:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z488" w:id="277"/>
+    <w:bookmarkStart w:name="z488" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> изучила и рассмотрела на своем заседании по приему кандидатов для поступления в Военный колледж результаты этапов отбора и постановила:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="820"/>
@@ -18573,386 +19049,386 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>программы соответствующего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">уровня </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z235" w:id="278"/>
+    <w:bookmarkStart w:name="z235" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень документов личного дела</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 3-1 в соответствии с приказом Министра обороны РК от 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z687" w:id="279"/>
+    <w:bookmarkStart w:name="z687" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Заявление о приеме в произвольной форме с указанием фамилии, имени и отчества (при его наличии), дата рождения, адрес места жительства поступающего, контактные данные свои и законных представителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z688" w:id="280"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z688" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Копия удостоверения личности гражданина Республики Казахстан в 2-х экземплярах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z689" w:id="281"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z689" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Автобиография в 2-х экземплярах (написанная собственноручно и напечатанная).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z690" w:id="282"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z690" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Документ, об уровне успеваемости (средний балл успеваемости (GPA) за весь период обучения (с учетом оценок за производственную практику));</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z691" w:id="283"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z691" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Выписка из ведомости сдачи нормативов по физической подготовке в соответствии с Приказом № 195.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z692" w:id="284"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z692" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Результаты медицинского освидетельствования, проведенного до начала учебных сборов в соответствии с Правилами проведения военно-врачебной экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z693" w:id="285"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z693" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Документы, необходимые для проведения специальной проверки (анкета, фото с размером 3,5*4,5, копия удостоверения личности (своего и близких родственников), результаты медицинского обследования (из психоневрологического и наркологического диспансеров) об отсутствии противопоказании для работы с государственными секретами).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z694" w:id="286"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z694" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Документы, необходимые для присвоения первого воинского звания офицерского состава "лейтенант медицинской службы запаса" в соответствии с Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z695" w:id="287"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z695" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Документ (при наличии), подтверждающий спортивный разряд, призовое место в республиканском либо международном соревнованиях, конкурсах исполнителей текущего года, на международной олимпиаде по общеобразовательным предметам, а также на Президентской либо республиканской олимпиаде по общеобразовательным предметам текущего года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z696" w:id="288"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z696" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Дети-сироты и дети, которые остались без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), а также в иных случаях отсутствия родительского попечения дополнительно представляют копию (подлинник для сверки) одного из следующих документов, подтверждающих факт отсутствия родительского попечения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z697" w:id="289"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z697" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       свидетельство о смерти родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z698" w:id="290"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z698" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       решение суда об ограничении или лишении родительских прав родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z699" w:id="291"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z699" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       решение суда о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z700" w:id="292"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z700" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Дети военнослужащих, погибших или получивших инвалидность при исполнении обязанностей воинской службы, пропавших без вести во время прохождения службы, представляют справку с местного органа военного управления по месту жительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19025,320 +19501,353 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в военные учебные заведения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подведомственные Министерству</w:t>
+              <w:t>подведомственные Министерству обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обороны Республики Казахстан,</w:t>
+              <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реализующие образовательные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>программы соответствующего уровня</w:t>
+              <w:t>программы соответствующего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z701" w:id="293"/>
+    <w:bookmarkStart w:name="z701" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Перечень документов для поступления в НУО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkEnd w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
+      Сноска. Приложение 4 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 667</w:t>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z702" w:id="294"/>
+    <w:bookmarkStart w:name="z834" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Копия удостоверения личности гражданина Республики Казахстан (подлинник для сверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z703" w:id="295"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z835" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Копия удостоверения личности офицера (при его наличии) (подлинник для сверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z704" w:id="296"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z836" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Справка о медицинском освидетельствовании с заключением военно-врачебной комиссии о годности к обучению, оформленная в соответствии с Правилами проведения военно-врачебной экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z705" w:id="297"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z837" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Справка формы Ф-45 (справка для поступающих в военные учебные заведения составляется без ограничительной пометки "Для служебного пользования" и с оборотной стороны заверяется подписью командира части и гербовой печатью, регистрируется в несекретном делопроизводстве и выдается под роспись в журнале регистрации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z706" w:id="298"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z838" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Документ, подтверждающий прохождение профессионально-психологического отбора, заверенный вышестоящим начальником (командиром).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z707" w:id="299"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z839" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Документ о высшем медицинском образовании (для поступающих в резидентуру) (подлинник для сверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z708" w:id="300"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z840" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Копия свидетельства об окончании интернатуры и транскрипта на одном языке (на казахском/русском) с указанием GPA за интернатуру (в случае отсутствия GPA в транскрипте, претендент прикладывает подсчитанный GPA за интернатуру с подписью и печатью организации в которой обучался) и результата итоговой государственной аттестации (ИГА) интернатуры (для поступающих в резидентуру) (подлинник для сверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z709" w:id="301"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z841" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Копия сертификата специалиста в области здравоохранения (для поступающих в резидентуру) (подлинник для сверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z842" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Действующий сертификат по системе оценки уровня владения казахским языком КАЗТЕСТ с уровнем не менее В2 (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19411,152 +19920,152 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в военные учебные заведения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подведомственные</w:t>
+              <w:t>подведомственные Министерству обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министерству обороны</w:t>
+              <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан,</w:t>
+              <w:t>реализующие образовательные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующие образовательные</w:t>
+              <w:t>программы соответствующего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>программы соответствующего уровня"</w:t>
+              <w:t>уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z463" w:id="302"/>
+    <w:bookmarkStart w:name="z463" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень дисциплин, выносимых на вступительные экзамены в НУО</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="302"/>
+        <w:t xml:space="preserve"> Формы проведения вступительных экзаменов в НУО</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 5 - в редакции приказа Министра обороны РК от 28.07.2020 </w:t>
+      Сноска. Приложение 5 - в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 353</w:t>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -19617,129 +20126,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование дисциплин</w:t>
+Наименование экзамена</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма проведения</w:t>
-            </w:r>
-[...40 lines deleted...]
-Магистратура оперативно-тактический уровень управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19885,206 +20352,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Экзамен по физической подготовке</w:t>
+Экзамен по государственному языку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-практическая</w:t>
-[...41 lines deleted...]
-Магистратура стратегический и оперативно-стратегический уровни управления</w:t>
+устно-письменная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Экзамен по профилю</w:t>
+Экзамен по иностранному языку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20117,51 +20542,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20190,318 +20615,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 практическая</w:t>
-            </w:r>
-[...266 lines deleted...]
-устно-письменная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20579,172 +20736,172 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в военные учебные заведения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подведомственные</w:t>
+              <w:t>подведомственные Министерству обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министерству обороны</w:t>
+              <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан,</w:t>
+              <w:t>реализующие образовательные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующие образовательные</w:t>
+              <w:t>программы соответствующего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>программы соответствующего уровня</w:t>
+              <w:t>уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z570" w:id="303"/>
+    <w:bookmarkStart w:name="z570" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень профильных предметов для поступающих в военные учебные заведения, реализующие образовательные программы высшего образования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 6 в соответствии с приказом Министра обороны РК от 28.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 353</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра обороны РК от 26.06.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра обороны РК от 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 667</w:t>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -20903,122 +21060,119 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z337" w:id="304"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Военный институт</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="304"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сухопутных войск</w:t>
+              <w:t>Сухопутных войск</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Математика и/или физика и/или география</w:t>
+Математика и/или физика и/или география и/или всемирная история и/или основы права</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -21272,50 +21426,67 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Математика и/или физика и/или информатика</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иностранный язык (на переводческое дело)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -21451,51 +21622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-творческий экзамен (на музыкальные специальности)</w:t>
+Творческий экзамен (на музыкальные специальности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -21518,51 +21689,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-иностранный язык (на переводческое дело)</w:t>
+Иностранный язык (на переводческое дело)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -21828,126 +21999,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(наименование военного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>учебного заведения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z763" w:id="305"/>
+    <w:bookmarkStart w:name="z763" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 7 в соответствии с приказом Министра обороны РК от 02.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z764" w:id="306"/>
+      <w:bookmarkStart w:name="z764" w:id="317"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Я гражданин РК _____________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkEnd w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"______ ____ года рождения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22165,157 +22336,157 @@
               <w:t>программы соответствующего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z766" w:id="307"/>
+      <w:bookmarkStart w:name="z766" w:id="318"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № _______________ "Регистрационный номер"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________ "Дата подачи заявления"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z767" w:id="308"/>
+    <w:bookmarkStart w:name="z767" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление о зачислении в кандидаты для поступления в военное учебное заведение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 7-1 в соответствии с приказом Министра обороны РК от 02.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z768" w:id="309"/>
+      <w:bookmarkStart w:name="z768" w:id="320"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдано __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkEnd w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22819,144 +22990,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>программы соответствующего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z770" w:id="310"/>
+    <w:bookmarkStart w:name="z770" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z771" w:id="311"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z771" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление об отказе в зачислении в кандидаты для поступления в военное учебное заведение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 7-2 в соответствии с приказом Министра обороны РК от 02.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z772" w:id="312"/>
+      <w:bookmarkStart w:name="z772" w:id="323"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkEnd w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование государственной услуги)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -23290,306 +23461,306 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 января 2016 года № 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z166" w:id="313"/>
+    <w:bookmarkStart w:name="z166" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>утративших силу некоторых приказов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министра обороны Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z170" w:id="314"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z170" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 11 июня 2015 года № 327 "Об утверждении Правил приема в военные учебные заведения Министерства обороны Республики Казахстан, реализующие профессиональные учебные программы высшего образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11617, опубликован в информационно-правовой системе "Әділет" 23 июля 2015 года, в газетах "Казахстанская правда" от 23 июля 2015 года № 138 (28014), "Егемен Қазақстан" от 23 июля 2015 года № 138 (28616).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z167" w:id="315"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z167" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 11 июня 2015 года № 328 "Об утверждении Правил приема в военные учебные заведения Министерства обороны Республики Казахстан, реализующие профессиональные учебные программы послевузовского образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11609, опубликован в информационно-правовой системе "Әділет" 23 июля 2015 года, в газетах "Казахстанская правда" от 23 июля 2015 года № 138 (28014), "Егемен Қазақстан" от 23 июля 2015 года № 138 (28616).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z168" w:id="316"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z168" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 11 июня 2015 года № 330 "Об утверждении Правил приема в военные учебные заведения Министерства обороны Республики Казахстан, реализующие общеобразовательные учебные программы общего среднего образования с дополнительными программами по военной подготовке" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11614, опубликован в информационно-правовой системе "Әділет" 23 июля 2015 года, в газетах "Казахстанская правда" от 23 июля 2015 года № 138 (28014), "Егемен Қазақстан" от 23 июля 2015 года № 138 (28616).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z169" w:id="317"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z169" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 11 июня 2015 года № 331 "Об утверждении Правил приема в военные учебные заведения Министерства обороны Республики Казахстан, реализующие профессиональные учебные программы технического и профессионального образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11616, опубликован в информационно-правовой системе "Әділет" 23 июля 2015 года, газетах "Казахстанская правда" от 23 июля 2015 года № 138 (28014), "Егемен Қазақстан" от 23 июля 2015 года № 138 (28616).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkEnd w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>