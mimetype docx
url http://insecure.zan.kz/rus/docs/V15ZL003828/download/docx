--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="173106d" w14:textId="173106d">
+    <w:p w14:paraId="f6dcbfd" w14:textId="f6dcbfd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,252 +132,252 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с Конституционным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 28 сентября 1995 года "О выборах в Республике Казахстан", </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан от 28 сентября 1995 года "О выборах в Республике Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", по согласованию с Теректинской районной избирательной комиссией аким района</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", по согласованию с Теректинской районной избирательной комиссией аким района </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> РЕШИЛ</w:t>
+        <w:t>РЕШИЛ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Образовать избирательные участки на территории Теректинского района согласно </w:t>
+        <w:t xml:space="preserve">1. Образовать избирательные участки на территории Теректинского района согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2. Оповестить избирателей о границах избирательных участков через средства массовой информации.</w:t>
+        <w:t>2. Оповестить избирателей о границах избирательных участков через средства массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3. Руководителю аппарата акима района (М. М. Тулегенов) обеспечить государственную регистрацию данного решения в органах юстиции, его официальное опубликование в информационно-правовой системе "Әділет" и в средствах массовой информации.</w:t>
+        <w:t>3. Руководителю аппарата акима района (М. М. Тулегенов) обеспечить государственную регистрацию данного решения в органах юстиции, его официальное опубликование в информационно-правовой системе "Әділет" и в средствах массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4. Контроль за исполнением настоящего решения возложить на заместителя акима района Л. Уалиева.</w:t>
+        <w:t>4. Контроль за исполнением настоящего решения возложить на заместителя акима района Л. Уалиева.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5. Настоящее решение вводится в действие со дня первого официального опубликования.</w:t>
+        <w:t>5. Настоящее решение вводится в действие со дня первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -405,51 +405,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аким района</w:t>
+              <w:t>Аким района</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -457,155 +457,216 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ж. Сериккалиев</w:t>
+              <w:t>Ж. Сериккалиев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"СОГЛАСОВАНО"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель Теректинской</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районной избирательной комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________Л. Уалиев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23 февраля 2015 год</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...86 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -665,123 +726,130 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Теректинского района</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 23 февраля 2015 года</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">№ 12 </w:t>
+              <w:t xml:space="preserve">от 23 февраля 2015 года № 12 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:bookmarkStart w:name="z12" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки на территории Теректинского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции решения акима Теректинского района Западно-Казахстанской области от 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 3</w:t>
+        <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); с изменениями, внесенными решением акима Теректинского района Западно-Казахстанской области от 18.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -797,87 +865,104 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
-[...35 lines deleted...]
-Номер избирательного участка</w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер избира-тельного участка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1167,51 +1252,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село санаторий Акжаик, село Подхоз</w:t>
+село санаторий Акжаик, село Ыждағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1500,52 +1585,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-село Пойма, улица М.Маметова 14, здание коммунального государственного учреждения "Пойменская начальная школа" государственного учреждения "Отдел образования Теректинского района" </w:t>
+              <w:t>
+село Пойма, улица Әлия Молдағұлова 3, здание коммунального государственного учреждения "Пойменская общеобразовательная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1650,51 +1735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Магистральный, здание государственного учреждения "Магистральная средняя общеобразовательная школа"</w:t>
+село Магистральный, улица Астана 22, здание коммунального государственного учреждения "Магистральная общеобразовательная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1762,88 +1847,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-село Новопавловка, улица Абай Кұнанбаев 40, здание сельского клуба </w:t>
+              <w:t>
+село Құмақсай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Құмақсай, улица Ы.Алтынсарина 2А, здание коммунального государственного учреждения "Новопавловская общеобразовательная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1912,51 +1997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Аксогум, сельскохозяйственные пункты Мақпал, Майшұңқыр, Қараултөбе, Саяжай</w:t>
+село Аксогум, село Бозай, сельскохозяйственные пункты Мақпал, Майшұңқыр, Қараултөбе, Саяжай, Қамыс завод, Ақ уй</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2174,123 +2259,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№358</w:t>
+№359</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-село Бозай, сельскохозяйственные пункты Қамыс завод, Ақ уй </w:t>
-[...35 lines deleted...]
-село Бозай, улица Болашақ 7, здание коммунального государственного учреждения "Тарановская начальная школа" государственного учреждения "Отдел образования Теректинского района"</w:t>
+село Кемер, отделение Погромное, отделение Сатым </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Кемер, улица Ақ жол 165, здание коммунального государственного учреждения "Основная средняя школа Социализм" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2323,123 +2408,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№359</w:t>
+№360</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+северная сторона села Подстепное: улица Толе би (жилые дома 2-222), улица Казыбек би (жилые дома 1-215), улица Әйтеке би (жилые дома 2-222), улица Жұбан Молдағалиев (жилые дома 1-219), улица Атамұра (жилые дома 1-19), улица Бауыржан Момышұлы (жилые дома 1-16), улица Абылай хана (жилые дома 1-23), улица Игілік (жилые дома 1-18), улица Шапағат (жилые дома 1-19), улица Тауелсіздік (жилые дома 1-15), улица Қажым Жөмалиев (жилые дома 1-15), улица Азаттык (жилые дома 1-15), улица Халифа Алтай (жилые дома 1-16), село Тукпай.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-село Социализм, отделение Погромное, отделение Сатым </w:t>
-[...35 lines deleted...]
-село Социализм, улица Ақ жол 41, здание государственного коммунального учреждения "Социализмовская основная общеобразовательная школа" государственного учреждения "Отдел образования Теректинского района"</w:t>
+село Подстепное, улица Абылай хан строение 9, здание сельского дома культуры </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2472,123 +2557,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№360</w:t>
-[...71 lines deleted...]
-село Подстепное, улица Советская 18/1, здание государственного учреждения "Подстепновская казахская общая средняя общеобразовательная школа"</w:t>
+№361</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Абай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Абай, улица Дінмухамбет Қонаева 2, здание сельского клуба</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2621,123 +2706,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№361</w:t>
-[...71 lines deleted...]
-село Абай, здание государственного учреждения "Общая средняя общеобразовательная школа имени Абая"</w:t>
+№362</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Анката, село Сатым-шеген, сельскохозяйственные пункты Камар, Қызылкура, Атығай, Кіші Саралжын, Үлкен Саралжын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Анката, улица Бейбітшілік 19, здание сельского дома культуры </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2770,123 +2855,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№362</w:t>
-[...71 lines deleted...]
-село Анката, улица Бейбітшілік 19, здание сельского дома культуры </w:t>
+№363</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+южная сторона села Подстепное: Белес (жилые дома 1-15), Көктерек (жилые дома 1-37), Береке (жилые дома 1-28), Бірлік (жилые дома 1-32), Болашақ (жилые дома 1-48), Көркем (жилые дома 1-26), Керемет (жилые дома 1-25), Северо-Восток (жилые дома 1-181), ПДП 3/2 (1-200 жилых домов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Подстепное, улица Школьная 1Б, здание государственного коммунального казенного предприятия "Спорт клуб "Теректі" Отдела культуры, развития языков, физической культуры и спорта Теректинского района"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2955,51 +3040,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-село Кандык, село Тасан-шеген, село Рыбцех, село Ерсары, сельскохозяйственные пункты Сағи, Ашысай </w:t>
+село Кандык, село Рыбцех, село Ерсары, сельскохозяйственные пункты Сағи, Ашысай </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3253,87 +3338,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-южная сторона села Подстепное: улица Животноводов (жилые дома 1-12), улица Упорная (жилые дома 1-27), улица О.Кошевой (жилые дома 1-14), улица Фрунзе (жилые дома 1-47), улица Пугачева (жилые дома 1-27), улица Колхозная (жилые дома 1-27), улица Школьная (жилые дома 1-68), улица Набережная (жилые дома 1-55), улица Целинная (жилые дома 1-68), улица Гагарина (жилые дома 1-47), первый переулок Гагарина (жилые дома 1-27), второй переулок Гагарина (жилые дома 1-27), третий переулок Гагарина (жилые дома 1-27), улица Садовая (жилые дома 1-25), улица Бәйтерек (жилые дома 1-62), улица Чапаева (жилые дома 1-23), улица Мәншүк Мәметова (жилые дома 1-13), улица Юбилейная (жилые дома 1-16), переулок Юбилейный (жилые дома 1-27), улица Уральская (жилые дома 11-15), улица Рабочая (жилые дома 1-8), улица Советская (жилые дома 1-63), улица Астана (жилые дома 1-7), улица Ынтымақ (жилые дома 1-27), улица Саябақ (жилые дома 1-9), микрорайоны "Отырар", "Сайрам"</w:t>
-[...35 lines deleted...]
-село Подстепное, улица Школьная 1, здание государственного учреждения "Подстепновская №1 общая средняя общеобразовательная школа"</w:t>
+южная сторона села Подстепное: улица Животноводов (жилые дома 1-13 ), улица Упорная (жилые дома 1-29), улица О.Кошевой (жилые дома 1-20), улица Фрунзе (жилые дома 1-49), улица Пугачева (жилые дома 1-27), улица Колхозная (жилые дома 1-22), улица Школьная (жилые дома 1-79), улица Набережная (жилые дома 1-55), улица Целинная (жилые дома 1-62), улица Гагарина (жилые дома 1-43), первый переулок Гагарина (жилые дома 1-8), второй переулок Гагарина (жилые дома 1-7), третий переулок Гагарина (жилые дома 3-8),улица Садовая (жилые дома 1-17А), улица Бәйтерек (жилые дома 1-73), улица Чапаева (жилые дома 1-33), улица Мәншүк Мәметова (жилые дома 1-13), улица Юбилейная (жилые дома 1-18), переулок Юбилейный (жилые дома 1-14), улица Уральская (жилые дома 1-15), улица Рабочая (жилые дома 1-10), улица Астана (жилые дома 1-5), улица Саябақ (жилые дома 2-12), улица Ынтымақ (жилые дома 1-20), микрорайоны "Отырар" (жилые дома 1-25), "Сайрам" (жилые дома 1-30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Подстепное, улица Школьная 1, здание коммунального государственного учреждения "Подстепновская №1 общеобразовательная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3437,52 +3522,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-село Юбилейное, улица Жәңгір хан 2, здание коммунального государственного учреждения "Средняя общеобразовательная школа Госплемстанции" государственного учреждения "Отдел образования Теректинского района"</w:t>
+              <w:t xml:space="preserve">
+село Юбилейное, улица Жәңгір Хан 6, здание коммунального государственного учреждения "Общеобразовательная школа Госплемстанции" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3550,52 +3635,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-село Богдановка, село Придорожное </w:t>
+              <w:t>
+село Богдановка, село Придорожное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3735,52 +3820,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-село Алгабас, улица Шанырак 1А, здание коммунального государственного учреждения "Алгабасская начальная школа" государственного учреждения "Отдел образования Теректинского района" </w:t>
+              <w:t>
+село Алгабас, улица Шанырак 1А, здание коммунального государственного учреждения "Начальная школа Алгабас" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3848,88 +3933,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-село Приречное, здание государственного учреждения "Приреченская общая средняя общеобразовательная школа"</w:t>
+              <w:t>
+село Приречное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Приречное, улица Ленина 3, здание коммунального государственного учреждения "Приреченская общеобразовательная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3998,87 +4083,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-село Донецк </w:t>
-[...35 lines deleted...]
-село Донецк, улица Достық 5, здание коммунального государственного учреждения "Донецкая начальная школа" государственного учреждения "Отдел образования Теректинского района"</w:t>
+село Таксай </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Таксай, улица Достық 5 А, здание коммунального государственного учреждения "Донецкая начальная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4182,52 +4267,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-село Жайык, улица Атамекен 8, здание коммунального государственного учреждения "Яикская основная средняя общеобразовательная школа" государственного учреждения "Отдел образования Теректинского района"</w:t>
+              <w:t xml:space="preserve">
+село Жайык, улица Шапагат 120, здание коммунального государственного учреждения "Основная средняя школа Жайық" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4260,123 +4345,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№376</w:t>
+№377</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-село Бекей </w:t>
-[...35 lines deleted...]
-село Бекей, улица Сайрам 5, здание медицинского пункта государственного коммунального предприятия на праве хозяйственного ведения "Теректинская районная больница" управления здравоохранения акимата Западно-Казахстанской области </w:t>
+село Долинное </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Долинное, улица Жеңіс 34, здание сельского дома культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4409,123 +4494,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№377</w:t>
-[...71 lines deleted...]
-село Долинное, улица Жеңіс 34, здание сельского дома культуры</w:t>
+№ 377</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Долинное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Долинное, улица Жас Ұлан 3, здание коммунального государственного учреждения "Чапаевская общеобразовательная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4558,123 +4643,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№378</w:t>
-[...71 lines deleted...]
-село Тонкерис, улица Центральная 9, здание сельского дома культуры</w:t>
+№379</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шоптыкуль, село Коныссай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Шоптыкуль, улица Мектеп 1 А, здание коммунального государственного учреждения "Основная средняя школа Шоптікөл" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4707,123 +4792,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№379</w:t>
-[...71 lines deleted...]
-село Шоптыкуль, улица Мектеп 1, здание государственного учреждения "Шоптыкульская основная средняя школа" отдела образования акимата Теректинского района</w:t>
+№381</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Айтиево</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Айтиево, улица М.Мукатаев 156, здание коммунального государственного учреждения "Айтиевская начальная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4855,124 +4940,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...72 lines deleted...]
-село Коныссай, улица Бейбітшілік 8, здание коммунального государственного учреждения "Конысайская начальная школа" государственного учреждения "Отдел образования Теректинского района"</w:t>
+              <w:t xml:space="preserve">
+№ 383 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Барбастау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Барбастау, улица Сырым Датұлы 5/1, здание медицинского пункта государственного коммунального предприятия на праве хозяйственного ведения "Теректинская районная больница" управления здравоохранения акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5005,123 +5090,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№381</w:t>
-[...71 lines deleted...]
-село Айтиево, улица Школьная 156, здание коммунального государственного учреждения "Айтиевская начальная школа" государственного учреждения "Отдел образования Теректинского района"</w:t>
+№384</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+центральная часть села Подстепное: улица Мира (жилые дома 1-24), улица Геологическая (жилые дома 1-62), улица Абая (жилые дома 1-28), улица Аманат (жилые дома 1-23), улица Махамбет Өтемісұлы (жилые дома 1-11), улица Исатай батыра (жилые дома 1-60), улица Степная (жилые дома 1-18), улица Мейрам (жилые дома 1-14), улица Ауданбай Саламатов (жилые дома 1-41), улица Безымянная (жилые дома 1-21), улица Дорожников (жилые дома 1-11), улица Полевая (жилые дома 1-14), улица Әбубәкір Кердері (жилые дома 1-14), улица Жеңіс (жилые дома 1-29), улица Атамекен (жилые дома 1-8), улица Алтын Орда (жилые дома 1-19), улица Советская (жилые дома 1-65), улица Строительная (жилые дома 1-5), улица Весенняя (жилые дома 1-7), улица Алаш Орда (жилые дома 1-19), улица Подстанции (жилые дома 1/1, 1/2), улица Лесная (жилые дома 2-46), улица Комсомольская (жилые дома 1-2), улица Ақжайық (жилые дома 1-7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Подстепное, улица Советская 18/1, здание коммунального государственного учреждения "Подстепновская общеобразовательная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5154,123 +5239,140 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ 383</w:t>
-[...71 lines deleted...]
-село Барбастау, улица Сырым Датұлы 5/1, здание медицинского пункта государственного коммунального предприятия на праве хозяйственного ведения "Теректинская районная больница" управления здравоохранения акимата Западно-Казахстанской области</w:t>
+№385</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+западная сторона села Теректі: улица Жастар (жилые дома 1-16), улица Балдәурен (жилые дома 1-34), улица Таңшолпан (жилые дома 1-21), улица Мейрам (жилые дома 1-24), улица Сұнқар (жилые дома 1, 1А, 1Б, 2, 2А, 2Б, 3, 3/1, 3А, 3Б, 4, 5А, 6/1, 8А, 9, 9/1, 29, 46, 47, 48, 50, 56),улица Бейбітшілік (жилые дома 1-79; 2-102), улица А.С.Пушкин (жилые дома 1-23), улица Тәуелсіздік (жилые дома 1-153; 2-144), улица Достық (жилые дома 1-21; 2-36), улица Жағалау (жилые дома 1-29, 43, 47А, 69А; 2-86), улица Жеңіс (жилые дома 1-59; 2-54), улица Желтоқсан (жилые дома 1-22), улица Григорий Бойнов (жилые дома 1-11; 2-14), улица Шағала (жилые дома 1-11), улица Абая (жилые дома 2А,2-22),</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">село Кабылтобе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Теректі, улица Желтоқсан 3, здание коммунального государственного учреждения "Федоровская общеобразовательная школа №1" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5303,123 +5405,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№384</w:t>
-[...71 lines deleted...]
-село Подстепное, улица Абылай хан строение 9, здание сельского дома культуры </w:t>
+№386</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Покатиловка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Покатиловка, улица А.Кұнанбаев 63, здание сельского дома культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5452,123 +5554,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№385</w:t>
-[...71 lines deleted...]
-село Федоровка, улица Желтоқсан 3, здание государственного учреждения "Федоровская общая средняя общеобразовательная школа №1"</w:t>
+№387</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+центральная часть села Теректі: улица Достық (жилые дома 23-49; 38-62), улица Абая (жилые дома 30-36; 29-37, 37/1), улица Көкжиек (жилые дома 1-7, 7А), улица Сұнқар (жилые дома 5-45,47А; 6А, 6/3, 6-42)улица Орталық (жилые дома 1-16), улица Атамекен (жилые дома 1-32), улица Солтүстік (жилые дома 1-35), улица Келешек (жилые дома 1-20), улица 8 наурыз (жилые дома 1-9), улица Нарын (жилые дома 1-35), улица Ақбулақ (жилые дома 1-13), улица Максим Горький (жилые дома 25-39; 34-46), улица Жігер (жилые дома 1,3,5,7,21), улица Тарас Шевченко (жилые дома 1-15), улица Әбдірахман Айтиев (жилые дома 1-15), улица Алтын күн (жилые дома 1-10), улица Керемет (жилые дома 1-10), улица Бостандық (жилые дома 1-38), улица Иван Зрелов (жилые дома 1-38), улица Жеңіс (жилые дома 61-87; 58-90)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Теректі, улица Орталық 35, здание государственного коммунального казенного предприятия "Спорт клуб "Теректі" Отдела культуры, развития языков, физической культуры и спорта Теректинского района"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5601,123 +5703,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№386</w:t>
-[...71 lines deleted...]
-село Покатиловка, улица А.Кұнанбаев 63, здание сельского дома культуры</w:t>
+№388</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+восточная сторона села Теректі: улица Максим Горький (жилые дома 1-23; 2, 2А-32), улица Береке (жилые дома 1-4), улица Ынтымақ (жилые дома 1-27), улица Жұмысшылар (жилые дома 1-32), улица Ұлытау жилые дома (1-22), улица Жайық (жилые дома 1-18), улица Григорий Бойнов (жилые дома 13-31; 14А,16-30), улица Сұнқар (жилые дома 49-61), улица Бейбітшілік (жилые дома 81-143А; 110-164), улица Тәуелсіздік (жилые дома 155-229; 146-212), улица Жағалау (жилые дома 33 – 87; 88-122, 43А), улица Жеңіс (жилые дома 89-119; 92-120),улица Абая (жилые дома 1-27; 40),улица Ақжол (жилые дома 6-12)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Теректі, улица Тәуелсіздік 188/1, здание коммунального государственного учреждения "Федоровская общеобразовательная школа" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5750,123 +5852,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№387</w:t>
-[...71 lines deleted...]
-село Федоровка, улица Орталық 35, здание государственного коммунального казенного предприятия "Детско – юношеская спортивная школа Теректинского района" государственного учреждения " Отдел культуры, развития языков, физической культуры и спорта Теректинского района"</w:t>
+№389</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Новая Жизнь, село Бекей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Новая Жизнь, улица Болашақ 2 А, здание коммунального государственного учреждения "Общеобразовательная школа Шаған" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5899,123 +6001,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№388</w:t>
+№390</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-восточная сторона села Федоровка: улица Максим Горький (жилые дома 1-28), улица Береке (жилые дома 1-4), улица Ынтымақ (жилые дома 1-25), улица Жұмысшылар (жилые дома 1-4), улица Ұлытау (жилые дома 1-22), улица Жайық (жилые дома 1-18), улица Григорий Бойнов (жилые дома 13-30), улица Сұнқар (жилые дома 18-32), улица Бейбітшілік (жилые дома 111-158), улица Тәуелсіздік (жилые дома 154-229), улица Жағалау (жилые дома 77-122), улица Иван Зрелов (жилые дома 17-26), улица Тарас Шевченко (жилые дома 1-15), улица Әбдірахман Айтиев (жилые дома 1-15), улица Алтын күн (жилые дома 1-7), улица Керемет (жилые дома 8-10) </w:t>
-[...35 lines deleted...]
-село Федоровка, улица Тәуелсіздік 188, здание государственного учреждения "Федоровская казахская общая средняя общеобразовательная школа" </w:t>
+село Шагатай, сельскохозяйственные пункты Жезбуга, Сад </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шагатай, улица Школьная 23, здание сельского дома культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6048,123 +6150,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№389</w:t>
-[...71 lines deleted...]
-село Новая Жизнь, улица Болашақ 1, здание государственного учреждения "Чаганская общая средняя общеобразовательная школа"</w:t>
+№391</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Когалытубек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+село Когалытубек, улица Бірлік 10, здание коммунального государственного учреждения "Основная средняя школа Коғалытүбек" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6197,123 +6299,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№390</w:t>
-[...71 lines deleted...]
-село Шагатай, улица Школьная 23, здание сельского дома культуры</w:t>
+№393</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Кызылжар, село Кутсиык, сельскохозяйственный пункт Байхана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Кызылжар, улица Бейбітшілік 9, здание коммунального государственного учреждения "Основная средняя школа Кызылжар" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6346,123 +6448,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№391</w:t>
-[...71 lines deleted...]
-село Когалытубек, улица Бірлік 10, здание коммунального государственного учреждения "Когалытубекская основная общеобразовательная школа" государственного учреждения "Отдел образования Теректинского района" </w:t>
+№395</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Талпын, сельскохозяйственные пункты Жубаныш, Мамажан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Талпын, улица Махамбет Өтемісұлы 70, здание коммунального государственного учреждения "Основная средняя школа Талпын" отдела образования Теректинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6495,719 +6597,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№393</w:t>
-[...445 lines deleted...]
-              <w:t>
 №397</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-село Сарыомир, сельскохозяйственные пункты Сасай, Тумен, Қырпи. </w:t>
+село Сарыомир, село Шалкар, село Дуана, сельскохозяйственные пункты Сасай, Тумен, Қырпи, Комсомол, Мақым-Қура, Майлан, Елекбай, Кішетай, Үлкен-Тая, Жаман, Аққұдуқ, Құмқұдық, Жыра </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Сарыомир, улица Орталық 40 А, здание сельского дома культуры</w:t>
-            </w:r>
-[...147 lines deleted...]
-село Дуана, улица Жеңіс 155, здание коммунального государственного учреждения "Начальная школа имени Шайхы Онашева" государственного учреждения "Отдел образования Теректинского района"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>