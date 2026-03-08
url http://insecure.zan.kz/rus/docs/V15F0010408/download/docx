--- v0 (2025-11-28)
+++ v1 (2026-03-08)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="36a4551" w14:textId="36a4551">
+    <w:p w14:paraId="dd60a38" w14:textId="dd60a38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,2342 +94,2717 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения о лесной пожарной станции государственного лесовладельца</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 18-02/54. Зарегистрирован в Министерстве юстиции Республики Казахстан 10 марта 2015 года № 10408</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 18-02/54. Зарегистрирован в Министерстве юстиции Республики Казахстан 10 марта 2015 года № 10408.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      В соответствии с подпунктом 18-36) пункта 1 </w:t>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьи 13</w:t>
+        <w:t>подпунктом 199)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Лесного кодекса Республики Казахстан от 8 июля 2003 года </w:t>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года №479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить прилагаемое </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Положение</w:t>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемое </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о лесной пожарной станции государственного лесовладельца.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Комитета по</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      чрезвычайным ситуациям</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерства внутренних дел</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________ В. Петров</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3 февраля 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждено</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сельского хозяйства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 января 2015 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 18-02/54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>о лесной пожарной станции государственного лесовладельца</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящее Положение о лесной пожарной станции государственного лесовладельца (далее – Положение) разработано в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 199)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t>№ 346-Ө</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...14 lines deleted...]
-      3) размещение настоящего приказа на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Министр                                    А. Мамытбеков</w:t>
+        <w:t>
+      2. Лесная пожарная станция – объект государственного лесовладельца, предназначенный для размещения противопожарной службы и техники, обеспечивающих проведение мер по предотвращению лесных пожаров и их своевременной ликвидации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лесная пожарная станция создается государственными лесовладельцами на территории государственного лесного фонда и за его пределами в соответствии с лесоустроительным проектом и (или) проектом противопожарного устройства лесов для выполнения следующих задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) первый тип – обеспечение ликвидации возникающих лесных пожаров на территории лесного фонда лесничества государственного лесовладельца;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...11 lines deleted...]
-          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...129 lines deleted...]
-        <w:t>      3 февраля 2015 года</w:t>
+      2) второй тип – обеспечение ликвидации лесных пожаров на всей территории лесного фонда государственного лесовладельца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Утверждено              </w:t>
-[...2 lines deleted...]
-        <w:br/>
+      4. На лесной пожарной станции составляется паспорт лесной пожарной станции по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve"> приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...42 lines deleted...]
-      № 18-02/54               </w:t>
+        <w:t xml:space="preserve"> к настоящему Положению, утверждаемый руководителем государственного лесовладельца, по согласованию с соответствующим подразделением государственной противопожарной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...51 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящее Положение о лесной пожарной станции государственного лесовладельца (далее – Положение) разработано в соответствии с подпунктом 18-36) пункта 1 </w:t>
-[...166 lines deleted...]
-        <w:t>
       5. В лесной пожарной станции размещается противопожарная служба, в состав которой входят начальник лесной пожарной станции, водитель пожарной машины, тракторист-машинист, радиооператор, слесарь по ремонту пожарных машин, оборудования и аппаратуры, лесной пожарный, которые принимаются на постоянную работу.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Наблюдатель пожарно-наблюдательной вышки (пункта) принимается на сезонную работу в соответствии с трудовым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-2. Основные функции противопожарной службы</w:t>
+        <w:t xml:space="preserve"> 2. Основные функции противопожарной службы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-лесной пожарной станции</w:t>
+        <w:t>лесной пожарной станции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Основными функциями начальника лесной пожарной станции являются:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация и проведение перед началом и в течение пожароопасного сезона инструктажей по охране труда и технике безопасности, а также тренировок работников противопожарной службы лесной пожарной станции по тушению лесных пожаров;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) распределение за работниками противопожарной службы лесной пожарной станции пожарной техники и оборудования, средств связи;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) определение класса пожарной опасности в лесу по условиям погоды;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечение выезда работников противопожарной службы лесной пожарной станции на пожарной технике к месту лесного пожара при получении сообщения с пожарно-наблюдательной вышки (пункта), авиапатрульного вертолета (самолета), других источников информации о возникновении пожара на обслуживаемой лесной пожарной станции территории;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) руководство работниками противопожарной службы лесной пожарной станции при тушении лесного пожара;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организация ремонта пожарной техники и оборудования лесной пожарной станции;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) обеспечение хранения и эффективного применения огнегасящих химических средств пожаротушения.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Основными функциями водителя пожарной машины и тракториста-машиниста являются:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) использование пожарной техники и оборудования на работах по тушению лесных пожаров;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выезд на закрепленной технике к месту пожара и выполнение указаний руководителя работ по тушению лесного пожара.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Основными функциями радиооператора являются:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация телефонной и радиосвязи по схеме оповещения при возникновении лесных пожаров;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проведение эксплуатационно-технического обслуживания радиостанций.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Основными функциями слесаря по ремонту пожарных машин, оборудования и аппаратуры являются:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведение ремонта техники, оборудования и аппаратуры, обеспечение постоянной их готовности к выезду на лесной пожар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выезд к месту пожара и выполнение указаний руководителя работ по тушению лесного пожара.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Основными функциями лесного пожарного лесной пожарной станции являются:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выезд к месту пожара и выполнение указаний руководителя работ по тушению лесного пожара;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление тушения лесных пожаров с использованием пожарной техники, оборудования, пожарного инвентаря, а также огнегасящих химических средств пожаротушения;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) содержание в исправном состоянии закрепленного за ними пожарного оборудования, аппаратуры, инструмента и снаряжения;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение работ по приготовлению растворов огнегасящих химических средств пожаротушения.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Основными функциями наблюдателя пожарно-наблюдательной вышки (пункта) являются:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наблюдение за появлением над пологом леса признаков возникающего лесного пожара;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определение места лесного пожара методом засечек с использованием азимутальных кругов;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) передача информации об обнаруженных лесных пожарах в лесную пожарную станцию и контору государственного лесовладельца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z21" w:id="7"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-3. Порядок работы противопожарной службы</w:t>
+        <w:t xml:space="preserve"> 3. Порядок работы противопожарной службы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-лесной пожарной станции</w:t>
+        <w:t>лесной пожарной станции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z22" w:id="8"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В дни с первым и вторым классом пожарной опасности в лесах по условиям погоды работники противопожарной службы лесной пожарной станции, если они не заняты на тушении лесных пожаров, находятся в местах несения дежурства и занимаются подготовкой техники и оборудования к выезду на лесной пожар.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В дни с третьим классом пожарной опасности в лесах по условиям погоды работники противопожарной службы лесной пожарной станции, если они не заняты на тушении лесных пожаров, находятся в местах несения дежурства в полной готовности к немедленному выезду на лесной пожар. Пожарная техника и оборудование находятся в полной готовности к использованию.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В дни с четвертым и пятым классом пожарной опасности в лесах по условиям погоды работники противопожарной службы лесной пожарной станции находятся в назначенных им местах сосредоточения, занимаются изучением тактики тушения лесных пожаров и технических характеристик пожарно-технического вооружения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. На территории государственного лесного фонда, обслуживаемой авиационной охраной лесов, работа противопожарной службы лесной пожарной станции увязывается с работой соответствующих авиаотделений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В длительные периоды, неопасные в пожарном отношении, работники противопожарных служб лесной пожарной станции по поручению руководителя государственного лесовладельца привлекаются к выполнению профилактических противопожарных мероприятий на обслуживаемой лесной пожарной станции территории лесного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При тушении лесного пожара учитываются особенности местности и погодные условия, вид пожара, наличие сил и средств пожаротушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Тушение лесных пожаров противопожарной службой лесной пожарной станции включает стадии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ликвидация пожара – стадия (этап) тушения пожара, на которой прекращено горение и устранены условия для его самопроизвольного возникновения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) локализация пожара – стадия (этап) тушения пожара, на которой отсутствует или ликвидирована угроза людям (животным), прекращено распространение пожара и созданы условия для его ликвидации имеющимися силами и средствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) окарауливание – дежурство рабочих пожарных команд на пройденной пожаром площади в течение определенного времени, достаточного, чтобы убедиться в отсутствии скрытых очагов горения и возможности возобновления пожара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Противопожарной службой лесной пожарной станции используются следующие способы тушения лесных пожаров:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) захлестывание или забрасывание грунтом кромки низового пожара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) прокладка минерализованных полос и канав при помощи почвообрабатывающих орудий и взрывчатых материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тушение пожаров водой или растворами огнетушащих химикатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отжиг или встречный огонь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. После ликвидации пожара работники противопожарной службы лесной пожарной станции обеспечивают окарауливание мест пожара для предотвращения повторного возгорания леса от скрытых очагов горения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Обеспечение лесной пожарной станции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Лесная пожарная станция оснащается пожарной техникой, оборудованием, средствами связи в соответствии с нормами и нормативами по охране, защите, пользованию лесным фондом, воспроизводству лесов и лесоразведению на участках государственного лесного фонда, утверждаемыми согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункту 193)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      14. В дни с третьим классом пожарной опасности в лесах по условиям погоды работники противопожарной службы лесной пожарной станции, если они не заняты на тушении лесных пожаров, находятся в местах несения дежурства в полной готовности к немедленному выезду на лесной пожар. Пожарная техника и оборудование находятся в полной готовности к использованию.</w:t>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...257 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="10"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Лесная пожарная станция оснащается пожарной техникой, оборудованием, средствами связи в соответствии с </w:t>
-[...63 lines deleted...]
-        <w:t>
       23. Пожарная техника, оборудование и средства связи после окончании пожароопасного сезона ремонтируются и хранятся в лесной пожарной станции.</w:t>
       </w:r>
-      <w:r>
-[...154 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z38" w:id="11"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>
-к Положению о лесной пожарной</w:t>
-[...27 lines deleted...]
-лесовладельца        </w:t>
+      24. За месяц до начала пожароопасного сезона пожарная техника, оборудование и средства связи приводятся в полную готовность к работам по борьбе с лесными пожарами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z39" w:id="12"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-Форма            </w:t>
+        <w:t>
+      25. Для обеспечения работы противопожарной службы в лесной пожарной станции создаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Согласован                              «Утверждаю»</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-_____________________________      ________________________________</w:t>
-[...68 lines deleted...]
-        <w:t>                    лесной пожарной станции</w:t>
+      1) метеопункт для проведения метеорологических наблюдений в целях определения класса пожарной опасности по условиям погоды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Месторасположение</w:t>
+        <w:t>
+      2) помещение для хранения документов, плана лесонасаждений и лесопожарной карты, на которой указываются пути транспорта, расположения пожарных вышек (пунктов), противопожарных барьеров и водоисточников;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-лесной пожарной станции</w:t>
+      3) помещения для размещения работников противопожарной службы, а также для хранения оборудования, пожарного инвентаря, полевой кухни, средств индивидуальной защиты, медикаментов, боевой одежды и снаряжения;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-____________________________________________________________________</w:t>
+      4) отапливаемый гараж для пожарных машин, крытые стоянки для патрульных машин и тракторов.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                       (юридический адрес)</w:t>
+      26. Лесная пожарная станция обеспечивается телефонной и радиосвязью с государственным лесовладельцем или лесничеством, пожарной техникой и работниками противопожарной службы, работающими на тушении лесного пожара.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Государственный лесовладелец _______________________________________</w:t>
+      27. В районах, где осуществляется авиационное патрулирование, при лесной пожарной станции организуется пункт приема донесений от экипажа патрульного вертолета (самолета) и устраивается посадочная площадка для вертолета.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Положению о лесной пожарной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>станции государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лесовладельца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма            </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                       (наименование)</w:t>
+            Согласован                              "Утверждаю"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Лесничество ________________________________________________________</w:t>
+      _____________________________      ________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                               (наименование)</w:t>
+      (руководитель подразделения       (руководитель государственного</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+         противопожарной службы)                лесовладельца)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Паспорт</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лесной пожарной станции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Месторасположение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лесной пожарной станции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                              (юридический адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный лесовладелец _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                              (наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лесничество ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                      (наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обслуживаемая лесной пожарной станцией территория:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2894"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2851"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2894" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Номера</w:t>
-[...29 lines deleted...]
-            <w:tcW w:w="2850" w:type="dxa"/>
+              <w:t>
+Номера</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кварталов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Общая</w:t>
-[...47 lines deleted...]
-              <w:t>тысяч гектар</w:t>
+              <w:t>
+Общая</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+площадь,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В том числе земли</w:t>
+              <w:t>
+В том числе земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
@@ -2441,23702 +2816,22503 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лесные</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2851" w:type="dxa"/>
+              <w:t>
+лесные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нелесные</w:t>
+              <w:t>
+нелесные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2510" w:type="dxa"/>
-[...101 lines deleted...]
-              <w:t>лесом</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+покрытые</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лесом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2894" w:type="dxa"/>
-[...318 lines deleted...]
-</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2894" w:type="dxa"/>
-[...160 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                            Список</w:t>
-[...13 lines deleted...]
-   работников противопожарной службы лесной пожарной станции</w:t>
+                                  Список</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...817 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="15"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                          Перечень</w:t>
+         работников противопожарной службы лесной пожарной станции</w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+приказа о</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+назначении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер, дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+приказа об</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+увольнении</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+или переводе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
- пожарной техники, оборудования, инвентаря, средств транспорта и</w:t>
-[...13 lines deleted...]
-        связи, закрепленных за лесной пожарной станцией</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...1344 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="16"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-        Условные знаки противопожарного устройства лесов</w:t>
+                                Перечень</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       пожарной техники, оборудования, инвентаря, средств транспорта и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+              связи, закрепленных за лесной пожарной станцией</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="844"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5325"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...107 lines deleted...]
-              <w:t>Изображения</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тип,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+марка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+выпуска</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поступления</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на лесную пожарную станцию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отметка о</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+проводившихся</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ремонтах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основание</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+исключения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из перечня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...66 lines deleted...]
-              <w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+двигателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шасси</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+рамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...23 lines deleted...]
-          </w:tcPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Условные знаки противопожарного устройства лесов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование объекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Изображения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лесная пожарная станция первого</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+типа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="304800" cy="304800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="304800" cy="304800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...92 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лесная пожарная станция второго</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+типа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="381000" cy="165100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="381000" cy="165100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...116 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+База (склад) противопожарного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оборудования, пункт сосредоточения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мелкого пожарного инвентаря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="508000" cy="533400"/>
+                  <wp:extent cx="1600200" cy="1676400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="508000" cy="533400"/>
+                            <a:ext cx="1600200" cy="1676400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...92 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контора государственного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лесовладельца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="406400" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="406400" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контора лесничества</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="406400" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="406400" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лесной кордон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Метеопункт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="317500" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="317500" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинский пункт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="317500" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="317500" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...92 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место расположения ДПД</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+противопожарной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="266700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место базирования авиаотделения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="457200" cy="241300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="457200" cy="241300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...92 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарная наблюдательная вышка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(пункт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="622300" cy="609600"/>
+                  <wp:extent cx="952500" cy="939800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="622300" cy="609600"/>
+                            <a:ext cx="952500" cy="939800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вертолетная площадка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="317500" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="317500" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пункт приема донесений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="317500" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="317500" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место отдыха</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="215900" cy="279400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="215900" cy="279400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место разведения костров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="355600" cy="355600"/>
+                  <wp:extent cx="495300" cy="927100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="355600" cy="355600"/>
+                            <a:ext cx="495300" cy="927100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Район действия лесной пожарной станции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="241300" cy="88900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="241300" cy="88900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Противопожарный разрыв</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="571500" cy="101600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="571500" cy="101600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Минерализованная полоса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1092200" cy="114300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1092200" cy="114300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...68 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пожарный водоем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="431800" cy="254000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId22"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="431800" cy="254000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...92 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место лесного пожара, цифра –</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+порядковый номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="330200" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="330200" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-         Схема связи, осуществляемой лесной пожарной станцией</w:t>
+      Схема связи, осуществляемой лесной пожарной станцией</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="763"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5429"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...29 lines deleted...]
-            <w:tcW w:w="7808" w:type="dxa"/>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование объекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5429" w:type="dxa"/>
+              <w:t>
+Наименование объекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Изображения</w:t>
+              <w:t>
+Изображения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7808" w:type="dxa"/>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Радиостанции стационарные</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5429" w:type="dxa"/>
+              <w:t>
+Радиостанции стационарные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="609600" cy="520700"/>
+                  <wp:extent cx="660400" cy="1092200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="609600" cy="520700"/>
+                            <a:ext cx="660400" cy="1092200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7808" w:type="dxa"/>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Радиостанции мобильные</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5429" w:type="dxa"/>
+              <w:t>
+Радиостанции мобильные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="609600" cy="660400"/>
+                  <wp:extent cx="660400" cy="1079500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="609600" cy="660400"/>
+                            <a:ext cx="660400" cy="1079500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7808" w:type="dxa"/>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Радиостанции переносные</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5429" w:type="dxa"/>
+              <w:t>
+Радиостанции переносные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="698500" cy="546100"/>
+                  <wp:extent cx="1003300" cy="1257300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="698500" cy="546100"/>
+                            <a:ext cx="1003300" cy="1257300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7808" w:type="dxa"/>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефонный аппарат</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5429" w:type="dxa"/>
+              <w:t>
+Телефонный аппарат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="698500" cy="495300"/>
+                  <wp:extent cx="1193800" cy="1333500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="698500" cy="495300"/>
+                            <a:ext cx="1193800" cy="1333500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7808" w:type="dxa"/>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Радиосвязь</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5429" w:type="dxa"/>
+              <w:t>
+Радиосвязь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1092200" cy="330200"/>
+                  <wp:extent cx="2095500" cy="482600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId28"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1092200" cy="330200"/>
+                            <a:ext cx="2095500" cy="482600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7808" w:type="dxa"/>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефонная линия</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5429" w:type="dxa"/>
+              <w:t>
+Телефонная линия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1143000" cy="292100"/>
+                  <wp:extent cx="1803400" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1143000" cy="292100"/>
+                            <a:ext cx="1803400" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7808" w:type="dxa"/>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Патрульный самолет (вертолет)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5429" w:type="dxa"/>
+              <w:t>
+Патрульный самолет (вертолет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1562100" cy="393700"/>
+                  <wp:extent cx="2844800" cy="977900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId30"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1562100" cy="393700"/>
+                            <a:ext cx="2844800" cy="977900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                   Условные обозначения выездов</w:t>
+                         Условные обозначения выездов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3596"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3210"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...113 lines deleted...]
-              <w:t>Синий - прочие</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Красный – на тушение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Желтый – на патрулирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зеленый – учебно-тренировочные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синий - прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...130 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-        о закреплении пожарной техники, оборудования и средств</w:t>
-[...13 lines deleted...]
-               связи за работниками противопожарной службы</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...1128 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                               Сведения</w:t>
-[...13 lines deleted...]
-           по учету огнегасящих химических средств пожаротушения</w:t>
+                                  Сведения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...1103 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                             Сведения</w:t>
-[...27 lines deleted...]
-                 на первое число следующего месяца</w:t>
+              о закреплении пожарной техники, оборудования и средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...555 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                              Сведения</w:t>
+                     связи за работниками противопожарной службы</w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тип, марка,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+номер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+двигателя,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шасси, рамы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+год выпуска</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+отчество (при</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наличии),</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должность</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+работника за</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+которым</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+закреплены</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+техника,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оборудование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+закрепления и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата сдачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+техники и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Состояние</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+техники и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оборудования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при их</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+закреплении и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сдаче</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-         по учету инструктажа, учебы и тренировок, проведенных</w:t>
-[...13 lines deleted...]
-               с работниками противопожарной службы</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...841 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="22"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                              Сведения</w:t>
-[...13 lines deleted...]
-               о пожарной опасности по условиям погоды</w:t>
+                                     Сведения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...889 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="23"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                   Учет работы личного состава</w:t>
+                 по учету огнегасящих химических средств пожаротушения</w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+химиката,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+смачивателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Расход</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остаток</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+масса,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+килограмм (штук)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+масса,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+килограмм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(штук)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+масса,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+килограмм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(штук)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             ____________________ лесной пожарной станции</w:t>
-[...13 lines deleted...]
-               (наименования)</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...1036 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="24"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-          Затраты труда личного состава, машино-смен техники</w:t>
-[...13 lines deleted...]
-                        в отчетном месяце</w:t>
+                                   Сведения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...1124 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="25"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            Карточка учета работ лесной пожарной станции</w:t>
+                 о движении огнегасящих химикатов и смачивателей</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                       на первое число следующего месяца</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование химикатов и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+смачивателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Израсходовано в</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+отчетном</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+месяце, килограмм,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остаток, килограмм,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                за _______________ 20____ года</w:t>
+</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                    Сведения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+               по учету инструктажа, учебы и тренировок, проведенных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                     с работниками противопожарной службы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+отрабатываемые</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вопросы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Список</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+работников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпись лица,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+проводившего</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инструктаж,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учебу,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тренировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-         по ______________________________________________</w:t>
+</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                    Сведения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                     о пожарной опасности по условиям погоды</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+осадков,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллиметр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Температура</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+воздуха,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+градусов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разность между</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значением</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+температуры и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+точки росы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+градусов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комплексный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+показатель</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пожарной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+опасности погоды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            (наименование государственного лесовладельца)</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         Учет работы личного состава</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                    ____________________ лесной пожарной станции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                      (наименования)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отработано, человеко-дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на тушение</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пожаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учеба и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тренировка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на противопожарном</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+устройстве лесов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на других</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+работах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дежурство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Затраты труда личного состава, машино-смен техники</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                              в отчетном месяце</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единицы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+измерения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+трудозатрат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В отчетном месяце отработано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тушение</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пожара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на работах по</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+противопожарному</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+устройству лесов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Человеко-дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Машино-смен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тракторо-смен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                  Карточка учета работ лесной пожарной станции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                       за _______________ 20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                по ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   (наименование государственного лесовладельца)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="525"/>
-[...31 lines deleted...]
-        <w:gridCol w:w="419"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="373"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...29 lines deleted...]
-            <w:tcW w:w="1719" w:type="dxa"/>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Показатели</w:t>
+              <w:t>
+Показатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="31"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дни месяца</w:t>
+              <w:t>
+Дни месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>13</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>15</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>16</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>17</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>18</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>19</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>21</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>22</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>23</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>24</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>25</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>26</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>27</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>28</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>29</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>31</w:t>
+              <w:t>
+31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1719" w:type="dxa"/>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс</w:t>
-[...53 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пожарной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+опасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1719" w:type="dxa"/>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество</w:t>
-[...53 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дежуривших</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+работников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1719" w:type="dxa"/>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество</w:t>
-[...77 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+выездов и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+их общая</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+продолжительность по назначению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1719" w:type="dxa"/>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество</w:t>
-[...125 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+работников</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+противопожарной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+службы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+участвовавших в</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+выезде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1719" w:type="dxa"/>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество</w:t>
-[...53 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возникших</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пожаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1719" w:type="dxa"/>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество</w:t>
-[...77 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пожаров,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+потушенных</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лесной пожарной станцией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="282" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="419" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>