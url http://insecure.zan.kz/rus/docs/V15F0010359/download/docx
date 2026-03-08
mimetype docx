--- v0 (2025-11-07)
+++ v1 (2026-03-08)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="18ebc43" w14:textId="18ebc43">
+    <w:p w14:paraId="5eba81d" w14:textId="5eba81d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,3763 +94,4467 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил применения клейм в государственном лесном фонде</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 18-02/53. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 марта 2015 года № 10359</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 18-02/53. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 марта 2015 года № 10359.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Лесного кодекса Республики Казахстан от 8 июля 2003 года, </w:t>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 197)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      1. Утвердить прилагаемые </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> применения клейм в государственном лесном фонде.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление на официальное опубликование в периодических изданиях и информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на официальном интернет-ресурсе Министерства сельского хозяйства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра сельского хозяйства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      2. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра сельского хозяйства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 января 2015 года № 18-02/53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>применения клейм в государственном лесном фонде</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление на официальное опубликование в периодических изданиях и информационно-правовой системе «Әділет»;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила применения клейм в государственном лесном фонде (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 197)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан" и определяют порядок применения клейм в государственном лесном фонде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) размещение настоящего приказа на официальном интернет-ресурсе Министерства сельского хозяйства Республики Казахстан.</w:t>
-[...12 lines deleted...]
-        <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Клеймение деревьев, хлыстов, сортиментов и пней производится в целях контроля за отводом лесосек, правильностью проведения рубок и отпуска леса, фиксирования незаконных порубок, а также для учета древесины при ее вывозке с лесосеки и верхних складов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В государственном лесном фонде применяются три формы клейм: отпускное, порубочное и контрольное.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Утверждены              </w:t>
-[...17 lines deleted...]
-      </w:r>
+      4. Государственные лесовладельцы применяют клейма в виде рельефного изображения на пластине круглого сечения, закрепляемой на металлическом молотке, по формам, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, при этом на клеймах устанавливаются серийные номера, имеющие буквенные и цифровые обозначения согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Республики Казахстан         </w:t>
-[...3 lines deleted...]
-      </w:r>
+      5. Выдача клейм мастерам леса и лесничим производится руководителем организации, являющейся государственным лесовладельцем, под роспись в журнале регистрации оттисков и выдачи клейм с наложением на ней оттисков клейм. Журнал регистрации оттисков и выдачи клейм ведется согласно формы, указанной в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Передача клейм другим лицам без письменного распоряжения (приказа) руководителя организации, являющейся государственным лесовладельцем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае временного отсутствия работника, которому выданы клейма, то такие клейма по письменному распоряжению (приказу) руководителя организации, являющейся государственным лесовладельцем, передаются его замещающему должностному лицу с оформлением этой передачи актом и отметкой в журнале регистрации клейм.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок применения клейм</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Отпускные клейма применяются для клеймения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) деревьев на корню при отводе лесосек, кроме отвода под сплошнолесосечные рубки и сплошные санитарные рубки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) хлыстов, а также деловых сортиментов и дровяной древесины при диаметре в верхнем отрубе восемь сантиметров и более при их вывозке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оставшихся пней диаметром десять сантиметров и более при заготовке древесины на участках государственного лесного фонда, осуществляемой в порядке проведения следующих видов рубок леса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      главного пользования, проводимых в спелых и перестойных древостоях, кроме сплошнолесосечных рубок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      промежуточного пользования, кроме осветлений и прочисток;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прочих рубок, кроме сплошных санитарных рубок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Порубочные клейма применяются для клеймения пней от незаконных порубок, а также обнаруженной на месте незаконной порубки срубленной древесины.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-от 30 января 2015 года № 18-02/53  </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+      10. Контрольные клейма применяются для клеймения пней от незаконных порубок, обнаруженных при </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ревизиях лесных обходов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, как ранее заклейменных мастером леса, так и не заклейменных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. При клеймении используются водостойкие красящие вещества, которые наносятся на рельефное изображение клейма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Клейма ставятся по следующим формам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отпускное – на стоящих деревьях как в корневую часть ствола (у шейки корня) ниже предполагаемого среза на глубокую ровную затеску (на древесину), так и на стволе, на уровне груди, а валежа, бурелома, ветровала – у шейки корня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) порубочные и контрольные – на торце пня, а также на торцах хлыстов, деловых сортиментов и дровяной древесины, указанных в подпункте 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам применения клейм</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в государственном лесном фонде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...674 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+        <w:t xml:space="preserve">  Формы клейм мастера леса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6658"/>
-        <w:gridCol w:w="7342"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Отпускное клеймо</w:t>
+              <w:t>
+Отпускное клеймо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7342" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Порубочное клеймо</w:t>
+              <w:t>
+Порубочное клеймо</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2565400" cy="2565400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2565400" cy="2565400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7342" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2603500" cy="2565400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2603500" cy="2565400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Рисунок 1</w:t>
+              <w:t>
+Рисунок 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7342" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Рисунок 2</w:t>
+              <w:t>
+Рисунок 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="8813800" cy="6299200"/>
+            <wp:extent cx="7810500" cy="5588000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8813800" cy="6299200"/>
+                      <a:ext cx="7810500" cy="5588000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="9"/>
-[...16 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...55 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6991"/>
-        <w:gridCol w:w="7009"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6991" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11 lines deleted...]
-              <w:t>Отпускное клеймо</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7009" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11 lines deleted...]
-              <w:t>Контрольное клеймо</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам применения клейм</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в государственном лесном фонде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Формы клейм лесничего</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6991" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отпускное клеймо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контрольное клеймо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2578100" cy="2540000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2578100" cy="2540000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7009" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2603500" cy="2552700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2603500" cy="2552700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6991" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Рисунок 1</w:t>
+              <w:t>
+Рисунок 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7009" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Рисунок 2</w:t>
+              <w:t>
+Рисунок 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>Размеры клейм</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">  Размеры клейм</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(мм)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7434"/>
-        <w:gridCol w:w="7154"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7434" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="4660900" cy="6083300"/>
+                  <wp:extent cx="6108700" cy="7962900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="4660900" cy="6083300"/>
+                            <a:ext cx="6108700" cy="7962900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7154" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="4483100" cy="5067300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="4483100" cy="5067300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>      Примечание: Выступающие бортики, согласно </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Примечание: Выступающие бортики, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам применения клейм в государственном лесном фонде по всему оттиску клейма должны быть шириной 2 мм.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам применения клейм</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в государственном лесном фонде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Буквенные и цифровые обозначения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>серийных номеров клейм</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Для государственных лесовладельцев, находящихся в ведении местных исполнительных органов по областям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акмолинская – АКМ 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актюбинская – АКТ 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алматинская – АЛМ 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атырауская – АТ 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Восточно-Казахстанская - ВК 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбылская – ЖМ 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Западно-Казахстанская – ЗК 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карагандинская – КР 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Костанайская – КС 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кызылординская – КЗ 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мангистауская – МН 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Павлодарская – ПВ 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Северо-Казахстанская – СК 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Южно-Казахстанская – ЮК 0001 и выше.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Для государственных лесовладельцев, находящихся в ведении уполномоченного органа в области лесного хозяйства по областям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акмолинская - АКМО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актюбинская – АКТО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алматинская – АЛМО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атырауская – АТО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Восточно-Казахстанская – ВКО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбылская – ЖМО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Западно-Казахстанская – ЗКО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карагандинская – КРО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Костанайская – КСО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кызылординская – КЗО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мангистауская – МНО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Павлодарская – ПВО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Северо-Казахстанская – СКО 0001 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Южно-Казахстанская – ЮКО 0001 и выше.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Для других государственных организации, которым участки государственного лесного фонда предоставлены на праве постоянного землепользования – буквенные обозначения, указанные в пункте 1) приложении 3 к Правилам применения клейм в государственном лесном фонде соответственно областям с добавлением в конце буквы "П", а цифровые обозначения от 001 и выше.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам применения клейм</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в государственном лесном фонде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Журнал</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>регистрации оттисков и выдачи клейм</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование лесовладельца)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Приложение 3             </w:t>
-[...3 lines deleted...]
-      </w:r>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Начат         ________________ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-к Правилам применения клейм    </w:t>
-[...3 lines deleted...]
-      </w:r>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Окончен       ________________ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-в государственном лесном фонде  </w:t>
-[...9 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...710 lines deleted...]
-        <w:t>      Срок хранения ________________ год</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок хранения ________________ год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="673"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2593"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 клейма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 клейма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Серийный</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Серийный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оттиск</w:t>
+              <w:t>
+Оттиск</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1253" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оттиск</w:t>
+              <w:t>
+Оттиск</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2533" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ф.И.О., должность ознакомленного с правилами применения и получившего</w:t>
+              <w:t>
+Ф.И.О., должность ознакомленного с правилами применения и получившего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2593" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Роспись получившего</w:t>
+              <w:t>
+Роспись получившего</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1253" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2533" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2593" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1253" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2533" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2593" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>