--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c223e6b" w14:textId="c223e6b">
+    <w:p w14:paraId="4b76f6a" w14:textId="4b76f6a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Реестра должностей гражданских служащих сферы социального обеспечения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра здравоохранения и социального развития Республики Казахстан от 28 декабря 2015 года № 1042. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 декабря 2015 года № 12751.</w:t>
+        <w:t>Приказ Министра здравоохранения и социального развития Республики Казахстан от 28 декабря 2015 года № 1042. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 декабря 2015 года № 12751</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -913,50 +913,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -7532,51 +7552,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Специалисты высшего уровня квалификации: архивист, бухгалтер, инженер всех специальностей, менеджер по государственным закупкам, менеджер, экономист, юрист, юрисконсульт, программист, переводчик, инспектор, инспектор по кадрам, инструктор, энергетик, библиотекарь, инженер ТБ, начальник штаба гражданской обороны, специалист по государственному языку, специалист по международному сотрудничеству, специалист тестового контроля, специалист отдела комплектаций, специалист по кадрам, статистик, референт</w:t>
+Специалисты высшего уровня квалификации: архивист, бухгалтер, инженер всех специальностей, менеджер по государственным закупкам, менеджер, экономист, юрист, юрисконсульт, программист, переводчик, инспектор, инспектор по кадрам, инструктор, энергетик, библиотекарь, инженер ТБ, начальник штаба гражданской обороны, специалист по государственному языку, специалист по международному сотрудничеству, специалист тестового контроля, специалист отдела комплектаций, специалист по кадрам, статистик, референт, специалист по связям с общественностью, системный администратор.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7628,86 +7648,66 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="7"/>
-[...34 lines deleted...]
-Руководитель структурного подразделения, занятого административно-хозяйственным обслуживанием государственного учреждения и казенного предприятия: гаража, делопроизводством, камеры хранения, канцелярии, котельной, прачечной, склада, хозяйства, овощехранилища</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты среднего уровня квалификации: архивист, бухгалтер, инженер всех специальностей, менеджер по государственным закупкам, экономист, юрисконсульт, программист, переводчик, инспектор, инструктор, энергетик, библиотекарь, культуролог, инспектор по кадрам, техники всех наименований, статистик, референт, системный администратор. Руководитель структурного подразделения, занятого административно-хозяйственным обслуживанием государственного учреждения и казенного предприятия: гаража, делопроизводством, камеры хранения, канцелярии, котельной, прачечной, склада, хозяйства, овощехранилища.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7979,55 +7979,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8353,31 +8353,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>