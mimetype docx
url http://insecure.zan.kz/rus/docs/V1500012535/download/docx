--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7230f60" w14:textId="7230f60">
+    <w:p w14:paraId="78748c6" w14:textId="78748c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,340 +102,256 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра национальной экономики Республики Казахстан от 23 ноября 2015 года № 709. Зарегистрирован в Министерстве юстиции Республики Казахстан 26 декабря 2015 года № 12535.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 23-21)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...180 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и разрешительные требования по аккредитации организаций, осуществляющих инжиниринговые услуги по техническому надзору и экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету по делам строительства, жилищно-коммунального хозяйства и управлению земельными ресурсами Министерства национальной экономики Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -446,90 +362,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего приказа на официальном интернет-ресурсе Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -969,125 +885,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 ноября 2015 года № 709</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила и разрешительные требования по аккредитации организаций, осуществляющих инжиниринговые услуги по техническому надзору и экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 01.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила и разрешительные требования по аккредитации организаций, осуществляющих инжиниринговые услуги по техническому надзору и экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности (далее – Правила и разрешительные требования), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1102,2373 +1018,2157 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 16 июля 2001 года  "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" и подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила и разрешительные требования регламентируют процедуру аккредитации организаций осуществляющих инжиниринговые услуги по техническому надзору и экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности и определяют порядок оказания государственной услуги "Аккредитация юридических лиц, осуществляющих технический надзор и техническое обследование по объектам первого и второго уровней ответственности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В настоящих Правилах и разрешительных требованиях применяются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аккредитованная организация – юридическое лицо, прошедшее в установленном порядке процедуру аккредитации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аккредитация – процедура официального признания уполномоченным органом компетентности полномочий организаций осуществляющих инжиниринговые услуги по техническому надзору или экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) реестр субъектов аккредитации – единый список учета субъектов аккредитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) свидетельство об аккредитации – документ, выдаваемый уполномоченным органом, удостоверяющий компетентность субъектов аккредитации осуществлять инжиниринговые услуги по техническому надзору или экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заявитель – юридическое лицо, претендующее на получение свидетельства об аккредитации в качестве организации осуществляющей инжиниринговые услуги по техническому надзору или экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уполномоченный орган – ведомство центрального государственного органа, осуществляющего руководство в сфере государственного управления архитектурной, градостроительной и строительной деятельностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга "Аккредитация юридических лиц, осуществляющих технический надзор и техническое обследование по объектам первого и второго уровней ответственности" (далее – государственная услуга) оказывается Комитетом по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан (далее – услугодатель) согласно настоящим Правилам и разрешительным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Юридические лица (далее – услугополучатель) для получения государственной услуги направляет заявление с документами в форме электронного документа, удостоверенного электронно-цифровой подписью (далее - ЭЦП) услугодателю через веб-портал "электронного правительства" www.egov.kz (далее - портал) или объект информатизации "информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz) (далее – информационная система).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z455" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      приложение с перечнем основных требований к оказанию государственной услуги, которое содержит "Аккредитация юридических лиц, осуществляющих технический надзор и техническое обследование по объектам первого и второго уровней ответственности" (далее – государственная услуга) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень основных требований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Перечень документов необходимых для оказания государственной услуги определены пунктом 8 Перечня основных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z456" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения документов, о государственной регистрации (перерегистрации) юридического лица предоставляются услугодателю из информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z457" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z458" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучателю в "личный кабинет" направляется статус о принятии заявления для оказания государственной услуги с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 367</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Юридические лица (далее – услугополучатель) для получения государственной услуги направляет заявление с документами в форме электронного документа, удостоверенного электронно-цифровой подписью (далее - ЭЦП) услугодателю через веб-портал "электронного правительства" www.egov.kz (далее - портал).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+      7. Действия, входящих в состав процесса оказания государственной услуги, длительность выполнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Перечень основных требований к оказанию государственной услуги, включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены согласно </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      1) автоматическая регистрация заявления с документами, указанных подпунктами 1), 2) и 3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил и разрешительных требований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выдача, переоформление свидетельства в электронной форме осуществляется информационной системой (компьютером) без участия услугодателя – в течение 20-40 (двадцать - сорок) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Свидетельства об аккредитации подлежат переоформлению при изменении наименования и (или) места нахождения юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случае изменения организационно-правовой формы аккредитованная организация проходит процедуру аккредитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Приостановление, возобновление действия, лишение (отзыв) свидетельства об аккредитации осуществляется в порядке и (или) по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Не допускается осуществление деятельности организацией, без наличия действующего свидетельства об аккредитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Разрешительные требования и порядок проведения аккредитации организаций, осуществляющих инжиниринговые услуги по техническому надзору на технически и технологически сложных объектах первого и второго уровней ответственности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Для прохождения и подтверждения аккредитации заявители соответствуют следующим разрешительным требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для осуществления технического надзора на технически и технологически сложных объектах первого уровня ответственности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь в своем составе на постоянной основе не менее трех аттестованных экспертов, осуществляющих технический надзор на объектах первого уровней ответственности, в том числе по специализациям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по объектам первого уровня ответственности – в части несущих и ограждающих конструкций (не менее одного эксперта);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по объектам первого уровня ответственности – в части инженерных сетей (не менее одного эксперта);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по объектам первого уровня ответственности – в части технологического оборудования (не менее одного эксперта);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь на праве собственности или привлеченную (на основании договора) аккредитованную лабораторию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь материально-техническую оснащенность, в том числе средства измерений и контроля, необходимых для выполнения возложенных обязанностей и функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь нормативную документацию, необходимую для выполнения возложенных обязанностей и функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для осуществления технического надзора на технически и технологически сложных объектах второго уровня ответственности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь в своем составе на постоянной основе не менее трех аттестованных экспертов, осуществляющих технический надзор на объектах второго и третьего уровней ответственности, в том числе по специализациям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по объектам второго и третьего уровней ответственности – в части несущих и ограждающих конструкций (не менее одного эксперта);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по объектам второго и третьего уровней ответственности – в части инженерных сетей (не менее одного эксперта);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по объектам второго и третьего уровней ответственности – в части технологического оборудования (не менее одного эксперта);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь на праве собственности или привлеченную (на основании договора) аккредитованную лабораторию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь материально-техническую оснащенность, в том числе средства измерений и контроля, необходимых для выполнения возложенных обязанностей и функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь нормативную документацию, необходимую для выполнения возложенных обязанностей и функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Свидетельство об аккредитации организации, осуществляющих инжиниринговые услуги по техническому надзору на технически и технологически сложных объектах первого и второго уровней ответственности, подтверждается один раз в два года со дня аккредитации или подтверждения в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Аккредитация услугополучателя проводится уполномоченным органом и подтверждается свидетельством об аккредитации в электронном виде согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Аккредитованные организации включаются в Реестр аккредитованных организаций, осуществляющих инжиниринговые услуги по техническому надзору на технически и технологически сложных объектах первого и второго уровней ответственности, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям, который содержит совокупность информации о реквизитах юридического лица, дату выдачи и номер свидетельства об аккредитации, уровень ответственности, о наличии в штате специалистов, а также сведения о принятых в отношении данного юридического лица мерах ответственности, установленной законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Разрешительные требования и порядок проведения аккредитации организаций, осуществляющих экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Для прохождения аккредитации заявители соответствуют следующим разрешительным требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z459" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь в своем составе на постоянной основе не менее трех аттестованных экспертов, осуществляющих техническое обследование надежности и устойчивости зданий и сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z460" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь в своем составе на постоянной основе не менее одного аттестованного эксперта, осуществляющего экспертизу проектов по специализации конструктивная часть;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z461" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь в своем составе на постоянной основе не менее одного инженера-геодезиста (с опытом работы не менее трех лет);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z462" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь на праве собственности или привлеченную (на основании договора) аккредитованную лабораторию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z463" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      иметь административно-бытовые помещения на праве собственности или аренды на срок более одного года (с государственной регистрацией в правовом кадастре), удовлетворяющие требованиям Санитарных правил "Санитарно-эпидемиологические требования к административным и жилым зданиям", утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 16 июня 2022 года № ҚР ДСМ-52 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 28525);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z464" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь материально-техническую оснащенность, в том числе средства измерений и контроля, необходимых для выполнения возложенных обязанностей и функций, а также компьютеры, оснащенные лицензионными программными обеспечениями необходимыми для выполнения расчетов, составления и оформления графических и иных материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z465" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь нормативно-техническую и методологическую литературу, необходимую для выполнения возложенных обязанностей и функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Свидетельство об аккредитации организации, осуществляющей экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности, подтверждается один раз в два года со дня аккредитации или подтверждения в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Аккредитация услугополучателя проводится уполномоченным органом и подтверждается свидетельством об аккредитации в электронном виде согласно приложению 8 к настоящим Правилам и разрешительным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Аккредитованные организации включаются в Реестр аккредитованных организаций, осуществляющих экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям, который содержит совокупность информации о реквизитах юридического лица, дату выдачи и номер свидетельства об аккредитации, наличии в штате специалистов, а также сведения о принятых в отношении данного юридического лица мерах ответственности, установленной законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. В Реестры аккредитованных организаций, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил и разрешительных требований вносятся изменения и дополнения на основании заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При этом, любые внесенные изменения и дополнения не влекут за собой нарушения разрешительных требований, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил и разрешительных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Аккредитованная организация должна соответствовать разрешительным требованиям предъявляемым как при выдаче свидетельства об аккредитации, так и на протяжении всего периода времени его действительности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) услугодателей и (или) его должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Жалоба по вопросам оказания государственных услуг услугополучателем подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...799 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">24. Исключен приказом Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 17 предусматривается в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 367</w:t>
+        <w:t xml:space="preserve">25. Исключен приказом Министра индустрии и инфраструктурного развития РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...652 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...204 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -3518,225 +3218,270 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к Правилам и</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>разрешительным требованиям</w:t>
+              <w:t>к Правилам и разрешительным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по аккредитации организаций,</w:t>
+              <w:t>требованиям по аккредитации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществляющих</w:t>
+              <w:t>организаций, осуществляющих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>инжиниринговые услуги по</w:t>
+              <w:t>инжиниринговые услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техническому надзору и</w:t>
+              <w:t>по техническому надзору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экспертные работы по</w:t>
+              <w:t>и экспертные работы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техническому обследованию</w:t>
+              <w:t>по техническому обследованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>надежности и устойчивости</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>зданий и сооружений на</w:t>
+              <w:t>зданий и сооружений</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>технически и технологически</w:t>
+              <w:t>на технически и технологически</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сложных объектах первого и</w:t>
+              <w:t>сложных объектах первого</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>второго уровней</w:t>
-[...12 lines deleted...]
-              <w:t>ответственности</w:t>
+              <w:t>и второго уровней ответственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3749,52 +3494,106 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Перечень основных требований к оказанию государственной услуги "Аккредитация юридических лиц осуществляющих технический надзор и техническое обследование по объектам первого и второго уровней ответственности": </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Стандарт государственной услуги (наименование государственной услуги) "Аккредитация юридических лиц осуществляющих технический надзор и техническое обследование по объектам первого и второго уровней ответственности"</w:t>
+Аккредитация организаций, осуществляющих инжиниринговые услуги по техническому надзору на технически и технологически сложных объектах первого и второго уровней ответственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредитации организаций, осуществляющих экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переоформление свидетельства при изменении наименования и (или) места нахождения юридического лица.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3826,88 +3625,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование услугодателя </w:t>
+              <w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комитет по делам строительства и жилищно-коммунального хозяйства Министерства индустрии и инфраструктурного развитию Республики Казахстан</w:t>
+Комитет по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3939,88 +3738,106 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги (каналы доступа) </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веб-портал "электронного правительства": www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4166,51 +3983,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания оказания государственной услуги</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4314,92 +4131,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям.</w:t>
+              <w:t>
+Выдача либо переоформление свидетельства об аккредитации по форме согласно приложениям 4 и 8 к настоящим Правилам и разрешительным требованиям.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4563,125 +4340,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя, объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
-[...37 lines deleted...]
-2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). </w:t>
+1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4767,204 +4544,124 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) при получении свидетельства об аккредитации по осуществлению инжиниринговых услуг по техническому надзору на технически и технологически сложных объектах первого и второго уровней ответственности:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям;</w:t>
+              <w:t>
+заявление по форме согласно приложению 2 к настоящим Правилам и разрешительным требованиям;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+форма сведений, для прохождения аккредитации организацией осуществляющего инжиниринговые услуги по техническому надзору на технически и технологически сложных объектах первого и второго уровней ответственности, согласно приложению 3 к настоящим Правилам и разрешительным требованиям;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) при получении свидетельства об аккредитации по осуществлению экспертных работ по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям;</w:t>
+              <w:t>
+заявление по форме согласно приложению 6 к настоящим Правилам и разрешительным требованиям;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+форма сведений, для прохождения аккредитации организации, осуществляющей экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности, согласно приложению 7 к настоящим Правилам и разрешительным требованиям;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электронная копия диплома инженер-геодезиста;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4973,72 +4670,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) при переоформлении свидетельства об аккредитации:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам и разрешительным требованиям.</w:t>
+              <w:t>
+заявление по форме согласно приложению 10 к настоящим Правилам и разрешительным требованиям.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5184,51 +4861,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5237,52 +4914,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель получает информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа по делам архитектуры, градостроительства и строительства: www.kds.miid.gov.kz, услугодателя. Единый контакт-центр по вопросам оказания государственных услуг: 1414. </w:t>
+              <w:t>
+Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа по делам архитектуры, градостроительства и строительства и услугодателя: www.gov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый контакт-центр по вопросам оказания государственных услуг: 1414.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5561,88 +5256,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="64"/>
+    <w:bookmarkStart w:name="z135" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z136" w:id="65"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z136" w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6341,88 +6036,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="66"/>
+    <w:bookmarkStart w:name="z139" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений, для прохождения аккредитации организацией, осуществляющего инжиниринговые услуги по техническому надзору на технически и технологически сложных объектах первого и второго уровней ответственности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z140" w:id="67"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z140" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Сведения о сотрудниках имеющих соответствующий аттестат эксперта технического надзора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -7447,90 +7142,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z179" w:id="68"/>
+    <w:bookmarkStart w:name="z179" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: Аттестованные эксперты входят состав только одной организации осуществляющего инжиниринговые услуги по техническому надзору на технически и технологически сложных объектах первого и второго уровней ответственности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z180" w:id="69"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z180" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Сведения о материально-технической оснащенности, в том числе средства измерений и контроля, необходимых для выполнения возложенных обязанностей и функций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -8227,70 +7922,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="70"/>
+    <w:bookmarkStart w:name="z205" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Сведения о наличии нормативной документаций, необходимых для выполнения возложенных обязанностей и функций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8785,145 +8480,145 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z224" w:id="71"/>
+    <w:bookmarkStart w:name="z224" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Сведения о наличии на праве собственности или привлечении аккредитованной лаборатории:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z225" w:id="72"/>
+          <w:bookmarkStart w:name="z225" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkEnd w:id="77"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9557,110 +9252,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z249" w:id="73"/>
+    <w:bookmarkStart w:name="z249" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обо всех изменениях, указанных в настоящей форме сведений данных, обязуюсь своевременно сообщать в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z250" w:id="74"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z250" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осведомлен, что за предоставление недостоверной информаций буду нести ответственность в соответствии с Кодексом Республики Казахстан "Об административных правонарушениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z251" w:id="75"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z251" w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель _______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -9951,143 +9646,143 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z254" w:id="76"/>
+    <w:bookmarkStart w:name="z254" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          СВИДЕТЕЛЬСТВО ОБ АККРЕДИТАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z255" w:id="77"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z255" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    N 00000 Настоящее свидетельство об аккредитации выдано</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z256" w:id="78"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z256" w:id="83"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование юридического лица)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z257" w:id="79"/>
+      <w:bookmarkStart w:name="z257" w:id="84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(юридический адрес)  на право осуществления инжиниринговых услуг по</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10497,68 +10192,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z260" w:id="80"/>
+    <w:bookmarkStart w:name="z260" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр аккредитованных организаций, осуществляющих инжиниринговые услуги по техническому надзору на технически и технологически сложных объектах первого и второго уровней ответственности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11555,125 +11250,125 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z287" w:id="81"/>
+    <w:bookmarkStart w:name="z287" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z288" w:id="82"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z288" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z289" w:id="83"/>
+      <w:bookmarkStart w:name="z289" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование юридического лица, реквизиты бизнес-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11789,64 +11484,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>помещения), телефон, факс, е-mail)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z290" w:id="84"/>
+      <w:bookmarkStart w:name="z290" w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Филиалы (представительства, объекты, пункты, участки) ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12375,88 +12070,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z293" w:id="85"/>
+    <w:bookmarkStart w:name="z293" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений, для прохождения аккредитации организации, осуществляющего экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z294" w:id="86"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z294" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Сведения о сотрудниках, имеющих соответствующие аттестаты по осуществлению экспертных работ по техническому обследованию надежности и устойчивости зданий и сооружений, по экспертизе градостроительной, предпроектной и проектно-сметной документации по специализации конструктивная часть и диплом инженера-геодезиста:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -13380,163 +13075,163 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z330" w:id="87"/>
+    <w:bookmarkStart w:name="z330" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: Аттестованные эксперты входят состав только одной организации осуществляющего экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z331" w:id="88"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z331" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Сведения о наличии административно-бытовых помещений на праве собственности или аренды на срок более одного года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z332" w:id="89"/>
+          <w:bookmarkStart w:name="z332" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="94"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13805,145 +13500,145 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z344" w:id="90"/>
+    <w:bookmarkStart w:name="z344" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Сведения о материально-технической оснащенности, в том числе средства измерений и контроля, необходимых для выполнения возложенных обязанностей и функций, а также компьютеры, оснащенные лицензионными программными обеспечениями необходимыми для выполнения расчетов, составления и оформления графических и иных материалов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z345" w:id="91"/>
+          <w:bookmarkStart w:name="z345" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="96"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14348,143 +14043,143 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z361" w:id="92"/>
+    <w:bookmarkStart w:name="z361" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Сведения о наличии нормативной документаций, необходимых для выполнения возложенных обязанностей и функций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z362" w:id="93"/>
+          <w:bookmarkStart w:name="z362" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14753,145 +14448,145 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z374" w:id="94"/>
+    <w:bookmarkStart w:name="z374" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Сведения о наличии на праве собственности или привлечении аккредитованной лаборатории:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z375" w:id="95"/>
+          <w:bookmarkStart w:name="z375" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
+          <w:bookmarkEnd w:id="100"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15525,110 +15220,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z399" w:id="96"/>
+    <w:bookmarkStart w:name="z399" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обо всех изменениях, указанных в настоящей форме сведений данных, обязуюсь своевременно сообщать в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z400" w:id="97"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z400" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осведомлен, что за предоставление недостоверной информаций буду нести ответственность в соответствии с Кодексом Республики Казахстан "Об административных правонарушениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z401" w:id="98"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z401" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель ______________________________________________ (фамилия, имя, отчество. (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15876,69 +15571,69 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z415" w:id="99"/>
+    <w:bookmarkStart w:name="z415" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          СВИДЕТЕЛЬСТВО ОБ АККРЕДИТАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z416" w:id="100"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z416" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              N 00000 Настоящее свидетельство об аккредитации выдано</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -15959,71 +15654,71 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       __________________________________________________________________,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (юридический адрес)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z417" w:id="101"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z417" w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на право осуществления экспертных работ по техническому обследованию  надежности и</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>устойчивости зданий и сооружений на технически и  технологически сложных объектах</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16399,68 +16094,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z420" w:id="102"/>
+    <w:bookmarkStart w:name="z420" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр аккредитованных организаций осуществляющих экспертные работы по техническому обследованию надежности и устойчивости зданий и сооружений на технически и технологически сложных объектах первого и второго уровней ответственности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17457,125 +17152,125 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z447" w:id="103"/>
+    <w:bookmarkStart w:name="z447" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">         Заявление юридического лица для переоформления свидетельства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z448" w:id="104"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z448" w:id="109"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z449" w:id="105"/>
+      <w:bookmarkStart w:name="z449" w:id="110"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование, местонахождение, бизнес-идентификационный</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18461,88 +18156,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z452" w:id="106"/>
+    <w:bookmarkStart w:name="z452" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z453" w:id="107"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z453" w:id="112"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18749,64 +18444,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование аккредитованной организаций)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z454" w:id="108"/>
+      <w:bookmarkStart w:name="z454" w:id="113"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(индекс, город, район, область, улица, номер дома/здания (стационарного помещения),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>