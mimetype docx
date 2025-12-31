--- v0 (2025-10-02)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c0a029d" w14:textId="c0a029d">
+    <w:p w14:paraId="f391748" w14:textId="f391748">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -330,233 +330,220 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7546"/>
-        <w:gridCol w:w="4754"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7546" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Исполняющий обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4754" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7546" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министра по инвестициям и развитию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4754" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7546" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4754" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ж. Касымбек</w:t>
@@ -924,154 +911,298 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 Закона Республики Казахстан от 15 июля 2010 года "Об использовании воздушного пространства Республики Казахстан и деятельности авиации".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Правила определяют порядок аварийно-спасательного обеспечения полетов в аэропортах Республики Казахстан.</w:t>
+      2. Правила определяют порядок аварийно-спасательного обеспечения полетов в аэропортах Республики Казахстан, за исключением несертифицируемых аэродромов (вертодромов), временных аэродромов (вертодромов) и посадочных площадок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Термины и определения, используемые в настоящих Правилах: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z47" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аварийно-спасательные работы - комплекс мероприятий, направленных на своевременное оказание помощи терпящим бедствие или потерпевшим;</w:t>
+      1) аварийно-спасательное обеспечение полетов в гражданских аэропортах Республики Казахстан — это установленная система организационных, технических и практических мероприятий, направленных на обеспечение постоянной готовности сил и средств к реагированию на авиационные происшествия и инциденты, а также к проведению аварийно-спасательных и других неотложных работ в зоне ответственности аэропорта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z48" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) территория аэропорта - земельный или водный участок, в пределах которых осуществляются аварийно-спасательные работы силами и средствами аэропорта.</w:t>
+      2) прилегающая к аэродрому (вертодрому) территория — это территория вблизи аэродрома (вертодрома), в пределах которой осуществляются аварийно-спасательные работы в случае авиационного происшествия или инцидента. Границы прилегающей территории устанавливаются в пределах восьми километров от контрольной точки аэродрома (вертодрома) и зависят от наличия искусственных и естественных препятствий, а также средств их преодоления. Установление границы согласовывается с Координационным центром поиска и спасания (далее - КЦПС) и местными территориальными органами гражданской защиты и отмечается на картах района аэродрома (вертодрома);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkStart w:name="z49" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аварийные ситуации на аэродроме (вертодроме) – ситуации, характерные для конкретного аэродрома (вертодрома), которые связаны как непосредственно с авиационной деятельностью аэропорта, так и не относящиеся к ней, обусловленные авариями природного, техногенного, эпидемиологического характера. К аварийным ситуациям относятся аварийные ситуации с воздушными судами, акты саботажа (включая угрозы применения взрывных устройств, незаконный захват воздушного судна), происшествия, связанные с опасными грузами, пожары в зданиях, стихийные бедствия и чрезвычайные ситуации в области общественного здравоохранения (включая распространение пассажирами или грузами серьезного инфекционного заболевания в международном масштабе посредством воздушного транспорта и вспышка эпидемии инфекционной болезни, потенциально охватывающие значительную часть аэродромного (вертодромного) персонала).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аварийно-спасательное обеспечение полета направлено на организацию и выполнение аварийно-спасательных работ на территории аэропорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z13" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аварийно-спасательные работы проводятся в случаях, когда авиационное происшествие произошло на территории аэропорта и нет необходимости в поиске воздушного судна и людей, потерпевших бедствие, которые включают в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) спасение пассажиров и экипажа воздушного судна, терпящего или потерпевшего бедствие на территории аэропорта;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1082,198 +1213,2014 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оказание первой медицинской помощи пострадавшим и эвакуация их в медицинские учреждения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тушение пожара на воздушном судне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:bookmarkStart w:name="z14" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Аварийно-спасательное обеспечение организуется службой поискового и аварийно-спасательного обеспечения полетов аэропорта. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z15" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. С целью усиления аварийно-спасательных сил и средств аэропорта формируются аварийно-спасательные команды (далее - АСК).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z16" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Эксплуатант сертифицированного аэродрома (вертодрома) разрабатывает план мероприятий на случай аварийных ситуаций на аэродроме (вертодроме) и прилегающей к аэродрому (вертодрому) территории (далее - Аварийный план) с учетом полетов воздушных судов и других видов деятельности на аэродроме (вертодроме).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z50" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аварийный план предусматривает аварийные ситуации, характерные для конкретного аэродрома (вертодрома), которые связаны как непосредственно с авиационной деятельностью аэропорта, так и не относящиеся к ней, обусловленные авариями природного, техногенного, эпидемиологического характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z51" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аварийный план утверждается первым руководителем эксплуатанта аэродрома (вертодрома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z52" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целью планирования мероприятий на случай аварийных ситуаций на аэродроме (вертодроме) является процесс подготовки аэродрома (вертодрома) на случай возникновения чрезвычайных обстоятельств на аэродроме (вертодроме) или прилегающей к аэродрому (вертодрому) территории, сведение к минимуму последствий аварийных ситуаций, прежде всего для спасения жизни людей и обеспечения выполнения операций воздушных судов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. Аварийный план предусматривает координацию действий, предпринимаемых при возникновении аварийных ситуаций на аэродроме (вертодроме) или прилегающей к аэродрому (вертодрому) территории, задействованными участниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z54" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К таким участникам относятся аварийно-спасательная и противопожарная служба, медицинская служба, службы авиационной безопасности, производственные службы и руководящий состав эксплуатанта аэродрома (вертодрома), службы организаций, базирующихся на аэродроме (вертодроме), поставщики услуг наземного обслуживания, органы обслуживания воздушным движением, эксплуатанты воздушных судов, правоохранительные органы, а также силы и средства сторонних организаций вне аэродрома: территориальные службы пожаротушения и аварийно-спасательных работ гражданской защиты, полиция, медицинские учреждение органов здравоохранения, военные формирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z55" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аварийный план согласовывается с организациями, задействованными в аварийном плане.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z56" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Для организации аварийно-спасательных работ на территории аэропорта разрабатывается инструкция по организации и проведению аварийно-спасательных работ в аэропорту, которая согласовывается с взаимодействующими организациями гражданской авиации, расположенных в районе аэропорта и утверждается руководителем аэропорта. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="16"/>
+      Аварийный план предусматривает взаимодействие с координационным центром поиска и спасания согласно требованиями, установленными Правилами по организации поисково-спасательного обеспечения полетов на территории Республики Казахстан, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 4 ноября 2011 года № 1296.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-1 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-2. В Аварийном плане предусматриваются следующие основные положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z58" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) виды аварийных ситуаций, для которых составляется план мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z59" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) задействованные участники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z60" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определение координаторов для соответствующих аварийных ситуаций на разных этапах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z61" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ответственность и роль каждого участника, аварийный оперативный центр и командный пункт для всех видов аварийных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z62" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) схема и процедура оповещения при возникновении аварийной ситуации, контактная информация должностных лиц, с которыми устанавливается связь в случае возникновения конкретной аварийной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z63" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) карты аэродрома и его окрестностей с нанесенной сеткой координат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z64" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) порядок проведения учений для отработки практических навыков и периодичность их проведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z65" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сотрудничество и взаимодействие с координационным центром поиска и спасания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-2 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-3. В Аварийном плане предусматривается учет аспектов человеческого фактора для оптимального реагирования всех участников, задействованных в аварийных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z67" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инструктивный материал по аспектам человеческого фактора содержится в Руководстве по обучению в области человеческого фактора (Doc 9683).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z68" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При разработке аварийного плана следует учитывать, что обстоятельства аварийных ситуаций являются стрессовыми для персонала, поэтому Аварийный план составляется с применением стандартизированных процедур, которые позволят персоналу реагировать заранее определенным образом. Вопросу обучения и тренировок уделяется первостепенное внимание, чтобы реагирование и эффективность действий персонала отвечали целям, заданным в аварийном плане.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z69" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во время обучения и тренировок проверяется, что Аварийный план является не только техническим документом, но и содержит функциональные процессы, которые учитывают возможности человека и особые обстоятельства, при которых такой план активируется. При разработке плана рассматриваются и устраняются факторы неожиданности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z70" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аварийный план доводится до сведения всего персонала, который проходит соответствующую подготовку. Обеспечивается доступ к аварийным процедурам задействованному персоналу. Необходимо, чтобы аварийные процедуры были максимально простыми и похожими на обычные процедуры и были выстроены как указания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-3 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-4. На случай аварийной ситуации эксплуатантом аэродрома (вертодрома) обеспечивается стационарный аварийный оперативный центр и передвижной командный пункт:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z72" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аварийный оперативный центр (далее - АОЦ) является стационарным, размещается на аэродроме (вертодроме). АОЦ отвечает за общую координацию и руководство работами во время аварийной ситуации, произошедшей на аэродроме (вертодроме) или прилегающей к аэродрому (вертодрому) территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z73" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АОЦ располагается в заранее определенном помещении, к нему обеспечивается доступ на круглосуточной основе или в часы работы аэродрома (вертодрома). Расположение АОЦ обеспечивает обзор рабочей площади аэродрома и пострадавшего воздушного судна, где это реализуемо (например, на наблюдательном пункте аварийно-спасательной станции).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z74" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АОЦ оборудуется такими средствами, как интернет, телефон, радиосвязь, компьютеры, телевидение и системы воспроизведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z75" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АОЦ оснащается средствами электросвязи с:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z76" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      передвижным командным пунктом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z77" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пожарным подразделением СПАСОП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z78" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диспетчерскими пунктами ОВД (руководителем полетов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z79" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      службами и объектами аэропорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z80" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      региональным координационным центром поиска и спасания в гражданской авиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z81" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействующими организациями, предприятиями и учреждениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z82" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      местными административными и правоохранительными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z83" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АОЦ обеспечивается схемами аэродрома (вертодрома), картами, аварийным планом, схемами оповещения, журналом для записей и регистрации событий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z84" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) передвижной командный пункт (далее - ПКП) создается на транспортном средстве повышенной проходимости, которое способно обеспечить быструю доставку к месту аварийной ситуации для осуществления на месте координацию работами служб по ликвидации аварийной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z85" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПКП оснащается современным оборудованием и документами, включая:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z86" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      интернет, радиотелефония, мобильные телефоны, сирена, громкоговорящая установка или мегафон, бинокль;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z87" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координатная схема аэродрома (вертодрома), карта аэродрома и прилегающей к аэродрому (вертодрому) территории, Аварийный план и соответствующие части руководства по аэродрому, журнал для записей и регистрации событий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z88" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      офисная техника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z89" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      беспроводная камера на крыше автомобиля с обзором на 360 градусов, позволяющая делать снимки и передавать их в АОЦ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z90" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      система кондиционирования и отопления для эксплуатации в жаркую или холодную погоду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z91" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      достаточное количество мест для сидения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z92" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПКП обеспечивается стационарными и/или переносными средствами радиосвязи с АОЦ, аварийно-спасательными станциями, диспетчерскими пунктами ОВД (руководителем полетов), аэродромными пожарными автомобилями, диспетчерской службой аэропорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z93" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПКП маркируется, для того чтобы его идентифицировать.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z94" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обеспечивается регулярная проверка устройств и оборудования, размещенного в АОЦ и ПКП, на предмет их исправности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z95" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПКП периодически подвергается функциональным испытаниям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z96" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначаются руководители АОЦ и ПКП в соответствии с аварийным планом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-4 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-5. В Аварийном плане устанавливается порядок периодической проверки соответствия плана предъявляемым требованиям и анализа результатов с целью повышения его эффективности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z98" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Аварийный план включаются все участники с соответствующим оборудованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z99" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аварийный план проверяют путем проведения полномасштабных действий на случай аварийной ситуации на аэродроме через промежутки времени, не превышающие два года, и отдельных мероприятий в промежуточный период для устранения недостатков, выявленных в ходе отработки полномасштабных действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z100" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аварийный план анализируется после проведения проверок или ликвидации фактической аварийной ситуации, в целях устранения любых обнаруженных недостатков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z101" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цель проведения полномасштабных действий заключается в обеспечении соответствия плана требованиям к ликвидации различных типов аварийных ситуаций. Цель проведения отдельных мероприятий заключается в обеспечении эффективности ответных действий определенных участников и компонентов плана, например системы связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z102" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отработка действий производится в дневное время, в сумерки и в темное время суток и в различных погодных условиях и условиях видимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z103" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченная организация разрабатывает инструктивный материал для эксплуатантов аэродромов (вертодромов) по планированию мероприятий на случай аварийной ситуации с учетом положений, приведенных в части 7 Руководства по аэропортовым службам ИКАО Doc 9137.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-5 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-6. В аварийном плане предусматривается оперативное задействование специальных спасательных служб территориальных подразделений уполномоченного органа в сфере гражданской защиты, плавательных средств пограничной службы Комитета национальной безопасности Республики Казахстан и координация действий с ними в целях проведения аварийно-спасательных работ в тех случаях, когда аэродром (вертодром) расположен вблизи водоемов и/или заболоченной местности, над которыми выполняется значительная часть взлетно-посадочных операций, на морских объектах, плавучих буровых установках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z105" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для аэродромов, расположенных вблизи водоемов и/или заболоченной местности или в труднодоступных районах, в плане мероприятий на случай аварийной ситуации на аэродроме (вертодроме) следует предусматривать определение, проверку и оценку на регулярной основе заранее установленного времени развертывания специальных спасательных служб.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z106" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эксплуатант аэродрома (вертодрома) проводит оценку зон захода на посадку и вылета в пределах 1000 м от порога ВПП с целью определить существующие возможности развертывания соответствующих служб.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z107" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченная организация разрабатывает инструктивный материал для эксплуатантов аэродромов (вертодромов) по оценке зон захода на посадку и вылета в пределах 1000 м от порога ВПП с учетом положений, приведенных в части 7 Руководства по аэропортовым службам ИКАО Doc 9137.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-6 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-7. Эксплуатант аэродрома (вертодрома) разрабатывает план удаления воздушного судна, потерявшего способность двигаться на рабочей площади или в непосредственной близости от нее, и назначает координатора, ответственного за выполнение этого плана, когда возникает такая необходимость.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z109" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      План удаления воздушного судна, потерявшего способность двигаться, основывается на характеристиках воздушных судов, которые, принимаются или будут приниматься на аэродроме (вертодроме), и включает, помимо всего прочего, следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z110" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) перечень предназначенного для этой цели оборудования и персонала, находящегося на аэродроме (вертодроме), или в непосредственной близости от него;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z111" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) меры по организации быстрого получения комплектов эвакуационно-восстановительного оборудования, поступающего с других аэродромов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z112" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченная организация разрабатывает инструктивный материал для эксплуатантов аэродромов (вертодромов) относительно удаления воздушного судна, потерявшего способность двигаться, с учетом положений, приведенных в части 5 Руководства по аэропортовым службам ИКАО Doc 9137.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z113" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В отношении сохранения вещественных материалов происшествия, охраны и удаления воздушного судна также необходимо руководствоваться положениями Правил представления данных и расследования авиационных происшествий и инцидентов в гражданской и экспериментальной авиации, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 27 июля 2017 года № 505 (Зарегистрирован в Министерстве юстиции Республики Казахстан 31 августа 2017 года № 15597).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-7 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Порядок аварийно-спасательного обеспечения полетов в</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>аэропортах Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z18" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Аварийно-спасательные работы на территории аэропорта организуются руководителем аэропорта. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Непосредственное руководство проведением аварийно-спасательных работ возлагается на заместителя руководителя аэропорта или другое лицо, назначаемое приказом руководителя аэропорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:bookmarkStart w:name="z19" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Аварийно-спасательные работы проводятся: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) при получении сообщения о предстоящей посадке воздушного судна, терпящего бедствие; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1302,108 +3249,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) по требованию государственных органов и организаций в соответствии с планом взаимодействия; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) по указанию руководителя аэропорта. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkStart w:name="z20" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. АСК состоит из штатных и внештатных формирований (расчетов). Из состава сил и средств противопожарной службы и службы поискового аварийно-спасательного обеспечения полетов (далее -  СПАСОП) организации гражданской авиации формируют штатные пожарно-спасательные расчеты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В каждой смене аэропорта формируются внештатные аварийно-спасательные подразделения (далее - расчеты) из работников медицинской, аэродромной, инженерно-авиационной служб (далее - ИАС), службы организации перевозок, специального транспорта, линейного отдела полиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Пожарно-спасательный расчет включает в себя пожарных спасателей из состава противопожарной службы и оснащается: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) пожарными автомобилями; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1504,70 +3451,552 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оснащение пожарно-спасательных расчетов изменяется и дополняется в зависимости от местных условий и поступления новых аварийно-спасательных средств.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Численность личного состава расчета определяется нормативами численности АСК аэропорта исходя из класса аэропорта, количество пожарных автомобилей определяется категорией уровня требуемой пожарной защиты аэродрома.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:bookmarkStart w:name="z114" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1. Во время выполнения полетов на аэродроме и в течение не менее 15 минут перед прилетом и после вылета воздушного судна, эксплуатант аэродрома (вертодрома) обеспечивает наличие достаточного количества обученного квалифицированного персонала в СПАСОП, находящегося в состоянии готовности управлять аварийно-спасательными и противопожарными транспортными средствами и использовать оборудование с максимальной производительностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z115" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Персонал службы аварийно-спасательного обеспечения полетов используется таким образом, чтобы обеспечить минимальное время реагирования и возможность непрерывной подачи огнетушащего вещества с соответствующей скоростью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 12-1 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-2. Эксплуатант аэродрома (вертодрома) проводит анализ ресурсов для определения количества персонала в СПАСОП, требуемого при проведении аварийно-спасательных и противопожарных операций, с учетом указанных в п. 12-1 задач и с использованием инструктивного материала, разрабатываемого уполномоченной организацией в сфере организации гражданской авиации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z117" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, минимальная штатная численность дежурной смены пожарно-спасательного расчета СПАСОП определяется с учетом уровня пожарной защиты, обеспечиваемого на аэродроме (далее - УПЗ), как указано в Приложении 1 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z118" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Численность персонала СПАСОП указывается в аварийном плане и в руководстве по аэродрому.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z119" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Необходимо обеспечивать персонал для использования пожарных рукавов, лестниц и другого аварийно-спасательного и противопожарного оборудования, обычно применяемого при аварийно-спасательных операциях и борьбе с пожаром на воздушном судне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 12-2 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12-3. Пожарно-спасательной расчет СПАСОП обеспечивается средствами индивидуальной защитой, пожарными автомобилями и пожарно техническим вооружением и другим аварийно-спасательным оборудованием, применяемым при аварийно-спасательных операциях и борьбе с пожаром на воздушном судне в соответствии с Приложением 2 настоящих Правил. Количество пожарных автомобилей определяется уровнем пожарной защиты, обеспечиваемой на аэродроме согласно требованиям </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 31 марта 2015 года № 381 "Об утверждении норм годности к эксплуатации аэродромов (вертодромов) гражданской авиации" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 12303).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 12-3 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-4. Персонал СПАСОП проходит надлежащую подготовку для эффективного выполнения своих обязанностей и участвует в противопожарных учениях, проводимых в реальных условиях, с учетом типов воздушных судов и аварийно-спасательного и противопожарного оборудования, используемых на аэродроме, включая возможные пожары, вызванные возгоранием истекающего и разлитого топлива.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z122" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эксплуатант аэродрома разрабатывает учебную программу для персонала СПАСОП с учетом требований Приложений 7 и 9 Правил сертификации и выдачи сертификата годности аэродрома (вертодрома), утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра по инвестициям и развитию Республики Казахстан от 24 февраля 2015 года № 187 (Зарегистрирован в Министерстве юстиции Республики Казахстан 11 сентября 2015 года № 12052) и предусматривает в учебной программе включая подготовку по вопросам человеческого фактора, включая координацию действий в составе группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 12-4 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Расчет ИАС предназначен для: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) обеспечения открытия основных и аварийных выходов из воздушного судна, потерпевшего бедствие и, при необходимости, проделывания совместно с пожарно-спасательным расчетом дополнительных выходов; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1614,168 +4043,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) эвакуации воздушного судна с места авиационного происшествия. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет ИАС оснащается аварийно-техническим оборудованием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Расчет службы организации перевозок предназначен для приема, учета и перевозки пассажиров с места авиационного происшествия, а также для выгрузки грузов и багажа из воздушного судна и оснащается техническими средствами, обеспечивающими выполнение этих задач. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z24" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Расчет аэродромной службы предназначен для оказания помощи экипажу воздушного судна, пожарным и спасателям в тушении и ликвидации пожара и эвакуации пострадавших с места авиационного происшествия, а также для эвакуации совместно с расчетом ИАС воздушного судна с места авиационного происшествия и приведения в рабочее состояние летного поля аэродрома. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет оснащается необходимыми техническими средствами, обеспечивающими выполнение перечисленных выше задач.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:bookmarkStart w:name="z25" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Расчет службы специализированного транспорта предназначен для обеспечения расчетов АСК автотранспортными средствами согласно табелю с целью своевременной доставки расчетов к месту авиационного происшествия или пункту сбора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z26" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Старшими расчетов АСК назначаются соответствующие начальники смен, которые подчиняются начальнику СПАСОП аэропорта, а при аварийно-спасательных работах - непосредственно руководителю работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z27" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Старшим расчетов АСК следует: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) знать район аэродрома и рабочую схему района; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1858,166 +4287,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивать своевременное прибытие расчета с аварийно-спасательной техникой и снаряжением к месту авиационного происшествия или месту сбора;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) осуществлять личное руководство действиями своего расчета на месте авиационного происшествия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:bookmarkStart w:name="z28" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Для сбора расчетов применяются сигналы оповещений "Тревога" и "Готовность". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сигнал "Тревога" подается в случаях, когда авиационное событие произошло внезапно или до ожидаемой посадки воздушного судна, терпящего бедствие, на данном аэродроме остается менее 30 минут.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сигнал "Готовность" подается в случае, когда до ожидаемой посадки воздушного судна, терпящего бедствие, на данном аэродроме остается 30 минут и более.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="28"/>
+    <w:bookmarkStart w:name="z1" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. По сигналу "Тревога" все расчеты АСК со своим снаряжением прибывают к месту авиационного происшествия или квадрат, указанный при оповещении, в нормативное время и приступают к выполнению аварийно-спасательных работ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z29" w:id="29"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z29" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. По сигналу "Готовность" все расчеты АСК со своим снаряжением следуют к месту сбора и ждут команды руководителя аварийно-спасательных работ на дальнейшие действия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z30" w:id="30"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z30" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Принятие решения о подаче сигналов оповещения "Тревога" или "Готовность" осуществляется: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) диспетчером, осуществляющим непосредственное управление воздушным движением в районе аэродрома; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2046,70 +4475,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) руководителем аэропорта; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) руководителем СПАСОП аэропорта. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="31"/>
+    <w:bookmarkStart w:name="z31" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Объявление сигналов "Тревога" или "Готовность" осуществляется службой движения по циркулярной связи или с применением специальной аппаратуры оповещения типа "Горн" или других типов систем оповещения одновременно всем расчетам АСК согласно установленной схеме оповещения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Время оповещения расчетов не должно превышать 25 секунд. В каждом аэропорту предусматривается дублирующая система оповещения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2210,128 +4639,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) наличие, характер и степень опасности грузов на борту воздушного судна. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По мере получения дополнительных данных и информации они сообщаются расчетами АСК при движении к месту сбора по радио.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="32"/>
+    <w:bookmarkStart w:name="z32" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Подтверждение о получения сигналов "Тревога" или "Готовность" руководители штатных и нештатных расчетов АСК докладывают руководителю аварийно-спасательных работ через ПДС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По мере поступления подтверждений о готовности аварийно-спасательных сил и средств руководитель аварийно-спасательных работ докладывает руководителю аэропорта о готовности аварийно-спасательных сил и средств к работе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="33"/>
+    <w:bookmarkStart w:name="z33" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Вызов взаимодействующих сил и средств осуществляется по указанию руководителя аварийно-спасательных работ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z34" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Руководителю аварийно-спасательных работ после получения сигнала "Тревога" или "Готовность" следует: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) установить связь с диспетчером управления воздушным движением (руководителем полетов) и уточнить обстановку; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2396,108 +4825,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) организовать оцепление места происшествия и хронометраж проводимых работ; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) докладывать о ходе аварийно-спасательных работ и необходимой помощи руководителю аэропорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="35"/>
+    <w:bookmarkStart w:name="z35" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. На месте авиационного происшествия АСК, если позволяют условия, руководитель аварийно-спасательных работ устанавливает радио или проводную связь (по самолетно-переговорному устройству) с экипажем воздушного судна, потерпевшего бедствие, с целью координации действий спасателей и экипажа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Во всех случаях для спасения пассажиров и экипажа в первую очередь используется весь комплекс бортового аварийно-спасательного оборудования: трапы, канаты, желоба и другое аварийно-спасательное оборудование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="36"/>
+    <w:bookmarkStart w:name="z36" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Действия пожарно-спасательного расчета и спасателей на месте авиационного происшествия включают: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) подготовку взлетно-посадочной полосы путем покрытия ее слоем пены в случае, если ожидается посадка воздушного судна с убранным или неисправным шасси. Решение о покрытии взлетно-посадочной полосы пеной принимает руководитель аварийно-спасательных работ, исходя из наличия запаса времени и необходимого оборудования; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2526,70 +4955,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) открытие аварийных выходов и, при необходимости, вскрытие обшивки фюзеляжа; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) проникновение внутрь фюзеляжа, высвобождение людей и эвакуация их из воздушного судна через выходы, проемы, проломы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="37"/>
+    <w:bookmarkStart w:name="z37" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Действия расчета ИАС по эвакуации пассажиров из аварийного воздушного судна включают: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) открытие основных и аварийных выходов, а в случае их заклинивания вскрытие фюзеляжа в отмеченных местах с помощью соответствующих технических средств (дисковых пил, топоров и другое снаряжение); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2600,70 +5029,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проникновение на борт воздушного судна и установку наземных или бортовых аварийных трапов и других средств эвакуации; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) оказание помощи пассажирам и членам экипажа в покидании воздушного судна и эвакуации людей, неспособных к самостоятельному передвижению. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="38"/>
+    <w:bookmarkStart w:name="z38" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. При тушении пожара и эвакуации людей из аварийного воздушного судна должны соблюдаться меры безопасности: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) при вскрытии фюзеляжа и выносе пострадавших из воздушного судна должны соблюдаться меры предосторожности, исключающие травмирование личного состава АСК и нанесение дополнительных травм пострадавшим; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2746,70 +5175,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) если имеются сведения о количестве пассажиров и составе экипажа, необходимо сопоставить их с количеством эвакуированных из воздушного судна. При наличии расхождений необходимо продолжить поиск до обнаружения всех пострадавших; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) пожарно-спасательный и медицинский расчеты должны находиться на месте происшествия до полного окончания аварийно-спасательных работ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="39"/>
+    <w:bookmarkStart w:name="z39" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Старший медицинского расчета после получения сигнала "Тревога" или "Готовность" осуществляет: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) после уточнения обстановки через руководителя аварийно- спасательных работ вызывает взаимодействующие силы и средства органов здравоохранения; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2964,70 +5393,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) определяет место сбора останков погибших пассажиров и членов экипажа; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) поддерживает постоянную связь с руководителем аварийно-спасательных работ и информирует его о ходе работ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="40"/>
+    <w:bookmarkStart w:name="z40" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Прибрежные аэропорты для проведения аварийно-спасательных работ на воде имеют: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) водные спасательные станции с необходимым количеством катеров на аэродромах, где взлет и заход на посадку производятся над водной поверхностью; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3038,170 +5467,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) средства спасения на воде (плоты, жилеты, спасательные круги, ручные прожекторы и мегафоны). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Личный состав водной спасательной станции проходит специальное обучение о способах спасения и оказания первой помощи терпящим бедствие на воде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="41"/>
+    <w:bookmarkStart w:name="z41" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Для проведения аварийно-спасательных работ под водой должны привлекаться водолазные команды (по договору). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z42" w:id="42"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z42" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. При поиске и спасении терпящих бедствие на воде следует иметь ввиду, что они могут быть отнесены от места происшествия течением или ветром. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z43" w:id="43"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z43" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. В целях определения места затонувшего воздушного судна и его частей место должно быть обозначено буями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z44" w:id="44"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z44" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Подготовка специалистов участвующих в аварийно-спасательном обеспечении полетов в аэропортах осуществляется по программам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z45" w:id="45"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z45" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. В соответствии с программами СПАСОП аэропорта разрабатывает тематические планы на предстоящий учебный год с учетом технической оснащенности АСК, в которых определяется порядок и последовательность обучения личного состава АСК. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z46" w:id="46"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z46" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Для проведения теоретических занятий и практических тренировок и в целях повышения их эффективности и максимального приближения к реальным условиям в каждом аэропорту создается учебно-техническая база (оборудованный класс, полигон, дымокамера, списанное воздушное судно и другое). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководитель СПАСОП аэропорта составляет графики проведения и организовывает учения и тренировки, разрабатывает планы их проведения, проводит разборы, в процессе которых анализирует действия личного состава и дает им оценку. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3264,50 +5693,7764 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с остальными (внештатными) расчетами АСК - ежеквартально;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) с АСК (в каждой смене) - 2 раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аварийно-спасательного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полетов в аэропортах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z124" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Минимальная штатная численность дежурной смены пожарно-спасательного расчета СПАСОП</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 1 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория УПЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество аэродромных пожарных автомобилей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(далее - АПА), единица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Минимальная численность дежурной смены пожарно-спасательного расчета СПАСОП, человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аварийно-спасательного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полетов в аэропортах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z126" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Минимальный перечень средств индивидуальной защиты, пожарно технического вооружения и аварийно-спасательного оборудования аэродромного пожарного автомобиля</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 2 в соответствии с приказом и.о. Министра транспорта РК от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование пожарно-технического вооружения и спасательного оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество изделий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Средства индивидуальной защиты:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дыхательный аппарат со сжатым воздухом и спасательным устройством, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 на каждого пожарного спасателя и 1 резервный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Баллон резервный, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на каждый аппарат со сжатым воздухом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диэлектрический комплект (перчатки, боты, ножницы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Боевая одежда пожарного, комплект (каска, куртка, брюки, огнеупорная непромокаемая обувь, пояс пожарного с карабином, топор пожарного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каждому пожарному спасателю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Костюм тепло отражательный, к-т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тепловизионная камера (для 6-10 категории УТПЗ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Средства связи:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специальное громкоговорящее устройство, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мобильная радиостанция устанавливаемая в автомобиле, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+портативная ручная радиостанция, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Вооружение для тушения пожара:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Водосборник 125, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Генератор пены средней кратности, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Головки соединительные, к-т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+задержка рукавная, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+зажим.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ключ рукавные (всех размеров).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Колонка пожарная водозаборная, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ключ пожарного гидранта, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крюк для открывания крышки гидранта, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мостик рукавный из полимерных материалов, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+огнетушитель ОП-8, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+огнетушитель ОУ-5, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+разветвление D 70, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+разветвление D 80, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукав напорный с соединительной арматурой, шт.:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 50 (51), длиной не менее 20 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 65(66), длиной не менее 20 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 80 (77), длиной не менее 4 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+рукав всасывающий D125, длиной не менее 4 м, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рукав напорно-всасывающий D75 длиной не менее 4 м, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сетка D125 с поплавком и с канатом капроновым не менее D11и длиной не менее 12 м, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ствол ручной комбинированный универсальный с регулируемым расходом воды не менее 2 л/с, шт.:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Dy 50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Dy 70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ствол-пробойник, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Генератор пенный ГП, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ствол пенный низкой кратности, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Установка газового или порошкового тушения, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Спасательное оборудование:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веревка пожарная спасательная длиной не менее 30 м, в чехле, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдвижная спасательная лестница пригодная для использования с используемым самолетом максимальных размеров, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лестница общего назначения для спасения людей, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Аварийно-спасательный инструмент:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ручной немеханизированный инструмент:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Многофункциональный инструмент для силового проникновения с режущим наконечником, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+багор цельнометаллический, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кувалда массой 5 кг, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лом легкий, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лом тяжелый, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лом универсальный, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лопата штыковая, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нож (резак) для ремней безопасности, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каждому спасателю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ножовка столярная, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топор плотницкий, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ручной механизированный инструмент:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+домкрат гидравлический, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+комплект гидравлического аварийно-спасательного инструмента для вскрытия фюзеляжа ВС </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возвратно поступательная пила</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дисковый резак с приводом, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Электросиловое оборудование:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фонарь электрический, аккумуляторный, групповой, шт.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фонарь индивидуальный, шт. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Каждому спасателю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Санитарное оборудование:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+укладка для оказания первой помощи, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аптечка для оказания первой помощи пострадавшим, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+защитная накидка-носилки, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+одеяло из огнестойкого полотна, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Прочее оборудование и комплектация:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+буксирный трос, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+знак аварийной остановки, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инструмент и принадлежности согласно ведомости изготовителя шасси, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+канистра для воды емкостью 5 л, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+канистра для топлива емкостью 10 л, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+колодка противооткатная, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+конус оградительный, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Рабочая документация:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+графический план аэродрома</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+карта района аэродрома</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+опись пожарно-техническое вооружение, шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>