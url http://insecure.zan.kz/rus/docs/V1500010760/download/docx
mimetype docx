--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="822ddfe" w14:textId="822ddfe">
+    <w:p w14:paraId="92e9a75" w14:textId="92e9a75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -638,176 +638,260 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматриваются в редакции приказа Министра финансов РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 782</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>осуществления мониторинга сделок</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 1 - в редакции Заместителя Премьер-Министра - Министра финансов РК от 03.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 786</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила осуществления мониторинга сделок (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О трансфертном ценообразовании" (далее – Закон) и определяют порядок осуществления мониторинга сделок, который включает в себя порядок заполнения участником сделки утвержденных форм отчетности по мониторингу сделок и их представления в уполномоченные органы, порядок ведения документации по мониторингу сделок участниками сделок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -826,70 +910,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мониторинг сделок осуществляется путем наблюдения органами государственных доходов Республики Казахстан за ценами, применяемыми участниками сделок по международным деловым операциям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -908,107 +992,107 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок осуществления мониторинга сделок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции Заместителя Премьер-Министра - Министра финансов РК от 03.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 786</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Участники сделок, осуществляющие международные деловые операции согласно перечню международных деловых операций, по которым предоставляется отчетность по мониторингу сделок, утвержденному </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1043,51 +1127,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и отчетность по мониторингу сделок "Импорт товаров (работ, услуг)" по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – формы отчетности по мониторингу сделок) в Комитет государственных доходов Министерства финансов Республики Казахстан (далее – Комитет государственных доходов) не позднее 15 мая года, следующего за отчетным, в соответствии с настоящими Правилами. Отчетным периодом является календарный год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1106,70 +1190,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Заполненные формы отчетности по мониторингу сделок представляются в электронном виде, допускающем компьютерную обработку информации, - посредством системы приема и обработки налоговой отчетности органов государственных доходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Формы отчетности по мониторингу сделок заверяются электронной цифровой подписью.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1420,150 +1504,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) нарушена структура электронного формата форм отчетности по мониторингу сделок.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обнаружения технических ошибок в программном обеспечении органов государственных доходов, которые влияют на своевременность представления форм отчетности по мониторингу сделок в электронном виде, Комитет государственных доходов продлевает срок представления форм отчетности по мониторингу сделок на период не более шести месяцев со срока, установленного для представления таких форм отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. При отсутствии в отчетном периоде международных деловых операций у участников сделок, определенных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, формы отчетности по мониторингу сделок такими участниками сделок в Комитет государственных доходов не представляются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В случае если последний день срока предоставления форм отчетности по мониторингу сделок приходится на нерабочий день, сроком предоставления является следующий рабочий день.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Органы государственных доходов осуществляют мониторинг сделок международных деловых операций в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1582,70 +1666,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Внесение изменений и (или) дополнений в формы отчетности по мониторингу сделок производится путем представления дополнительных форм отчетности по мониторингу сделок за налоговый период, к которому относятся данные изменения и дополнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Представление и обработка дополнительных форм отчетности по мониторингу сделок производится в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1676,126 +1760,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При составлении дополнительных форм отчетности по мониторингу сделок в графах, в случае изменения данных указываются новые значения, в графах, данные по которым не меняются, указываются прежние значения, отраженные в ранее представленных формах отчетности по мониторингу сделок.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Участники сделок вносят изменения и (или) дополнения в представленные формы отчетности по мониторингу сделок до начала проведения проверки по вопросам трансфертного ценообразования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок заполнения форм отчетности по мониторингу сделок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 - в редакции Заместителя Премьер-Министра - Министра финансов РК от 03.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 786</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Формы отчетности по мониторингу сделок "Экспорт товаров (работ, услуг)" заполняется по мере отгрузки товара, выполнения работ, предоставления услуг, связанных с реализацией на экспорт независимо от времени оплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графе 1 "№" указывается номер по порядку. Последующая информация не должна превышать нумерацию по порядку.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2940,70 +3024,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Формы отчетности по мониторингу сделок "Импорт товаров (работ, услуг)" заполняется по мере приобретения товара, выполнения работ, предоставления услуг, связанных с импортом товаров (работ, услуг) независимо от времени оплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графе 1 "№" указывается номер по порядку. Последующая информация не должна превышать нумерацию по порядку.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4148,126 +4232,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок ведения документации по мониторингу сделок участниками сделок, осуществляющими сделки с товарами, которые подлежат мониторингу сделок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 - в редакции Заместителя Премьер-Министра - Министра финансов РК от 03.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 786</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Участники сделок ведут документацию, подтверждающую обоснованность применяемой цены, и по запросу органов государственных доходов представляют ее в органы государственных доходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4286,70 +4370,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В обоснование применяемых цен в международных деловых операциях участники сделок ведут следующую документацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) контракты (договоры) по реализации товаров (с дополнениями и изменениями);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4786,521 +4870,521 @@
               <w:t>предназначена для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z25" w:id="20"/>
+      <w:bookmarkStart w:name="z25" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: Комитет государственных доходов</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерства финансов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Форма административных данных размещена на интернет-ресурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>https://kgd.gov.kz/ru/content/transfertnoe-cenoobrazovanie-1-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование формы административных данных:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отчетность по мониторингу сделок "Экспорт товаров (работ, услуг)".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индекс формы административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(краткое буквенно-цифровое выражение наименования формы): 1-Э ТРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Периодичность: ежегодная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отчетный период: 20__год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Круг лиц, представляющих информацию: налогоплательщики, осуществляющие</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>международные деловые операции по товарам (работам, услугам) согласно Перечню,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утверждаемому в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О трансфертном ценообразовании", общая сумма доходов (расходов) и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязательств по которым в отчетном финансовом году составляет не менее 250 000</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>месячного расчетного показателя, установленного законом о республиканском</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бюджете и действующего на первое января отчетного финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок представления формы административных данных: ежегодно не позднее 15 мая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>года, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: пояснение по заполнению формы приведено в Правилах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществления мониторинга сделок, утвержденных настоящим приказом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отчетность по мониторингу сделок "Экспорт товаров (работ, услуг)"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...376 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="22"/>
+          <w:bookmarkStart w:name="z27" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
+          <w:bookmarkEnd w:id="21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5640,80 +5724,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="23"/>
+          <w:bookmarkStart w:name="z39" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="22"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6390,149 +6474,149 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="24"/>
+    <w:bookmarkStart w:name="z63" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="25"/>
+          <w:bookmarkStart w:name="z64" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Страна отправления товара, выполнения работы, оказания услуги</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkEnd w:id="24"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6872,80 +6956,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="26"/>
+          <w:bookmarkStart w:name="z76" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
+          <w:bookmarkEnd w:id="25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7622,149 +7706,149 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="27"/>
+    <w:bookmarkStart w:name="z100" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z101" w:id="28"/>
+          <w:bookmarkStart w:name="z101" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Юридический адрес покупателя</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="27"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8104,80 +8188,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z113" w:id="29"/>
+          <w:bookmarkStart w:name="z113" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
+          <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8854,149 +8938,149 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="30"/>
+    <w:bookmarkStart w:name="z137" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z138" w:id="31"/>
+          <w:bookmarkStart w:name="z138" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Валюта контракта (договора)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
+          <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9336,80 +9420,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z150" w:id="32"/>
+          <w:bookmarkStart w:name="z150" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10086,146 +10170,146 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z174" w:id="33"/>
+    <w:bookmarkStart w:name="z174" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z175" w:id="34"/>
+          <w:bookmarkStart w:name="z175" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Другая информация, влияющая на величину отклонения цены сделки товара (работы, услуги) от рыночной цены</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10457,80 +10541,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z184" w:id="35"/>
+          <w:bookmarkStart w:name="z184" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11286,504 +11370,504 @@
               <w:t>предназначена для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z203" w:id="36"/>
+      <w:bookmarkStart w:name="z203" w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: Комитет государственных доходов</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерства финансов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Форма административных данных размещена на интернет-ресурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>https://kgd.gov.kz/ru/content/transfertnoe-cenoobrazovanie-1-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование формы административных данных:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отчетность по мониторингу сделок "Импорт товаров (работ, услуг)".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индекс: 2-И ТРУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Периодичность: ежегодная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отчетный период: 20__ год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Круг лиц, представляющих информацию: налогоплательщики, осуществляющие</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>международные деловые операции по товарам (работам, услугам) согласно Перечню,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утверждаемому в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О трансфертном ценообразовании", общая сумма доходов (расходов) и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязательств по которым в отчетном финансовом году составляет не менее 250 000</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>месячного расчетного показателя, установленного законом о республиканском</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бюджете и действующего на первое января отчетного финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок представления формы административных данных: ежегодно не позднее</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15 мая года, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: пояснение по заполнению формы приведено в Правилах осуществления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мониторинга сделок, утвержденных настоящим приказом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отчетность по мониторингу сделок "Импорт товаров (работ, услуг)"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p>
-[...359 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z205" w:id="38"/>
+          <w:bookmarkStart w:name="z205" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12123,80 +12207,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z217" w:id="39"/>
+          <w:bookmarkStart w:name="z217" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="38"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12873,149 +12957,149 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z241" w:id="40"/>
+    <w:bookmarkStart w:name="z241" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z242" w:id="41"/>
+          <w:bookmarkStart w:name="z242" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Страна отправления товара, выполнения работы, оказания услуги</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="40"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13355,80 +13439,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z254" w:id="42"/>
+          <w:bookmarkStart w:name="z254" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14105,149 +14189,149 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z278" w:id="43"/>
+    <w:bookmarkStart w:name="z278" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z279" w:id="44"/>
+          <w:bookmarkStart w:name="z279" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Юридический адрес покупателя</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="43"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14587,80 +14671,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z291" w:id="45"/>
+          <w:bookmarkStart w:name="z291" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkEnd w:id="44"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15337,149 +15421,149 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z315" w:id="46"/>
+    <w:bookmarkStart w:name="z315" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z316" w:id="47"/>
+          <w:bookmarkStart w:name="z316" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Валюта контракта (договора)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="46"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15819,80 +15903,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z328" w:id="48"/>
+          <w:bookmarkStart w:name="z328" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16569,146 +16653,146 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z352" w:id="49"/>
+    <w:bookmarkStart w:name="z352" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z353" w:id="50"/>
+          <w:bookmarkStart w:name="z353" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Другая информация, влияющая на величину отклонения цены сделки товара (работы, услуги) от рыночной цены</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16940,80 +17024,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z362" w:id="51"/>
+          <w:bookmarkStart w:name="z362" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="50"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17570,55 +17654,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>