--- v0 (2025-10-14)
+++ v1 (2026-03-11)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2bf81de" w14:textId="2bf81de">
+    <w:p w14:paraId="7266e92" w14:textId="7266e92">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2132,299 +2133,423 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. На уровне районов, городов областного значения проект плана ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности в разрезе сельских округов на предстоящий планируемый год составляется государственными ветеринарными организациями, созданными местными исполнительными органами областей, городов республиканского значения, столицы (далее – организации МИО), по согласованию с территориальными подразделениями районов, городов областного значения ведомства уполномоченного органа в области ветеринарии, после чего направляется для свода в местные исполнительные органы областей, городов республиканского значения, столицы (далее – МИО).</w:t>
+      7. На уровне районов, городов областного значения проект плана ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности в разрезе сельских округов на предстоящие планируемые 3 (три) года составляется государственными ветеринарными организациями, созданными местными исполнительными органами областей, городов республиканского значения, столицы (далее – организации МИО), по согласованию с территориальными подразделениями районов, городов областного значения ведомства уполномоченного органа в области ветеринарии, после чего до 15 января текущего года направляется для свода в местные исполнительные органы областей, городов республиканского значения, столицы (далее – МИО).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z212" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      МИО составляют проекты планов ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующих административно-территориальных единиц на предстоящий планируемый год по согласованию с территориальными подразделениями областей, городов республиканского значения, столицы ведомства уполномоченного органа в области ветеринарии и направляют в ведомство уполномоченного органа в области ветеринарии (далее – ведомство) до 1 февраля текущего года.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      МИО составляют проекты планов ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующих административно-территориальных единиц на предстоящие планируемые 3 (три) года по согласованию с территориальными подразделениями областей, городов республиканского значения, столицы ведомства уполномоченного органа в области ветеринарии и направляют в ведомство уполномоченного органа в области ветеринарии (далее – ведомство) до 1 февраля текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра сельского хозяйства РК от 17.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 162</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="30"/>
+    <w:bookmarkStart w:name="z213" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Ведомство на основе проектов планов ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности, представленных МИО, и данных эпизоотического мониторинга утверждает, организует и обеспечивает ветеринарные мероприятия по профилактике, диагностике особо опасных болезней животных.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      7-1. Организация МИО по основаниям, предусмотренным пунктом 6 Правил и проектом плана ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующих административно-территориальных единиц на предстоящие планируемые 3 (три) года, представленного в соответствии с пунктом 7 Правил формирует уточненный проект плана ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности в разрезе сельских округов на предстоящий планируемый год и в срок с 1 по 10 ноября текущего года по согласованию с территориальными подразделениями районов, городов областного значения ведомства направляют в МИО уточненные проекты планов ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности в разрезе сельских округов на предстоящий планируемый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z214" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МИО с 10 по 20 ноября текущего года направляют в ведомство уточненные проекты планов ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующих административно-территориальных единиц на предстоящий планируемый год по согласованию с территориальным подразделением области, городов республиканского значения, столицы ведомства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра сельского хозяйства РК от 17.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 162</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 7-1 в соответствии с приказом Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="31"/>
+    <w:bookmarkStart w:name="z27" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. На основании ветеринарных мероприятий по профилактике, диагностике особо опасных болезней животных МИО по согласованию с территориальным подразделением области, города республиканского значения, столицы ведомства утверждает план ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы и направляет его в организацию МИО для организации и проведения ветеринарных мероприятий по профилактике, диагностике особо опасных болезней животных.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      8. Ведомство утверждает, организует и обеспечивает ветеринарные мероприятия по профилактике, диагностике особо опасных болезней животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z215" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не позднее 10 декабря текущего года, ведомство на основе представленных МИО уточненных проектов планов ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности и данных эпизоотического мониторинга на предстоящий планируемый год утверждает и направляет в МИО утвержденные планы для организации и обеспечения проведения ветеринарных мероприятий, направленных на профилактику и диагностику особо опасных болезней животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра сельского хозяйства РК от 17.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 162</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="32"/>
+    <w:bookmarkStart w:name="z28" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. На основании утвержденных планов ветеринарных мероприятий по профилактике, диагностике особо опасных болезней животных МИО по согласованию с территориальным подразделением области, города республиканского значения, столицы ведомства не позднее 20 декабря текущего года утверждают планы ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы и направляет его в организацию МИО для организации и проведения ветеринарных мероприятий по профилактике, диагностике особо опасных болезней животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. Планирование референтных и мониторинговых исследований по особо опасным болезням животных и птиц, проводимых государственной</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2439,111 +2564,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, созданной в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 11 Закона (далее – референтный центр) осуществляется по болезням, включенным в Перечень, на основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z29" w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z29" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) среднего показателя данных диагностических исследований за последние 3 (три) года, проведенных в референтном центре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z30" w:id="34"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z30" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) данных об эпизоотической ситуации в административно-территориальных единицах (область, район) и сопредельных государствах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z31" w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z31" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) данных эпизоотического мониторинга за последние 3 (три) года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) имеющегося поголовья сельскохозяйственных животных с учетом прихода (приплода и другие поступления), расхода (забой, падеж и прочее выбытие) и популяции диких животных.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2580,70 +2705,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="36"/>
+    <w:bookmarkStart w:name="z195" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-2. Допускается внесение изменений и дополнений в план ветеринарных мероприятий в период проведения ветеринарных мероприятий, включая по предложениям МИО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Внесение изменений и дополнений в план ветеринарных мероприятий допускается не менее чем за 15 (пятнадцать) календарных дней до планируемого месяца проведения ветеринарных мероприятий. При внесении изменений и дополнений в план ветеринарных мероприятий учитываются сведения по поголовью животных, имеющиеся в базе данных по идентификации сельскохозяйственных животных, сроки проведения идентификации животных, наличие изделий (средств) для проведения идентификации сельскохозяйственных животных.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2700,146 +2825,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="37"/>
+    <w:bookmarkStart w:name="z29" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок проведения ветеринарных мероприятий против особо опасных болезней животных на территории ветеринарно-санитарного благополучия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 - в редакции приказа Министра сельского хозяйства РК от 06.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="38"/>
+    <w:bookmarkStart w:name="z30" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Физические и юридические лица на территории ветеринарно-санитарного благополучия в целях обеспечения эпизоотического благополучия проводят мероприятия, направленные на профилактику особо опасных болезней животных, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2858,70 +2983,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="39"/>
+    <w:bookmarkStart w:name="z31" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Организация проведения профилактических ветеринарных мероприятий на территории ветеринарно-санитарного благополучия осуществляется МИО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2940,70 +3065,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="40"/>
+    <w:bookmarkStart w:name="z32" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Проведение ветеринарных мероприятий против особо опасных болезней животных (вакцинация/аллергическое исследование животных, взятие и доставка проб крови в ветеринарную лабораторию) осуществляется организациями МИО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проведение ветеринарных мероприятий против особо опасных болезней животных считается завершенным при выполнении мероприятий, предусмотренных пунктами 4-1 и 15 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3040,90 +3165,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="41"/>
+    <w:bookmarkStart w:name="z33" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Ведомством для проведения профилактической иммунизации животных осуществляется передача ветеринарных препаратов в МИО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z211" w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z211" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МИО осуществляет распределение ветеринарных препаратов между районами (городами областного значения) согласно плану ветеринарных мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3186,51 +3311,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="43"/>
+    <w:bookmarkStart w:name="z36" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Отбор проб крови и ее транспортировка (доставка) в ветеринарную лабораторию осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3265,91 +3390,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. К этому акту прилагается опись животных по взятым пробам крови по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z198" w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z198" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Взятие проб крови от животных сельскохозяйственных предприятий, крестьянских, фермерских хозяйств допускается ветеринарными врачами данных сельскохозяйственных предприятий, крестьянских, фермерских хозяйств, имеющими трудовые отношения с организацией МИО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z199" w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z199" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о проведенных ветеринарных мероприятиях (взятие и доставка проб крови в ветеринарную лабораторию) и их результатах вносятся в базу данных по идентификации сельскохозяйственных животных в соответствии с Правилами ИСЖ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3368,206 +3493,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="46"/>
+    <w:bookmarkStart w:name="z37" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок планирования и проведения ветеринарных мероприятий против опасных болезней животных в эпизоотическом очаге и неблагополучном пункте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 - в редакции приказа Министра сельского хозяйства РК от 06.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="47"/>
+    <w:bookmarkStart w:name="z38" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При возникновении особо опасных болезней животных решением МИО по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории принимается решение об установлении карантина или ограничительных мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z39" w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z39" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Установление ограничительных мероприятий или карантина по особо опасным болезням животных осуществляется по болезням, включенным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заразных болезней животных, при которых устанавливаются ограничительные мероприятия или карантин, утвержденным приказом Министра сельского хозяйства Республики Казахстан от 28 марта 2012 года № 18-03/128 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 7583).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z40" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z40" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Перечень, порядок и сроки осуществления ветеринарных мероприятий в эпизоотических очагах и неблагополучных пунктах, включая зоны наблюдения и буферные (защитные) зоны определяются планом мероприятий по ликвидации и локализации очагов особо опасных болезней животных (далее – план мероприятий), разработанным МИО совместно с государственным ветеринарно-санитарным инспектором соответствующей административно-территориальной единицы и государственной ветеринарной организацией, созданной в соответствии с подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 Закона (далее – РПО).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       План мероприятий составляется в виде таблицы с отражением в ней порядковых номеров, наименований мероприятий, сроков исполнения, ответственных лиц и исполнителей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3622,130 +3747,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="50"/>
+    <w:bookmarkStart w:name="z43" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. В эпизоотическом очаге и неблагополучном пункте проводится вынужденная дезинфекция (текущая и заключительная дезинфекция). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z44" w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z44" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Текущую дезинфекцию проводят систематически (в определенные сроки для каждой болезни сроки) со времени появления заболевания, при обнаружении и выявлении вновь заболевшего животного, а также при очередном обследований животных. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z45" w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z45" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заключительную дезинфекцию проводят перед снятием ограничительных мероприятий или карантина. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z46" w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z46" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ветеринарные мероприятия в эпизоотических очагах и неблагополучных пунктах, включая зоны наблюдения и буферные (защитные) зоны, проводятся РПО во взаимодействии с физическими и юридическими лицами, осуществляющими предпринимательскую деятельность в области ветеринарии, подразделениями МИО под контролем территориального подразделения ведомства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3764,70 +3889,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="54"/>
+    <w:bookmarkStart w:name="z47" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Для проведения ветеринарных мероприятий в эпизоотических очагах и неблагополучных пунктах, включая зоны наблюдения и буферные (защитные) зоны, решением Главного государственного ветеринарно-санитарного инспектора Республики Казахстан осуществляется распределение ветеринарных препаратов из республиканского запаса ветеринарных препаратов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3846,70 +3971,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="55"/>
+    <w:bookmarkStart w:name="z48" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Животные, продукция и сырье животного происхождения, представляющие опасность для здоровья животных и человека, в зависимости от степени их опасности подлежат обязательному изъятию и уничтожению либо обязательному обезвреживанию (обеззараживанию) и переработке без изъятия в соответствии с Правилами обязательного изъятия и уничтожения животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, либо их обязательного обезвреживания (обеззараживания) и переработки без изъятия (далее – Правила изъятия), утвержденными Приказом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Физическим и юридическим лицам за изымаемых и уничтожаемых больных животных, продукции и сырья животного происхождения, за обезвреженных (обеззараженных) и переработанных без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, возмещается их стоимость в соответствии с Правилами и условиями возмещения физическим и юридическим лицам стоимости изымаемых и уничтожаемых больных животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, либо обезвреженных (обеззараженных) и переработанных без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, утвержденными Приказом, и Правилами изъятия.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3946,90 +4071,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="56"/>
+    <w:bookmarkStart w:name="z50" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        22. После проведения комплекса ветеринарных мероприятий по ликвидации очагов особо опасных болезней животных решением местного исполнительного органа по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории принимается решение о снятии ограничительных мероприятий или карантина.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z51" w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z51" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После снятия карантина решением местных исполнительных органов соответствующей административно-территориальной единицы по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территорий, уполномоченным органом в области ветеринарии устанавливаются ограничительные мероприятия в случаях, предусмотренных законодательством Республики Казахстан в области ветеринарии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4063,1371 +4188,5117 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t xml:space="preserve">Приложение 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам планирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения ветеринарных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мероприятий против особо</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опасных болезней животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z37" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1371600" cy="1384300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1371600" cy="1384300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z216" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жүргізілген ветеринариялық шаралар туралы акт/</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Акт о проведенном ветеринарном мероприятии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Актінің №/№ акта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t>к Правилам планирования и</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізілген күні/Дата проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___жылғы "__"_________/"____" ________ 20___год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...54 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z39" w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік-аумақтық бірліктің атауы/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование административно-территориальной единицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...54 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z40" w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринария саласындағы маман (лауазымы, аты, әкесінің аты (бар болса), тегі)/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалист в области ветеринарии (должность, фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...54 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z41" w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қатысушылар (аты, әкесінің аты (бар болса), тегі) /</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Присутствующие (фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t>Форма</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z42" w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануар иесі (жеке немесе заңды тұлғаның атауы, аты, әкесінің аты (бар болса), тегі/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Владелец животного (наименование физического или юридического лица, фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z43" w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізілген ветеринариялық шара/Проведенное ветеринарное мероприятие:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вакциналау/ вакцинация</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аллергиялық зерттеу/ аллергическое исследование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z45" w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkStart w:name="z46" w:id="70"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="70"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+таңдаңыз/выберите</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аурудың атауы/ Наименование заболевания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануардың түрі/ Вид животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ІҚМ/КРС                                                           </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұсақ мал/ МРС                                                 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жылқы/лошади                                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Түйе/верблюды                                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Маралдар/маралы                                            </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құстар/птицы                                                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Етқоректілер (ит,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мысық)/плотоядные</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(кошки,собаки)                                             </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Басқалар/другие                                            </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+таңдаңыз/выберите</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жыныстық-жастық топтың атауы, саны / Наименование половозрастной группы, количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+еркек /самец                                                  </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId15"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұрғашы/ самка                                               </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="469900" cy="304800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId16"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="469900" cy="304800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+санын енгізіңіз/введите количество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егілген (зерттелген), дауаланған жануарлардың саны/ Количество привитых (происследованных), обработанных животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринариялық препарат туралы мәлімет/ Данные о ветеринарном препарате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Вакцинаның, аллергеннің атауы/ Наименование вакцины, аллергена </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндіруші зауыттың атауы/Наименование завода-изготовителя:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасалған күні/Дата изготовления:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___жылғы "__"_________/"____" ________ 20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сериясы/ Серия:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ _____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринариялық препараттарды мемлекеттік бақылаудың нөмірі мен күні/Номер, и дата государственного контроля ветеринарных препаратов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z59" w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ _____________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(күні, айы, жылы/число, месяц, год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___жылғы "__"_________/"____" ________ 20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егу әдісі және орны/Способ и место введения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ересек жануардың 1 басына пайдаланылған вакцина мөлшері/Объем вакцины использованной на единицу взрослого животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____ миллилитр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Төлдің 1 басына жұмсалған вакцина мөлшері/ Объем вакцины, использованной на единицу молодняка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____ миллилитр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...67 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="59"/>
+    <w:bookmarkStart w:name="z217" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "____" _____________ 20____жыл/год</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="60"/>
+      Вакциналаудан және (немесе) аллергиялық зерттеуден, дауалаудан өткен жануарлар тізімдемесі (қоса беріледі)/Опись животных, подвергнутых вакцинации и (или) аллергическому исследованию, обработке (прилагается)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығын материалдың атауы/Наименование расходного материала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z62" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны/Количество</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(доза/доз, дана/штуки, грамм/граммов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірлігі/Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70%-тік ректификат спирт ерітіндісі/ 70%-ный раствор спирта - ректификата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z63" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вакцина/вакцина</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>....</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аллерген/аллерген</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>серия ____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+.....</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z72" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z79" w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шприцтер/шприцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+инелер/иглы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мақта/вата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="61"/>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            (әкімшілік-аумақтық бірліктің атауы/</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
+      Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество (при его наличии) специалиста в области ветеринарии, подпись* (электронная цифровая подпись**)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z219" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-               наименование административно-территориальной единицы)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="62"/>
+      Ескертпе/Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z220" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мен/мною_____________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+      *қағаз түрінде/в бумажной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z221" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (ветеринария саласындағы маманның лауазымы, аты, жөні, тегі (болған</w:t>
-[...807 lines deleted...]
-    </w:p>
+      **техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда/в электронной форме посредством информационной системы при наличии технической возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5461,2574 +9332,3735 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
-[...250 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Приложение 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Правилам планирования и </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проведения ветеринарных </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мероприятий против особо </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>опасных болезней животных</w:t>
-            </w:r>
-[...63 lines deleted...]
-              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1651000" cy="1397000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1651000" cy="1397000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вакциналаудан, аллергиялық зерттеуден, дауалаудан өткен жануарлар тізімдемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жүргізілген ветеринариялық шаралар туралы 20___ жылғы "__"________№ актіге)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z223" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Опись животных, подвергнутых вакцинации, аллергическому исследованию, обработке</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. В текст в правом верхнем углу Приложения 2 вносится изменение на казахском языке, текст на русском языке не меняется приказом Заместителя Премьер-Министра РК - Министра сельского хозяйства РК от 30.05.2017 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 216</w:t>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="79"/>
-[...68 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z224" w:id="86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мал түрі/Вид животных               ______________</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="81"/>
+      (к акту о проведенном ветеринарном мероприятии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ____ от "___" _______ 20__ года)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Саны, бас есебімен/Количество голов ______________</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="82"/>
+      Жануардың түрі/Вид животных ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z226" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аурудың атауы/ Название болезни     ______________</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="83"/>
+      Бас саны/Количество голов ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z227" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Вакцинация/аллергиялық зерттеулер жүргізілген күн/</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="84"/>
+      Өткізілетін күні/Дата проведения ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z228" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Дата проведения вакцинации/ аллергических исследований _________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
+      Аурудың аты/ Название болезни ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z229" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аллергиялық зерттеулер, вакциналау жүргізілген күн 20 __ жылғы ___ бастап____ дейін/Дата проведения аллергических</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z230" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исследований/вакцинации от ____ до __________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z84" w:id="85"/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/б</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="85"/>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/н</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z105" w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануардың иесі туралы мәліметтер/Сведения</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+о владельце животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өкілдің аты, әкесінің аты (бар болса), тегі/Фамилия, имя, отчество (при его наличии) представителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z106" w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірдейлендіру нөмірі/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануардың түрі, жынысы/Вид, пол животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z107" w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануардың жасы/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возраст животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z108" w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсі/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вакциналау жүргізілген, аллерген енгізілген күн/Дата вакцинации, дата введения аллергена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аллерген енгізілетін жердегі терінің қалыңдығы (миллиметр)/Ширина кожи в месте введения аллергена (милиметр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z109" w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Енгізілген аллергиялық зерттеудің нәтижесін оқу (күні/ миллиметр)/Читка результата введенного аллергического исследования (дата/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+миллиметр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z110" w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айырмашылығы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t>(миллиметр)/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
-[...56 lines deleted...]
-          <w:bookmarkStart w:name="z86" w:id="86"/>
+Разница (миллиметр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірдейлендіру нөмірі/</w:t>
-[...290 lines deleted...]
-животных</w:t>
+Қорытынды (оң/ теріс нәтиже)/ Заключение (положительный/ отрицательный результат)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z94" w:id="91"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z112" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...20 lines deleted...]
-          </w:tcPr>
+Жеке тұлғаның немесе заңды тұлға басшының аты, әкесінің аты (бар болса), тегі/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...1 lines deleted...]
-          </w:p>
+Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...379 lines deleted...]
-          </w:p>
+Заңды тұлғаның атауы / Наименование юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z95" w:id="92"/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...433 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z96" w:id="93"/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...396 lines deleted...]
-            </w:r>
+..</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...7 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z231" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Жүргізілген ветеринариялық шаралар туралы 20__ жылғы "__"________ № ____ актіге вакциналаудан, аллергиялық зерттеуден, дауалаудан өткен жануарлар тізімдемесі қағаз түрінде жасалады (техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда)/ Опись животных, подвергнутых вакцинации, аллергическому исследованию, обработке к акту о проведенном ветеринарном мероприятии № __ от "___" ___ 20__ года составляется по бумажной форме (в электронной форме посредством информационной системы при наличии технической возможности).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z114" w:id="101"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 1. _______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="101"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
-      </w:r>
-    </w:p>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның немесе заңды тұлға басшысының немесе өкілінің аты, әкесінің аты (бар болса), тегі /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица или представителя </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z116" w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпись*(электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z118" w:id="103"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="103"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлардың саны/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>количество животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z120" w:id="104"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 2. _______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="104"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның немесе заңды тұлға басшысының немесе өкілінің аты, әкесінің аты (бар болса), тегі /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица или представителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпись*(электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z124" w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлардың саны/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>количество животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 3. _______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның немесе заңды тұлға басшысының немесе өкілінің аты, әкесінің аты (бар болса), тегі /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица или представителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпись*(электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлардың саны/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>количество животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ .....</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z232" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қолдары/Подписи _____________ _______________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Ұсынылған ақпараттың дұрыстығын растаймын және заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға, сондай-ақ дербес деректерді жинауға, өңдеуге, сақтауға, жүктеп алуға және пайдалануға келісім беремін/Подтверждаю достоверность представленной информации, и даю согласие на использование сведений, составляющих охраняемую законом тайну, а также на сбор, обработку, хранение, выгрузку и использование персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z233" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________ _______________</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z234" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z235" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Должность специалиста в области ветеринарии, фамилия, имя, отчество (при его наличии), подпись* (электронная цифровая подпись**)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z236" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе/Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z237" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *қағаз түрінде/в бумажной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z238" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда/в электронной форме посредством информационной системы при наличии технической возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8223,112 +13255,112 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены Приложением 2-1 в соответствии с приказом Заместителя Премьер-Министра РК - Министра сельского хозяйства РК от 30.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 216</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="94"/>
+    <w:bookmarkStart w:name="z121" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       Жануарлардың топтарын (эпизоотиялық бірлігін) қалыптастыру (тарату) туралы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  акт/Акт о формировании (расформировании) группировок животных (эпизоотической</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                       единицы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z122" w:id="95"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z122" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                          "____" _____________ 20____жыл/года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9068,51 +14100,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены Приложением 2-2 в соответствии с приказом Заместителя Премьер-Министра РК - Министра сельского хозяйства РК от 30.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 216</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="96"/>
+    <w:bookmarkStart w:name="z125" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">         Қалыптастырылған жануарлардың топтарын (эпизоотиялық бірліктерін) тіркеу</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -9121,71 +14153,71 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           единиц)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   бойынша/по __________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z126" w:id="97"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z126" w:id="116"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                    (ауыл шаруашылығы жануары түрінің атауы/наименование вида</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               сельскохозяйственного животного)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9271,80 +14303,80 @@
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z127" w:id="98"/>
+          <w:bookmarkStart w:name="z127" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="117"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10312,670 +15344,670 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z162" w:id="99"/>
+    <w:bookmarkStart w:name="z162" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе/Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z163" w:id="100"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z163" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * - Шаруашылық жүргізуші субъектілерді қоспағанда, қалыптастырылған жануарлар тобыныңтіркеу нөмірі әріптік және сандық символдардан (символдар арасы қисық сызықпен бөлінеді) тұрады, ол мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z164" w:id="101"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z164" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алғашқы символ – облыстың, республикалық маңызы бар қаланың, астананың литерлік коды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z165" w:id="102"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z165" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       екінші және үшінші символдар – ауданның (облыстық маңызы бар қаланың) реттік нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z166" w:id="103"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z166" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төртінші символ – ауыл шаруашылығы жануары түрінің сандық коды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z167" w:id="104"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z167" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бесінші – оныншы символдар –жануарлар тобының реттік нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z168" w:id="105"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z168" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстың, республикалық маңызы бар қаланың, астананың литерлік коды, ауданның (облыстық маңызы бар қаланың) реттік нөмірі Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 23 қаңтардағы № 7-1/37 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10466 болып тіркелген) Жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есептік нөмірлер беру қағидаларына (бұдан әрі – Қағидалары) 1-қосымшаға сәйкес енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z169" w:id="106"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z169" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы жануары түрінің сандық коды Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 7-1/68 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11127 болып тіркелген) Ауыл шаруашылығы жануарларын бірдейлендіру қағидаларына (бұдан әрі – Бірдейлендіру қағидалары) 1-қосымшаға сәйкес енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z170" w:id="107"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z170" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық маңызы бар қалаларда, астанада жануарлар топтарын нөмірлеген кезде екінші және үшінші символдарда нөл көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z171" w:id="108"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z171" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидаларға сәйкес есептік нөмірлері бар шаруашылық жүргізуші субъектілерде жануарлар топтарының тіркеу нөмірлері мыналардан тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z172" w:id="109"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z172" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидаларға сәйкес берілген есептік нөмір;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z173" w:id="110"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z173" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы жануары түрінің сандық коды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z174" w:id="111"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z174" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шаруашылық жүргізуші субъектілерде мал басын шаруашылық ішілік есепке алуға сәйкес жануарлар топтарының реттік нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z175" w:id="112"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z175" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы жануарлары түрінің сандық коды Бірдейлендіру қағидаларына 1-қосымшаға сәйкес енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z176" w:id="113"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z176" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қалыптастырылған жануарлар топтарының тіркеу нөмірлері символдары өзара қисық сызықпен бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z177" w:id="114"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z177" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       /Регистрационный номер сформированным группировкам животных, за исключением хозяйствующих субъектов состоит из буквенных и цифровых символов (символы между собой разделяются косой чертой) включающие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z178" w:id="115"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z178" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первый символ – литерный код области, города республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z179" w:id="116"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z179" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       второй и третий символы – порядковый номер района (города областного значения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z180" w:id="117"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z180" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       четвертый символ – цифровой код вида сельскохозяйственного животного;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z181" w:id="118"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z181" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пятый – десятый символы – порядковый номер группировки животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z182" w:id="119"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z182" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Литерный код области, города республиканского значения, столицы, порядковый номер района (города областного значения) вносится, согласно приложению 1 к Правилам присвоения учетных номеров объектам производства, осуществляющим выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организациям по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок, утвержденным приказом Министра сельского хозяйства Республики Казахстан от 23 января 2015 года № 7-1/37 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10466) (далее – Правила).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z183" w:id="120"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z183" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Цифровой код вида сельскохозяйственного животного вносится, согласно приложению 1 к Правилам идентификации сельскохозяйственных животных (далее – Правила идентификации), утвержденными приказом Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 7-1/68 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 11127). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z184" w:id="121"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z184" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При нумерации группировок животных в городах республиканского значения, столице во втором-третьем символах указываются нули.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z185" w:id="122"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z185" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В хозяйствующих субъектах имеющих учетные номера в соответствии с Правилами регистрационный номер группировок животных состоит из:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z186" w:id="123"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z186" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       учетного номера, присвоенного в соответствии с Правилами учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z187" w:id="124"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z187" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       цифрового кода вида сельскохозяйственного животного;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z188" w:id="125"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z188" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядкового номера группировки животных согласно внутрихозяйственного учета поголовья в хозяйствующих субъектах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z189" w:id="126"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z189" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Цифровой код вида сельскохозяйственного животного вносится согласно приложению 1 к Правилам идентификации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z190" w:id="127"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z190" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Символы регистрационного номера сформированных группировок животных разделяются между собой косой чертой. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z191" w:id="128"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z191" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** - шаруашылық жүргізуші субъекттерінде жануарлардың топтарын қалыптастырған кезде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z192" w:id="129"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z192" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       /заполняется при формировании группировок животных в хозяйствующих субъектах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -11041,9213 +16073,5221 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Приложение 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам планирования и</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения ветеринарных</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мероприятий против особо</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>опасных болезней животных</w:t>
-            </w:r>
-[...63 lines deleted...]
-              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...36 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1651000" cy="1397000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1651000" cy="1397000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Биологиялық материал сынамаларын алу актісі/</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Акт взятия проб биологического материала</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 - в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z240" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1006 lines deleted...]
-    </w:tbl>
+      Зерттеулер өткізу мақсатында жануардан биологиялық материал сынамасы алынды. Төмендегі кестеде биологиялық материал сынамасын алу актісінің мәліметтері көрсетілген/В целях проведения исследований взяты пробы биологического материала животного. В таблице ниже представлены сведения акта взятия проб биологического материала:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="144"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Әкімшілік аумақтық бірліктің атауы/Наименование административной территориальной единицы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...42 lines deleted...]
-          <w:bookmarkEnd w:id="144"/>
+Ветеринария саласындағы маман (лауазымы, аты, әкесінің аты (бар болса), тегі)/Специалист в области ветеринарии (должность, фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Қатысушылар (аты, әкесінің аты (бар болса), тегі)/Присутствующие (фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...111 lines deleted...]
-          </w:p>
+Биологиялық материал сынамасын алу күні/Дата взятия проб биологического материала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Жануар иесі (жеке немесе заңды тұлғаның атауы, аты, әкесінің аты (бар болса), тегі/Владелец животного (наименование физического или юридического лица, фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...41 lines deleted...]
-          </w:p>
+Биологиялық материалдың атауы/Наименование биологического материала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жануардың түрі/Вид животного </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жануарлардың саны/Количество животных </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...195 lines deleted...]
-              <w:t>/ в том числе в разрезе половозрастная группа животных</w:t>
+Сынамалар саны/Количество проб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...652 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аурудың аты/Название болезни </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...7 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z241" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Осы актіге жануарлардың тізімдемесі қоса беріледі/К настоящему акту прилагается опись животных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z242" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биологиялық материал алған кезде шығын материалы пайдаланылды/При взятии биологического материала использовано расходного материала:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="768"/>
-[...14 lines deleted...]
-        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z34" w:id="145"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-________________</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="145"/>
+Шығын материалының атауы/Наименование расходного материала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_____________________</w:t>
-[...1 lines deleted...]
-          </w:p>
+Саны/Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...280 lines deleted...]
-наименование половозрастной группы)</w:t>
+Өлшем бірлігі/Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...356 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество (при его наличии) специалиста в области ветеринарии, подпись* (электронная цифровая подпись**)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z244" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе/Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z245" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *қағаз түрінде/в бумажной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z246" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда/в электронной форме посредством информационной системы при наличии технической возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
-[...2505 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 4 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам планирования и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения ветеринарных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мероприятий против особо</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опасных болезней животных</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1651000" cy="1397000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1651000" cy="1397000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z247" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Биологиялық материал сынамалары алынған жануарлардың тізімдемесі /</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Опись животных по взятым пробам биологического материала</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>№__________ күні / от _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 - в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z248" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші бөлігі / часть первая</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z249" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биологиялық материалдың атауы/Наименование биологического материала__</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар түрі/Вид животных_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z251" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аурудың атауы / Название болезни___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z252" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеу түрі/Вид исследования _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z253" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеулердің жиілігі/Кратность исследований ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z254" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас саны/Количество голов__________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z255" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынаманың саны/Количество проб ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оның ішінде жануарлардың жыныстық-жастық тобы бөлінісінде/в том числе, в разрезе половозрастная группа животных</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z53" w:id="153"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...62 lines deleted...]
-          <w:bookmarkEnd w:id="153"/>
+Жыныстық-жастық топтың атауы / Наименование половозрастной группы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>_________ ______________ _________</w:t>
+Бас саны/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...41 lines deleted...]
-          </w:p>
+Количество голов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...139 lines deleted...]
-              <w:t xml:space="preserve"> / должность, фамилия, имя, отчество (при наличии), подписи специалистов в области ветеринарии)</w:t>
+Р/с</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...269 lines deleted...]
-              <w:t xml:space="preserve"> /должность, фамилия, имя, отчество (при наличии), подпись</w:t>
+Сынаманың №/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+№ пробы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...30 lines deleted...]
-          <w:bookmarkStart w:name="z60" w:id="154"/>
+Жануардың иесі туралы мәліметтер/Сведения о владельце животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...72 lines deleted...]
-          <w:bookmarkEnd w:id="154"/>
+Жануардың бірдейлендіру нөмірі /идентификационный номер животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+жануарлардың жыныстық-жастық тобы / половозрастная группа животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...41 lines deleted...]
-          </w:p>
+жануардың жасы / возраст животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...141 lines deleted...]
-          </w:p>
+Зерттеудің жиілігі/Кратность исследований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>___________ ______________ __________</w:t>
+Жеке тұлғаның немесе заңды тұлға басшысының аты, әкесінің аты (бар болса), тегі/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...291 lines deleted...]
-          </w:p>
+Фамилия, имя, отчество (при его наличии) физического лица или руководителя юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>государственного ветеринарно-санитарного</w:t>
+Заңды тұлғаның атауы/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...10 lines deleted...]
-            </w:r>
+Наименование юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z67" w:id="155"/>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескерту / Примечание:</w:t>
-[...986 lines deleted...]
-        <w:t>составляется опись взятия крови.</w:t>
+      Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңба* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество (при его наличии) специалиста в области ветеринарии, подпись* (электронная цифровая подпись**)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші бөлігі / часть вторая</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z257" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биологиялық материалдың сынамаларын алу тізімдемесінің нөмірі және күні/ номер и дата описи животных по взятым пробам биологического материала</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z258" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биологиялық материалдың атауы/Наименование биологического материала__</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z259" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар түрі/Вид животных________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z260" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аурудың атауы/ Название болезни___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z261" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеулер түрі/Вид исследования ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z262" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеулердің жиілігі/Кратность исследований ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z263" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бас саны/Количество голов_________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z264" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынамалар саны/Количество проб ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оның ішінде жануарлардың жыныстық-жастық тобы бөлінісінде/ в том числе, в разрезе половозрастной группы животных:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z68" w:id="156"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="156"/>
+Жыныстық-жастық топтың атауы / Наименование половозрастной группы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...150 lines deleted...]
-          <w:bookmarkStart w:name="z69" w:id="157"/>
+Бас саны/</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="157"/>
+Количество голов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...129 lines deleted...]
-              <w:t xml:space="preserve">) / (опись животных по взятым пробам крови) </w:t>
+Р/с</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...130 lines deleted...]
-            </w:r>
+Сынаманың №/№ пробы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлардың жыныстық-жастық тобы / половозрастная группа животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реакцияның атауы/Наименование реакции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зерттеулер нәтижелері /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1651000" cy="1397000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId20"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1651000" cy="1397000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринария саласындағы маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество (при его наличии) специалиста в области ветеринарии, подпись* (электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1371600" cy="1384300"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId21"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1371600" cy="1384300"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сараптама актісінің (сынақ хаттамасының) күні, нөмірі/дата, номер акта экспертизы (протокола испытания))</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринариялық зертхана маманның лауазымы, аты, әкесінің аты (бар болса), тегі, қолтаңбасы* (электрондық цифрлық қолтаңбасы**)/Должность, фамилия, имя, отчество (при его наличии) специалиста ветеринаринарной лаборатории, подпись* (электронная цифровая подпись**)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...7 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z265" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Ескертпе/Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z266" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      *қағаз түрінде/в бумажной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z267" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** техникалық мүмкіндік болған кезде ақпараттық жүйе арқылы электрондық нысанда/в электронной форме посредством информационной системы при наличии технической возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z268" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Биологиялық материалдың сынамалары алынған жануарлардың тізімдемесі диагностикалық зерттеулер жүргізу үшін ветеринариялық зертханаға жолданатын жануардың әр түріне, жануарлар ауруының түріне жеке-жеке жасалады./Опись животных по взятым пробам биологического материала составляется отдельно по каждому виду животного, виду болезней животных, по которому направляется в ветеринарную лабораторию для проведения диагностических исследований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z271" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Биологиялық материал сынамаларын қабылдауды, тіркеуді жүзеге асыратын ветеринариялық зертхана маманы ауыл шаруашылығы жануарларын бірдейлендіру дерекқорында тізімдеменің екінші бөлігін қарайды. Зерттеу аяқталғаннан кейін ветеринариялық зертхана маманы осы бөлікке сараптама актісінің (сынақ хаттамасының) күні мен нөмірін, реакцияның атауын және зерттеу нәтижесін енгізеді, содан кейін деректерді сараптама актісімен (сынақ хаттамасымен) бірге дерекқорға жүктейді./Специалист ветеринарной лаборатории, осуществляющий и регистрирующий пробы биологического материала, рассматривает вторую часть описи в базе данных по идентификации сельскохозяйственных животных. После завершения исследования специалист ветеринарной лаборатории вносит в эту часть дату и номер акта экспертизы (протокола испытаний), наименование реакции и результат исследования, затем вводит данные в базу данных вместе с актом экспертизы (протоколом испытаний).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z272" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жануарлар басы туралы мәліметтердің сәйкестігі; үйірдегі, табындағы, отардағы, шаруашылық жүргізуші субъектідегі және жануарлардың басқа да топтарындағы бар жануарлар басын қамту және бір уақытта зерттеулер жүргізу мақсатында алынған биологиялық материалдың сынамалары санының жануарлар басымен (үйір, табын, отар, шаруашылық жүргізуші субъект және жануарлардың басқа да топтары) сәйкестігі (Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 29 маусымдағы № 7-1/587 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11940 болып тіркелген) бекітілген Ветеринариялық (ветеринариялық-санитариялық) қағидаларда (бұдан әрі – Ветеринариялық (ветеринариялық-санитариялық) қағидалар) көзделген жануарлар ауруларының түріне және диагностикалық зерттеулер жиілігіне қарай) жүйе арқылы ауыл шаруашылығы жануарларын сәйкестендіру жөніндегі дереққорда автоматты түрде тексеріледі./ Соответствие сведений о поголовье животных; соответствие количества взятых проб биологического материала с наличием поголовья животных (гурт, стадо, отара, хозяйствующий субъект и другие группировки животных) с целью обеспечения охвата и одновременного проведения исследования имеющегося поголовья животных в гурте, стаде, отаре, хозяйствующем субъекте и других группировках животных (в зависимости от вида болезней животных и кратности диагностических исследований, предусмотренных Ветеринарными (ветеринарно-санитарными) правилами, утвержденных приказом Министра сельского хозяйства Республики Казахстан от 29 июня 2015 года № 7-1/587 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11940) (далее – Ветеринарные (ветеринарно-санитарные) правила) проверяется автоматически по базе данных по идентификации сельскохозяйственных животных через систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z269" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ветеринариялық (ветеринариялық-санитариялық) қағидалармен бекітілген індеттер бойынша ветеринариялық іс-шараларда қарастырылған диагностикалық зерттеулер жануардың жастық-жыныстық тобы бойынша жеке көрсетіледі./Отдельно по половозрастным группам указываются диагностические исследования, предусмотренные ветеринарными мероприятиями по болезням, утвержденным Ветеринарными (ветеринарно-санитарными) правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z270" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Ауыл шаруашылығы жануарларын бірдейлендіру" ақпараттық жүйесінде техникалық ақау туындаған немесе оның жұмыс істеуі уақытша тоқтатылған жағдайда, жұмыс қағаз түрінде жүргізіледі./ В случае технического сбоя или приостановления функционирования информационной системы "Идентификация сельскохозяйственных животных" работа осуществляется на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -20569,35 +21609,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>