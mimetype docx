--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="97b3389" w14:textId="97b3389">
+    <w:p w14:paraId="a6dedd3" w14:textId="a6dedd3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1410,1964 +1410,1814 @@
         <w:t>
       2. Действие настоящих Правил распространяется на взрывчатые вещества и изделия на их основе для использования в промышленных целях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Действие настоящих Правил не распространяется на взрывчатые вещества и изделия на их основе, относящиеся к оборонной и гражданской продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга "Выдача разрешений на производство взрывных работ" (далее – государственная услуга) оказывается территориальным подразделением ведомства уполномоченного органа в области промышленной безопасности (далее – услугодатель) согласно настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) исключен приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрешение – подтверждение права физического или юридического лица на осуществление деятельности или действий (операций), осуществляемое разрешительными органами посредством лицензирования или разрешительной процедуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) взрывчатое вещество – конденсированное химическое вещество или смесь таких веществ, способное при определенных условиях под влиянием внешних воздействий к быстрому самораспространяющемуся химическому превращению (взрыву) с выделением большого количества тепла и газообразных продуктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) изделие на основе взрывчатого вещества – компактная масса взрывчатого вещества конечных размеров, заключенная в оболочку или без нее, предназначенная для использования в изготовленном виде самостоятельно или в сочетании с другими взрывчатыми веществами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Для получения государственной услуги юридические лица (далее – услугополучатель) направляют услугодателю через веб-портал "электронного правительства" www.egov.kz (далее – портал):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z66" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z67" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронный документ, содержащий сведения с указанием расчетов, уточняющие условия безопасного выполнения взрывных работ, безопасных расстояний по разлету кусков, действию ударной воздушной волны, действию ядовитых газов при взрыве, сейсмического воздействия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z68" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при проведении взрывных работ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z69" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на земной поверхности, электронный документ, содержащий план местности с нанесением места производства взрывных работ, границ опасной зоны, места выставления постов охраны опасной зоны и находящихся в ее пределах жилых и производственных зданий, сооружений, железнодорожных путей, автомобильных дорог, каналов, трубопроводов, линий электропередачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z70" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в подземных условиях, электронный документ, содержащий план горных работ с нанесением места производства взрывных работ, границ опасной зоны, места выставления постов охраны опасной зоны, а также сведения об опасности шахты (рудника, объекта геологоразведочных работ) по газу и пыли.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z71" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении сейсморазведочных работ с использованием взрывчатых материалов предоставляется электронный документ, содержащий схемы профилей работ и охраны опасной зоны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z72" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в Перечне основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z73" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий срок оказания государственной услуги составляет 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 1) пункта 5 предусматривается исключить приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+      7. Работник канцелярии услугодателя осуществляет прием и регистрацию документов и сведений в день их поступления и направляет руководителю услугодателя либо лицу его замещающему, которым назначается ответственный исполнитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) разрешение – подтверждение права физического или юридического лица на осуществление деятельности или действий (операций), осуществляемое разрешительными органами посредством лицензирования или разрешительной процедуры;</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...15 lines deleted...]
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      8. Ответственный исполнитель услугодателя с момента регистрации представленных услугополучателем документов в течение 2 (двух) рабочих дней проверяет полноту представленных документов и в случае установления факта неполноты представленных документов направляет мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае полноты представленных документов в течение 3 (трех) рабочих дней проверяет достоверность сведений представленных документов и оформляет разрешение на производство взрывных работ по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо мотивированный ответ об отказе в оказании государственной услуги по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, изложены в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      6. Для получения государственной услуги юридические лица (далее – услугополучатель) направляют услугодателю через веб-портал "электронного правительства" www.egov.kz (далее – портал):</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+      Сведения о государственной регистрации (перерегистрации) юридического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+      8-1. При выявлении оснований для отказа в оказании государственной услуги в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) электронный документ, содержащий сведения с указанием расчетов, уточняющие условия безопасного выполнения взрывных работ, безопасных расстояний по разлету кусков, действию ударной воздушной волны, действию ядовитых газов при взрыве, сейсмического воздействия;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) при проведении взрывных работ:</w:t>
-[...122 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+      Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления. По результатам заслушивания услугодатель выдает положительный результат либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 256</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Работник канцелярии услугодателя осуществляет прием и регистрацию документов и сведений в день их поступления и направляет руководителю услугодателя либо лицу его замещающему, которым назначается ответственный исполнитель.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+      9. Результат оказания государственной услуги направляется услугополучателю на портал в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью руководителя услугодателя либо лица его замещающего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+      Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Государственная услуга, оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z74" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z75" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области промышленной безопасности в течение трех рабочих дней направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила оператору информационно-коммуникационной инфраструктуры "электронного правительства", а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 137</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+        <w:t>
+      12. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...43 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+        <w:t>
+      Жалоба подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сведения о государственной регистрации (перерегистрации) юридического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
-[...75 lines deleted...]
-      Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления. По результатам заслушивания услугодатель выдает положительный результат либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      13. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      9. Результат оказания государственной услуги направляется услугополучателю на портал в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью руководителя услугодателя либо лица его замещающего.</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...135 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...320 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="40"/>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Если иное не предусмотрено Законом, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3723,51 +3573,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заявления: [Номер]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата заявления: [Дата]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="41"/>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      ЗАЯВЛЕНИЕ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -3776,51 +3626,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             _______________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование юридического лица)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4275,156 +4125,50 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4555,50 +4299,90 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4757,51 +4541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Территориальный департамент Комитета промышленной безопасности Министерства по чрезвычайным ситуациям Республики Казахстан (далее – услугодатель)</w:t>
+Территориальное подразделение ведомства уполномоченного органа в области промышленной безопасности (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9247,55 +9031,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>