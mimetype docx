--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="45e8a2c" w14:textId="45e8a2c">
+    <w:p w14:paraId="5ba624b" w14:textId="5ba624b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1671,464 +1671,548 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 9 октября 2006 года </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Состав предусматривается в редакции Указа Президента РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СОСТАВ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z210" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии по присуждению званий лауреатов премии Президента Республики Казахстан "Алтын сапа" и званий дипломантов республиканского конкурса-выставки "Лучший товар Казахстана"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z210" w:id="8"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Состав - в редакции Указа Президента РК от 29.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 591</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="9"/>
+    <w:bookmarkStart w:name="z211" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель Администрации Президента Республики Казахстан, председатель</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z212" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      председатель правления Национальной палаты предпринимателей Республики Казахстан "Атамекен" (по согласованию), заместитель председателя</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z212" w:id="10"/>
-[...15 lines deleted...]
-      председатель правления Национальной палаты предпринимателей Республики Казахстан "Атамекен" (по согласованию), заместитель председателя</w:t>
+    <w:bookmarkStart w:name="z213" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      директор департамента Национальной палаты предпринимателей Республики Казахстан "Атамекен" (по согласованию), секретарь</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z213" w:id="11"/>
-[...15 lines deleted...]
-      директор департамента Национальной палаты предпринимателей Республики Казахстан "Атамекен" (по согласованию), секретарь</w:t>
+    <w:bookmarkStart w:name="z214" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      члены Комиссии:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z214" w:id="12"/>
-[...15 lines deleted...]
-      члены Комиссии:</w:t>
+    <w:bookmarkStart w:name="z215" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министр промышленности и строительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z215" w:id="13"/>
-[...15 lines deleted...]
-      Министр промышленности и строительства Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z216" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министр торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z216" w:id="14"/>
-[...15 lines deleted...]
-      Министр торговли и интеграции Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z217" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министр национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z217" w:id="15"/>
-[...15 lines deleted...]
-      Министр национальной экономики Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z218" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      президент объединения юридических лиц "Зерновой союз Казахстана" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z218" w:id="16"/>
-[...15 lines deleted...]
-      президент объединения юридических лиц "Зерновой союз Казахстана" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z219" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      президент объединения юридических лиц "Союз птицеводов Казахстана" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z219" w:id="17"/>
-[...15 lines deleted...]
-      президент объединения юридических лиц "Союз птицеводов Казахстана" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z220" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      председатель правления объединения юридических лиц "Союз машиностроителей Казахстана" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z220" w:id="18"/>
-[...15 lines deleted...]
-      председатель правления объединения юридических лиц "Союз машиностроителей Казахстана" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z221" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      председатель объединения юридических лиц "Союз картофелеводов и овощеводов Казахстана" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z221" w:id="19"/>
-[...15 lines deleted...]
-      председатель объединения юридических лиц "Союз картофелеводов и овощеводов Казахстана" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z222" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      президент объединения юридических лиц "Ассоциация застройщиков Казахстана" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z222" w:id="20"/>
-[...15 lines deleted...]
-      президент объединения юридических лиц "Ассоциация застройщиков Казахстана" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z223" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      президент объединения юридических лиц "Союз пищевых предприятий Казахстана" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z223" w:id="21"/>
-[...15 lines deleted...]
-      президент объединения юридических лиц "Союз пищевых предприятий Казахстана" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z224" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вице-президент республиканского объединения юридических лиц "Союз товаропроизводителей и экспортеров Казахстана" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z224" w:id="22"/>
-[...15 lines deleted...]
-      вице-президент республиканского объединения юридических лиц "Союз товаропроизводителей и экспортеров Казахстана" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z225" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сопредседатель правления общественного объединения "Молочный союз Казахстана" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z225" w:id="23"/>
-[...15 lines deleted...]
-      сопредседатель правления общественного объединения "Молочный союз Казахстана" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z226" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполнительный директор объединения юридических лиц "Республиканская ассоциация горнодобывающих и горно-металлургических предприятий" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z226" w:id="24"/>
-[...15 lines deleted...]
-      исполнительный директор объединения юридических лиц "Республиканская ассоциация горнодобывающих и горно-металлургических предприятий" (по согласованию)</w:t>
+    <w:bookmarkStart w:name="z227" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      председатель Казахстанской ассоциации организаций нефтегазового и энергетического комплекса "KAZENERGY" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z227" w:id="25"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2207,758 +2291,1040 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 октября 2006 года № 194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="26"/>
+    <w:bookmarkStart w:name="z9" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПРАВИЛА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>проведения конкурса на соискание премии Президента Республики Казахстан "Алтын сапа" и присуждения званий лауреатов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила в редакции Указа Президента РК от 24.11.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2018).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="27"/>
+    <w:bookmarkStart w:name="z98" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Премия Президента Республики Казахстан "Алтын сапа" (далее – премия) присуждается ежегодно на конкурсной основе за достижение организацией значительных результатов в области качества продукции и/или услуг, обеспечение их безопасности, а также за внедрение организацией высокоэффективных методов управления качеством.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z99" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Премия предусматривает вручение участникам конкурса, удостоенным званий лауреатов премии, эмблемы конкурса, дипломов лауреатов и денежного вознаграждения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z99" w:id="28"/>
-[...15 lines deleted...]
-      Премия предусматривает вручение участникам конкурса, удостоенным званий лауреатов премии, эмблемы конкурса, дипломов лауреатов и денежного вознаграждения.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размер денежного вознаграждения составляет 450 (четыреста пятьдесят) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z100" w:id="29"/>
-[...15 lines deleted...]
-      Размер денежного вознаграждения составляет 450 (четыреста пятьдесят) месячных расчетных показателей.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комиссией по присуждению званий лауреатов премии Президента Республики Казахстан "Алтын сапа" и званий дипломантов республиканского конкурса-выставки "Лучший товар Казахстана" (далее – Комиссия) ежегодно присуждаются премии по трем категориям в четырех номинациях, предусмотренных пунктом 5 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z101" w:id="30"/>
-[...15 lines deleted...]
-      2. Комиссией по присуждению званий лауреатов премии Президента Республики Казахстан "Алтын сапа" и званий дипломантов республиканского конкурса-выставки "Лучший товар Казахстана" (далее – Комиссия) ежегодно присуждаются премии по трем категориям в четырех номинациях, предусмотренных пунктом 5 настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z102" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Звание лауреата премии присуждается победителям конкурса на соискание премии Президента Республики Казахстан "Алтын сапа" (далее – конкурс) на основании решения Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z102" w:id="31"/>
-[...15 lines deleted...]
-      Звание лауреата премии присуждается победителям конкурса на соискание премии Президента Республики Казахстан "Алтын сапа" (далее – конкурс) на основании решения Комиссии.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Организация конкурса на соискание премии осуществляется за счет и в пределах средств, предусмотренных на эти цели в республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z103" w:id="32"/>
-[...15 lines deleted...]
-      3. Организация конкурса на соискание премии осуществляется за счет и в пределах средств, предусмотренных на эти цели в республиканском бюджете на соответствующий финансовый год.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. На соискание премии могут претендовать индивидуальные предприниматели и юридические лица, занимающиеся производством товаров, оказанием услуг (за исключением производства вооружений и военной техники) на территории Республики Казахстан (далее – участники конкурса).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z104" w:id="33"/>
-[...15 lines deleted...]
-      4. На соискание премии могут претендовать индивидуальные предприниматели и юридические лица, занимающиеся производством товаров, оказанием услуг (за исключением производства вооружений и военной техники) на территории Республики Казахстан (далее – участники конкурса).</w:t>
+    <w:bookmarkStart w:name="z105" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускаются к участию в конкурсе организации, в которых доля участия государства составляет более 50%, а также организации, в отношении которых в установленном порядке приняты решения об осуществлении процедур, предусмотренных законодательством Республики Казахстан о реабилитации и банкротстве.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z105" w:id="34"/>
-[...15 lines deleted...]
-      Не допускаются к участию в конкурсе организации, в которых доля участия государства составляет более 50%, а также организации, в отношении которых в установленном порядке приняты решения об осуществлении процедур, предусмотренных законодательством Республики Казахстан о реабилитации и банкротстве.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Участники конкурса должны подтвердить Комиссии высокое качество выпускаемой продукции или оказываемой услуги за период не менее трех лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z106" w:id="35"/>
-[...15 lines deleted...]
-      5. Участники конкурса должны подтвердить Комиссии высокое качество выпускаемой продукции или оказываемой услуги за период не менее трех лет.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организации участвуют в конкурсе по следующим номинациям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z107" w:id="36"/>
-[...15 lines deleted...]
-      Организации участвуют в конкурсе по следующим номинациям:</w:t>
+    <w:bookmarkStart w:name="z108" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Лучшее предприятие производственного назначения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z108" w:id="37"/>
-[...15 lines deleted...]
-      1) "Лучшее предприятие производственного назначения";</w:t>
+    <w:bookmarkStart w:name="z109" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Лучшее предприятие, выпускающее товары для населения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z109" w:id="38"/>
-[...15 lines deleted...]
-      2) "Лучшее предприятие, выпускающее товары для населения";</w:t>
+    <w:bookmarkStart w:name="z110" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Лучшее предприятие, оказывающее услуги";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z110" w:id="39"/>
-[...15 lines deleted...]
-      3) "Лучшее предприятие, оказывающее услуги";</w:t>
+    <w:bookmarkStart w:name="z111" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Лучшее предприятие, выпускающее продовольственные товары и/или сельскохозяйственную продукцию".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z111" w:id="40"/>
-[...15 lines deleted...]
-      4) "Лучшее предприятие, выпускающее продовольственные товары и/или сельскохозяйственную продукцию".</w:t>
+    <w:bookmarkStart w:name="z112" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По каждой номинации вручаются три премии по следующим категориям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z112" w:id="41"/>
-[...15 lines deleted...]
-      По каждой номинации вручаются три премии по следующим категориям:</w:t>
+    <w:bookmarkStart w:name="z113" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) субъект малого предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z113" w:id="42"/>
-[...15 lines deleted...]
-      1) субъект малого предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) субъект среднего предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z114" w:id="43"/>
-[...15 lines deleted...]
-      2) субъект среднего предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) субъект крупного предпринимательства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z115" w:id="44"/>
-[...15 lines deleted...]
-      3) субъект крупного предпринимательства.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 4 пункта 4 предусматривается в редакции Указа Президента РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В конкурсе учреждаются специальные премии "Лучший индустриальный проект", "Лучший инновационный проект".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Организатором конкурса на соискание премии является Национальная палата предпринимателей Республики Казахстан (далее – организатор конкурса).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z116" w:id="45"/>
-[...15 lines deleted...]
-      В конкурсе учреждаются специальные премии "Лучший индустриальный проект", "Лучший инновационный проект".</w:t>
+    <w:bookmarkStart w:name="z118" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Не допускается повторное выдвижение на соискание премии в течение четырех лет после ее получения в определенной номинации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z117" w:id="46"/>
-[...15 lines deleted...]
-      6. Организатором конкурса на соискание премии является Национальная палата предпринимателей Республики Казахстан (далее – организатор конкурса).</w:t>
+    <w:bookmarkStart w:name="z119" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Организатор конкурса ежегодно в феврале текущего года объявляет в средствах массовой информации о проведении данного конкурса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z118" w:id="47"/>
-[...15 lines deleted...]
-      7. Не допускается повторное выдвижение на соискание премии в течение четырех лет после ее получения в определенной номинации.</w:t>
+    <w:bookmarkStart w:name="z120" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Организации, желающие участвовать в конкурсе, оформляют и подают материалы организатору конкурса в соответствии с Правилами оформления, представления и предварительной оценки материалов участников конкурса на соискание премии Президента Республики Казахстан "Алтын сапа", утверждаемыми Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z119" w:id="48"/>
-[...15 lines deleted...]
-      8. Организатор конкурса ежегодно в феврале текущего года объявляет в средствах массовой информации о проведении данного конкурса.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Конкурс проводится в четыре этапа:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z120" w:id="49"/>
-[...15 lines deleted...]
-      9. Организации, желающие участвовать в конкурсе, оформляют и подают материалы организатору конкурса в соответствии с Правилами оформления, представления и предварительной оценки материалов участников конкурса на соискание премии Президента Республики Казахстан "Алтын сапа", утверждаемыми Правительством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на первом этапе организатором конкурса осуществляются прием заявок на участие в конкурсе и предварительная оценка материалов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z121" w:id="50"/>
-[...15 lines deleted...]
-      10. Конкурс проводится в четыре этапа:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции Указа Президента РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на втором этапе организатор конкурса представляет на рассмотрение экспертной группе, сформированной решением организатора республиканского конкурса, материалы участников конкурса и предварительное заключение по этим материалам. Экспертная группа, сформированная решением организатора республиканского конкурса, определяет финалистов конкурса для участия в третьем этапе конкурса (три по трем категориям в четырех номинациях и по два в специальных премиях);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на третьем этапе экспертной группой, сформированной решением организатора республиканского конкурса, проводится оценка финалистов с выездом на предприятия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z122" w:id="51"/>
-[...15 lines deleted...]
-      1) на первом этапе организатором конкурса осуществляются прием заявок на участие в конкурсе и предварительная оценка материалов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции Указа Президента РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на четвертом этапе организатор конкурса представляет на рассмотрение Комиссии материалы финалистов конкурса с результатами экспертной оценки материалов и экспертизы на местах (три по трем категориям в четырех номинациях и по два в специальных премиях). Комиссия на основании представленных материалов определяет победителей и принимает решение о присуждении участникам конкурса званий лауреатов премии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Участникам конкурса, удостоенным званий лауреатов премии, вручаются соответствующий диплом, эмблема конкурса и денежное вознаграждение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z123" w:id="52"/>
-[...15 lines deleted...]
-      2) на втором этапе организатор конкурса представляет на рассмотрение экспертной группе, сформированной решением организатора республиканского конкурса, материалы участников конкурса и предварительное заключение по этим материалам. Экспертная группа, сформированная решением организатора республиканского конкурса, определяет финалистов конкурса для участия в третьем этапе конкурса (три по трем категориям в четырех номинациях и по два в специальных премиях);</w:t>
+    <w:bookmarkStart w:name="z127" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Церемония награждения победителей конкурса проводится ежегодно в торжественной обстановке. Дата и место проведения церемонии награждения победителей конкурса определяются по согласованию с Администрацией Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z124" w:id="53"/>
-[...15 lines deleted...]
-      3) на третьем этапе экспертной группой, сформированной решением организатора республиканского конкурса, проводится оценка финалистов с выездом на предприятия;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Список участников конкурса, удостоенных званий лауреатов премии, публикуется в средствах массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z125" w:id="54"/>
-[...15 lines deleted...]
-      4) на четвертом этапе организатор конкурса представляет на рассмотрение Комиссии материалы финалистов конкурса с результатами экспертной оценки материалов и экспертизы на местах (три по трем категориям в четырех номинациях и по два в специальных премиях). Комиссия на основании представленных материалов определяет победителей и принимает решение о присуждении участникам конкурса званий лауреатов премии.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Участники конкурса, удостоенные званий лауреатов премии, получают право использования эмблемы премии в рекламных целях в течение четырех лет после присуждения премии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z126" w:id="55"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3037,706 +3403,706 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 октября 2006 года № 194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПРАВИЛА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>проведения республиканского конкурса-выставки</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Лучший товар Казахстана" и присуждения званий дипломантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила в редакции Указа Президента РК от 24.11.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2018).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="60"/>
+    <w:bookmarkStart w:name="z130" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Организатором республиканского конкурса-выставки "Лучший товар Казахстана" (далее – конкурс) является Национальная палата предпринимателей Республики Казахстан (далее – организатор конкурса), организаторами региональных конкурсов-выставок "Лучший товар Казахстана" являются палаты предпринимателей областей, города республиканского значения и столицы (далее – организаторы региональных конкурсов). Организация конкурса осуществляется за счет и в пределах средств, предусмотренных на эти цели в республиканском бюджете на соответствующий финансовый год. Организация региональных конкурсов-выставок "Лучший товар Казахстана" осуществляется за счет и в пределах средств местных бюджетов акиматов областей, города республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z131" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основными целями конкурса являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z132" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) активизация деятельности физических и юридических лиц, направленной на повышение качества отечественной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z133" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) содействие насыщению рынка Казахстана высококачественной и конкурентоспособной продукцией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z134" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) создание предпосылок и содействие широкому внедрению современных методов управления и обеспечения качества на основе отечественных и международных стандартов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z131" w:id="61"/>
-[...15 lines deleted...]
-      2. Основными целями конкурса являются:</w:t>
+    <w:bookmarkStart w:name="z135" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) привлечение внимания промышленных, коммерческих и общественных организаций к необходимости решения проблем качества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z132" w:id="62"/>
-[...15 lines deleted...]
-      1) активизация деятельности физических и юридических лиц, направленной на повышение качества отечественной продукции;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) популяризация идеи качества среди населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z133" w:id="63"/>
-[...15 lines deleted...]
-      2) содействие насыщению рынка Казахстана высококачественной и конкурентоспособной продукцией;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Участниками конкурса могут быть индивидуальный предприниматель или юридическое лицо, которые:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z134" w:id="64"/>
-[...15 lines deleted...]
-      3) создание предпосылок и содействие широкому внедрению современных методов управления и обеспечения качества на основе отечественных и международных стандартов;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляют производство на территории Республики Казахстан промышленных, продовольственных товаров и продукции производственно-технического назначения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z135" w:id="65"/>
-[...15 lines deleted...]
-      4) привлечение внимания промышленных, коммерческих и общественных организаций к необходимости решения проблем качества;</w:t>
+    <w:bookmarkStart w:name="z139" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) имеют положительные результаты по обеспечению стабильно высокого уровня качества продукции и его систематического улучшения, подтвержденные организатором конкурса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z136" w:id="66"/>
-[...15 lines deleted...]
-      5) популяризация идеи качества среди населения.</w:t>
+    <w:bookmarkStart w:name="z140" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Юридическое лицо или индивидуальный предприниматель, желающие участвовать в конкурсе, оформляют и подают материалы организатору конкурса в соответствии с Правилами оформления, представления и предварительной экспертной оценки материалов и продукции, представляемых на региональный и республиканский конкурсы-выставки "Лучший товар Казахстана", утверждаемыми Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z137" w:id="67"/>
-[...15 lines deleted...]
-      3. Участниками конкурса могут быть индивидуальный предприниматель или юридическое лицо, которые:</w:t>
+    <w:bookmarkStart w:name="z141" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Конкурс проводится по трем номинациям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z138" w:id="68"/>
-[...15 lines deleted...]
-      1) осуществляют производство на территории Республики Казахстан промышленных, продовольственных товаров и продукции производственно-технического назначения;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Лучшие товары производственного назначения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z139" w:id="69"/>
-[...15 lines deleted...]
-      2) имеют положительные результаты по обеспечению стабильно высокого уровня качества продукции и его систематического улучшения, подтвержденные организатором конкурса.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Лучшие товары для населения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z140" w:id="70"/>
-[...15 lines deleted...]
-      4. Юридическое лицо или индивидуальный предприниматель, желающие участвовать в конкурсе, оформляют и подают материалы организатору конкурса в соответствии с Правилами оформления, представления и предварительной экспертной оценки материалов и продукции, представляемых на региональный и республиканский конкурсы-выставки "Лучший товар Казахстана", утверждаемыми Правительством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z144" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Лучшие продовольственные товары".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z141" w:id="71"/>
-[...15 lines deleted...]
-      5. Конкурс проводится по трем номинациям:</w:t>
+    <w:bookmarkStart w:name="z145" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В каждой номинации определяются по три победителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z142" w:id="72"/>
-[...15 lines deleted...]
-      1) "Лучшие товары производственного назначения";</w:t>
+    <w:bookmarkStart w:name="z146" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Конкурс проводится в соответствии с планом мероприятий, утверждаемым решением Комиссии по присуждению званий лауреатов премии Президента Республики Казахстан "Алтын сапа" и званий дипломантов республиканского конкурса-выставки "Лучший товар Казахстана" (далее – Комиссия), и осуществляется в четыре этапа:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z143" w:id="73"/>
-[...15 lines deleted...]
-      2) "Лучшие товары для населения";</w:t>
+    <w:bookmarkStart w:name="z147" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на первом этапе на региональном уровне осуществляются прием заявок на участие в конкурсе, экспертная оценка материалов и продукции. Экспертной группой, сформированной решением организаторов региональных конкурсов, определяются 9 победителей региональных конкурсов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z144" w:id="74"/>
-[...15 lines deleted...]
-      3) "Лучшие продовольственные товары".</w:t>
+    <w:bookmarkStart w:name="z148" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организаторы региональных конкурсов направляют организатору республиканского конкурса необходимые документы победителей региональных конкурсов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z145" w:id="75"/>
-[...15 lines deleted...]
-      В каждой номинации определяются по три победителя.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Победители региональных конкурсов участвуют в республиканском конкурсе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z146" w:id="76"/>
-[...15 lines deleted...]
-      6. Конкурс проводится в соответствии с планом мероприятий, утверждаемым решением Комиссии по присуждению званий лауреатов премии Президента Республики Казахстан "Алтын сапа" и званий дипломантов республиканского конкурса-выставки "Лучший товар Казахстана" (далее – Комиссия), и осуществляется в четыре этапа:</w:t>
+    <w:bookmarkStart w:name="z150" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на втором этапе экспертная оценка материалов и продукции осуществляется на республиканском уровне. Экспертной группой, сформированной решением организатора республиканского конкурса, определяются 27 финалистов по трем номинациям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z147" w:id="77"/>
-[...15 lines deleted...]
-      1) на первом этапе на региональном уровне осуществляются прием заявок на участие в конкурсе, экспертная оценка материалов и продукции. Экспертной группой, сформированной решением организаторов региональных конкурсов, определяются 9 победителей региональных конкурсов.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на третьем этапе 27 финалистов участвуют в онлайн-голосовании;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z148" w:id="78"/>
-[...15 lines deleted...]
-      Организаторы региональных конкурсов направляют организатору республиканского конкурса необходимые документы победителей региональных конкурсов.</w:t>
+    <w:bookmarkStart w:name="z152" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на четвертом этапе организатор республиканского конкурса представляет на рассмотрение Комиссии материалы 27 финалистов с предварительными заключениями и результатами онлайн-голосования (по три финалиста в каждой номинации).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z149" w:id="79"/>
-[...15 lines deleted...]
-      Победители региональных конкурсов участвуют в республиканском конкурсе;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия на основании представленных материалов принимает решение о присуждении 9 участникам конкурса званий дипломантов республиканского конкурса-выставки "Лучший товар Казахстана" (далее – дипломанты конкурса).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае равенства баллов по итогам предварительного заключения победитель определяется по итогам онлайн-голосования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z150" w:id="80"/>
-[...15 lines deleted...]
-      2) на втором этапе экспертная оценка материалов и продукции осуществляется на республиканском уровне. Экспертной группой, сформированной решением организатора республиканского конкурса, определяются 27 финалистов по трем номинациям;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Дипломанты конкурса награждаются эмблемой и дипломами республиканского конкурса-выставки "Лучший товар Казахстана".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z151" w:id="81"/>
-[...15 lines deleted...]
-      3) на третьем этапе 27 финалистов участвуют в онлайн-голосовании;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Список дипломантов конкурса публикуется в средствах массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z152" w:id="82"/>
-[...15 lines deleted...]
-      4) на четвертом этапе организатор республиканского конкурса представляет на рассмотрение Комиссии материалы 27 финалистов с предварительными заключениями и результатами онлайн-голосования (по три финалиста в каждой номинации).</w:t>
+    <w:bookmarkStart w:name="z157" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Дипломанты конкурса получают право в течение четырех лет использовать эмблему конкурса в рекламных целях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:p>
-[...114 lines deleted...]
-    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3815,92 +4181,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 9 октября 2006 года N 194 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="87"/>
+    <w:bookmarkStart w:name="z26" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">проведения Республиканского конкурса-выставки "Алтын сапа" </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>и присуждения званий дипломантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила исключены Указом Президента РК от 02.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4037,92 +4403,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 9 октября 2006 года N 194 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="88"/>
+    <w:bookmarkStart w:name="z40" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о Комиссии по присуждению званий лауреатов премии</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Президента Республики Казахстан "Алтын сапа" и званий дипломантов республиканского конкурса-выставки "Лучший товар Казахстана"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок Положения с изменениями, внесенными Указом Президента РК от 23.06.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4271,88 +4637,88 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">п. 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="89"/>
+    <w:bookmarkStart w:name="z41" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z42" w:id="90"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z42" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Комиссия по присуждению званий лауреатов премии Президента Республики Казахстан "Алтын сапа" и званий дипломантов республиканского конкурса-выставки "Лучший товар Казахстана" (далее - Комиссия) является консультативно-совещательным органом при Президенте Республики Казахстан и формируется из числа руководителей органов государственного управления, специалистов в области управления качеством, представителей общественных объединений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Состав Комиссии </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4489,51 +4855,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="91"/>
+    <w:bookmarkStart w:name="z43" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Комиссия в своей деятельности руководствуется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4549,149 +4915,149 @@
         </w:rPr>
         <w:t>, законами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Республики Казахстан, актами Президента Республики Казахстан и иными нормативными правовыми актами Республики Казахстан, а также настоящим положением. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z44" w:id="92"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z44" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Задачи и права Комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z45" w:id="93"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z45" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Задачами Комиссии являются:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z46" w:id="94"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z46" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) рассмотрение материалов участников, подавших заявки для участия в конкурсах на соискание премии Президента Республики Казахстан "Алтын сапа" и званий дипломантов республиканского конкурса-выставки "Лучший товар Казахстана" (далее - конкурсы);  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z47" w:id="95"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z47" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проведение оценки участников конкурсов и отбор претендентов;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z48" w:id="96"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z48" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) определение лауреатов и дипломантов конкурсов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4770,268 +5136,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="97"/>
+    <w:bookmarkStart w:name="z49" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В соответствии со своими задачами Комиссия имеет право:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z50" w:id="98"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z50" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) взаимодействовать с государственными органами и иными организациями, а также общественными объединениями;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z51" w:id="99"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z51" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) запрашивать и получать от рабочего органа Комиссии дополнительные материалы, необходимые для реализации задач Комиссии;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z52" w:id="100"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z52" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) иные права, необходимые для осуществления возложенных на Комиссию задач. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z53" w:id="101"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z53" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности Комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z54" w:id="102"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z54" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В состав Комиссии входят:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z55" w:id="103"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z55" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) председатель Комиссии;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z56" w:id="104"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z56" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) заместитель председателя Комиссии;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z57" w:id="105"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z57" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) секретарь Комиссии;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z58" w:id="106"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z58" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) члены Комиссии.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z59" w:id="107"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z59" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Председатель Комиссии руководит ее деятельностью, председательствует на заседаниях, планирует ее работу, осуществляет общий контроль за реализацией ее решений. Во время отсутствия председателя Комиссии его функции выполняет заместитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Формы эмблем и дипломов конкурсов с их описаниями утверждаются председателем Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5068,310 +5434,310 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2018).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="108"/>
+    <w:bookmarkStart w:name="z60" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Секретарь Комиссии представляет на рассмотрение членам Комиссии документы и материалы, подготовленные рабочим органом.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z61" w:id="109"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z61" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. На рабочий орган Комиссии, которым является Национальная палата предпринимателей Республики Казахстан, возлагаются следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z62" w:id="110"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z62" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) информирование о сроках и условиях проведения конкурсов через средства массовой информации и официальный веб-сайт рабочего органа;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z63" w:id="111"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z63" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) прием материалов, поступающих от участников конкурсов, и отбор организаций для дальнейшего участия в конкурсах;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z64" w:id="112"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z64" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) предварительное рассмотрение поступивших материалов, включая их экспертизу, с привлечением экспертов-аудиторов по сертификации систем менеджмента качества и специалистов в соответствующих областях знаний, а также образуемых экспертных групп;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z65" w:id="113"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z65" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) подготовка и организация заседаний Комиссии;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z66" w:id="114"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z66" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) организация церемонии награждения победителей конкурсов;  </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z67" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие распространению опыта победителей конкурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z158" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация обучения по критериям конкурсов для потенциальных участников путем проведения обучающих семинаров и вебинаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z159" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ведение реестра экспертов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z160" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) информационное сопровождение конкурсов и популяризация идеи качества в социальных сетях;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z67" w:id="115"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z161" w:id="119"/>
+    <w:bookmarkStart w:name="z161" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) формирование экспертных групп региональных и республиканских конкурсов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z162" w:id="120"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z162" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) проведение оценки финалистов с выездом на предприятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5430,148 +5796,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2018).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="121"/>
+    <w:bookmarkStart w:name="z68" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Комиссия ежегодно определяет и утверждает план мероприятий на соответствующий год по организации и проведению конкурсов.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z69" w:id="122"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z69" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Заседания Комиссии проводятся по мере необходимости, но не реже одного раза в полугодие. Заседание Комиссии считается правомочным при участии не менее двух третей от общего числа членов Комиссии.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z70" w:id="123"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z70" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Окончательное решение о присуждении званий победителей конкурсов принимается Комиссией путем проведения открытого голосования и считается принятым, если за него подано большинство голосов от общего количества членов Комиссии. В случае равенства голосов принятым считается решение, за которое проголосовал председатель. Решение оформляется протоколом заседания и подписывается всеми присутствующими членами Комиссии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Решение Комиссии публикуется в официальной печати.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="124"/>
+    <w:bookmarkStart w:name="z71" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Вручение эмблем конкурсов и дипломов победителям конкурсов осуществляется в торжественной обстановке. Дата и место вручения эмблем конкурсов и дипломов победителям конкурсов определяются по согласованию с Администрацией Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информация, содержащаяся в конкурсных материалах и полученная в ходе экспертизы на местах, является конфиденциальной и не может быть использована в иных целях, кроме оценки конкурсанта, без его письменного согласия. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5648,124 +6014,124 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2018).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="125"/>
+    <w:bookmarkStart w:name="z72" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Решение о прекращении деятельности Комиссии принимается Президентом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6091,31 +6457,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>