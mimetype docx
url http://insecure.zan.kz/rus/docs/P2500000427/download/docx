--- v0 (2025-11-13)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dbe8721" w14:textId="dbe8721">
+    <w:p w14:paraId="f917fcb" w14:textId="f917fcb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,312 +93,273 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О некоторых вопросах Министерства водных ресурсов и ирригации Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правительства Республики Казахстан от 10 июня 2025 года № 427</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Постановление Правительства Республики Казахстан от 10 июня 2025 года № 427.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z7" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 13)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 1 Закона Республики Казахстан "О государственном имуществе" Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Определить Министерство водных ресурсов и ирригации Республики Казахстан уполномоченным органом по руководству соответствующей отраслью (сферой) государственного управления в отношении республиканских государственных учреждений "Зональный гидрогеолого-мелиоративный центр", "Южно-Казахстанская гидрогеолого-мелиоративная экспедиция", "Кызылординская гидрогеолого-мелиоративная экспедиция" (далее – учреждения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Министерству водных ресурсов и ирригации Республики Казахстан совместно с Министерством сельского хозяйства Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) переименование учреждений; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) утверждение уставов учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) государственную перерегистрацию учреждений в органах юстиции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) принятие иных мер, вытекающих из настоящего постановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>изменения и дополнения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которые вносятся в некоторые решения Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее постановление вводится в действие со дня его подписания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -414,58 +375,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Премьер-Министр</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Премьер-Министр</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -507,68 +485,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>О. Бектенов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -647,225 +607,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 июня 2025 года № 427</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2005 года № 310 "Некоторые вопросы Министерства сельского хозяйства Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Министерстве сельского хозяйства Республики Казахстан, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1046,162 +969,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 51)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац шестой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 52)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных учреждений, находящихся в ведении Министерства и его ведомств:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1254,294 +1145,230 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 апреля 2008 года № 339 "Об утверждении лимитов штатной численности министерств и иных центральных исполнительных органов с учетом численности их территориальных органов и подведомственных им государственных учреждений":</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лимитах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> штатной численности министерств с учетом численности их территориальных органов и подведомственных или государственных учреждений, а также предельном количестве заместителей министров, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="8"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для служебного пользования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 4 октября 2023 года № 863 "Некоторые вопросы Министерства водных ресурсов и ирригации Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Министерстве водных ресурсов и ирригации Республики Казахстан, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1554,324 +1381,324 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнить подпунктами 156-5), 156-6) и 156-7) следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="9"/>
+    <w:bookmarkStart w:name="z35" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "156-5) разрабатывает и утверждает правила ведения мониторинга и оценки мелиоративного состояния орошаемых земель;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z36" w:id="10"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156-6) разрабатывает и утверждает правила субсидирования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z37" w:id="11"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z37" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стоимости услуг по подаче воды сельскохозяйственным товаропроизводителям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z38" w:id="12"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z38" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по возмещению части расходов, понесенных сельскохозяйственными товаропроизводителями при инвестиционных вложениях, направленных на внедрение водосберегающих технологий орошения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z39" w:id="13"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z39" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156-7) организует проведение мониторинга и оценки мелиоративного состояния орошаемых земель;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z40" w:id="14"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z40" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить разделом следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z41" w:id="15"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z41" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Перечень государственных учреждений, находящихся в ведении Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z42" w:id="16"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z42" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Зональный гидрогеолого-мелиоративный центр" Министерства водных ресурсов и ирригации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z43" w:id="17"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z43" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Южно-Казахстанская гидрогеолого-мелиоративная экспедиция" Министерства водных ресурсов и ирригации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z44" w:id="18"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z44" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Кызылординская гидрогеолого-мелиоративная экспедиция" Министерства водных ресурсов и ирригации Республики Казахстан.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z45" w:id="19"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z45" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2197,31 +2024,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>