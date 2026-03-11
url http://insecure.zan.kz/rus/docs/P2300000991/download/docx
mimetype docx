--- v0 (2025-10-21)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="228feff" w14:textId="228feff">
+    <w:p w14:paraId="13eed3f" w14:textId="13eed3f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -603,54 +603,92 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комплексный план по развитию машиностроительной отрасли </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Республики Казахстан на 2024 – 2028 годы </w:t>
+        <w:t>Республики Казахстан на 2024 – 2028 годы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Комплексный план с изменениями, внесенными постановлением Правительства РК от 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1285,61 +1323,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>нефтегазовом машиностроени</w:t>
-[...9 lines deleted...]
-        <w:t>и:</w:t>
+        <w:t>нефтегазовом машиностроении:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> закуп нефтегазовыми компаниями значительного объема продукции сектора в составе работ; недостаток информации по потребности в продукции сектора от компаний нефтегазовой отрасли, включая трех крупных операторов; низкий уровень внутристрановой ценности в закупках операторов нефтегазовой отрасли; несоответствие производимой продукции международным стандартам (API, ASTM) и низкая практическая заинтересованность нефтегазовых компаний в сотрудничестве с отечественными производителями для приведения их продукции в соответствие с предъявляемыми требованиями; недостаточный уровень развития и локализации производства продукции нефтегазового машиностроения; в закупках недропользователей указываются слишком малые сроки поставок (60 календарных дней) технологически сложного машиностроительного оборудования для применения на стратегических объектах, которое в дальнейшем засчитывается как основные фонды (например, в структурах акционерного общества "Национальная компания "QazaqGaz").</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1509,61 +1537,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>В автомобилестроени</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">и: </w:t>
+        <w:t xml:space="preserve">В автомобилестроении: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>отсутствие в стране производства автомобильной стали и закуп сырья и комплектующих у зарубежных заводов-изготовителей; отсутствие информационного взаимодействия систем ЭПТС (электронный паспорт технического транспортного средства) между государствами – членами ЕАЭС; отсутствие внутристрановой интеграции системы ЭПТС с другими государственными информационными системами; отсутствие полноценной испытательной базы для сертификации продукции автомобилестроения; несоответствие требований по показателю уплаченных налогов в рамках государственных закупок максимально возможным к выплате налогам с учетом наличия преференций; оформление документов об оценке соответствия испытательными лабораториями и органами по сертификации на транспортные средства, не соответствующие требованиям технического регламента; отсутствие регулирования доли транспортных средств, производимых с выполнением технологических операций по сварке и окраске.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1599,61 +1617,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>В авиа</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">строении: </w:t>
+        <w:t xml:space="preserve">В авиастроении: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>отсутствие на рынке труда персонала с профильной специализацией; отсутствие механизмов проведения переподготовки летного состава государственной авиации</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4265,57 +4273,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4558,57 +4570,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4883,57 +4899,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5288,57 +5308,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5693,57 +5717,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5986,99 +6014,93 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Направление III. Совершенствование налогового стимулирования</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> отечественных производителе</w:t>
+              <w:t>Направление III. Совершенствование налогового стимулирования отечественных производителе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6341,57 +6363,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6594,57 +6620,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6847,57 +6877,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7152,57 +7186,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7465,57 +7503,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7738,57 +7780,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8011,57 +8057,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8284,57 +8334,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8577,61 +8631,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Задача 2. </w:t>
-[...9 lines deleted...]
-              <w:t>Содействие продвижению отечественной машиностроительной продукции</w:t>
+              <w:t>Задача 2. Содействие продвижению отечественной машиностроительной продукции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8671,57 +8715,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z107" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8992,57 +9040,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9285,57 +9337,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9558,57 +9614,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9851,57 +9911,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10164,57 +10228,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10477,57 +10545,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10750,57 +10822,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z119" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11145,57 +11221,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11418,57 +11498,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11711,57 +11795,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12004,57 +12092,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12297,57 +12389,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12590,57 +12686,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12865,57 +12965,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13138,57 +13242,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13431,57 +13539,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13756,57 +13868,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14049,57 +14165,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14498,57 +14618,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14811,57 +14935,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15114,57 +15242,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15387,57 +15519,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15660,57 +15796,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15985,57 +16125,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16260,57 +16404,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16513,57 +16661,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16766,57 +16918,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17019,57 +17175,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17272,57 +17432,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17577,57 +17741,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17898,57 +18066,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -18219,57 +18391,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -18524,57 +18700,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -18797,57 +18977,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -19050,57 +19234,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -19355,57 +19543,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -19608,57 +19800,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -19965,57 +20161,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -20218,57 +20418,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -20543,57 +20747,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -20796,57 +21004,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -21173,57 +21385,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -21550,57 +21766,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -21803,57 +22023,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z172" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22058,57 +22282,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -22331,57 +22559,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -22604,57 +22836,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z174" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22945,57 +23181,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -23218,57 +23458,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z179" w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23511,57 +23755,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -23816,92 +24064,96 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-Внедрение системы машин и технологий для комплексной механизации и автоматизации сельскохозяйственного производства </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внедрение системы машин и технологий для комплексной механизации и автоматизации сельскохозяйственного производства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23964,52 +24216,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-МСХ, МПС, НПЦ Агроинженерии (по согласованию) </w:t>
+              <w:t>
+МСХ, МПС, ТОО "НПЦ машиностроения" (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24069,57 +24321,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -24418,57 +24674,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -24587,51 +24847,72 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МПС, МСХ, МНЭ, МФ, АО "НУХ" Байтерек" (по согласованию), СМК (по согласованию)</w:t>
+МПС, МСХ, МНЭ, МФ, АО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"НУХ" Байтерек" (по согласованию), СМК (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24691,57 +24972,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -24944,57 +25229,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -25293,57 +25582,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -25670,92 +25963,96 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-Создание Национального центра по развитию сельхозмашиностроения на базе НПЦ Агроинженерии</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Создание Центра по развитию машиностроения на базе ТОО "НПЦ машиностроения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25783,237 +26080,223 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4-квартал 2024 года</w:t>
-[...35 lines deleted...]
-МПС, АЗРК (по согласованию), ТОО "НПЦА" (по согласованию)</w:t>
+4-квартал 2026 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МПС, АЗРК (по согласованию), ТОО "НПЦ машиностроения" (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z195" w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в 2024 году – 1500 млн тенге;</w:t>
+в 2026 году – 1500 млн тенге;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в 2025 году – 700 млн тенге.</w:t>
+в 2027 году – 700 млн тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z196" w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 за счет средств РБ</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="157"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -26112,229 +26395,169 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МПС, МСХ, ТОО "НПЦА" (по согласованию)</w:t>
+МПС, МСХ, ТОО "НПЦ машиностроения" (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z197" w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в 2024 году – 480 млн тенге;</w:t>
+в 2024 году – 480 млн тенге; в 2025 году – 480 млн тенге; в 2026 году– 480 млн тенге</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="158"/>
-          <w:p>
-[...44 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z199" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-за счет средств РБ</w:t>
+              <w:t xml:space="preserve">
+за счет средств РБ </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="159"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -26433,229 +26656,169 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МПС, МСХ, ТОО "НПЦА" (по согласованию)</w:t>
+МПС, МСХ, ТОО "НПЦ машиностроения" (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z200" w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в 2024 году – 200 млн тенге;</w:t>
+в 2024 году – 200 млн тенге; в 2025 году – 200 млн тенге; в 2026 году – 200 млн тенге</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="160"/>
-          <w:p>
-[...44 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z202" w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-за счет средств РБ</w:t>
+              <w:t xml:space="preserve">
+за счет средств РБ </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="161"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -26878,57 +27041,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -27131,57 +27298,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -27384,57 +27555,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -27533,51 +27708,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МПС, МИД, МСХ, СМК (по согласованию), АКАБ (по согласованию), ТОО "НПЦА" (по согласованию)</w:t>
+МПС, МИД, МСХ, СМК (по согласованию), АКАБ (по согласованию), ТОО "НПЦ машиностроения" (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27689,57 +27864,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -27985,2092 +28164,2061 @@
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-НПЦ Агроинженерии</w:t>
+МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- научно-производственный центр Агроинженерии</w:t>
+– месячный расчетный показатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МРП</w:t>
+АО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– месячный расчетный показатель</w:t>
+– акционерное общество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АО</w:t>
+АПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– акционерное общество</w:t>
+ агропромышленный комплекс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АПК</w:t>
+НПП "Атамекен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- агропромышленный комплекс</w:t>
+– Национальная палата предпринимателей Республики Казахстан "Атамекен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-НПП "Атамекен"</w:t>
+МСХ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Национальная палата предпринимателей Республики Казахстан "Атамекен"</w:t>
+– Министерство сельского хозяйства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МСХ</w:t>
+АО "НУХ "Байтерек"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Министерство сельского хозяйства Республики Казахстан</w:t>
+– акционерное общество "Национальный управляющий холдинг "Байтерек"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АО "НУХ "Байтерек"</w:t>
+АЗРК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-– акционерное общество "Национальный управляющий холдинг "Байтерек"</w:t>
+              <w:t xml:space="preserve">
+– Агентство по защите и развитию конкуренции Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АЗРК</w:t>
+КПСиСУ ГП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-– Агентство по защите и развитию конкуренции Республики Казахстан </w:t>
+              <w:t>
+ Комитет правовой статистики и специальных учетов Генеральной прокуратуры Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-КПСиСУ ГП</w:t>
+МНВО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Комитет правовой статистики и специальных учетов Генеральной прокуратуры Республики Казахстан</w:t>
+– Министерство науки и высшего образования Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МНВО</w:t>
+НИОКР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Министерство науки и высшего образования Республики Казахстан</w:t>
+ научно-исследовательские и опытно-конструкторские работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-НИОКР</w:t>
+АО "ФРП "Даму"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- научно-исследовательские и опытно-конструкторские работы</w:t>
+– акционерное общество "Фонд развития предпринимательства "Даму"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АО "ФРП "Даму"</w:t>
+ВТО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– акционерное общество "Фонд развития предпринимательства "Даму"</w:t>
+ Всемирная торговая организация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ВТО</w:t>
+ЕАЭС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Всемирная торговая организация</w:t>
+– Евразийский экономический союз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЕАЭС</w:t>
+МТСЗН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Евразийский экономический союз</w:t>
+– Министерство труда и социальной защиты населения Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МТСЗН</w:t>
+ВДС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Министерство труда и социальной защиты населения Республики Казахстан</w:t>
+– валовая добавленная стоимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ВДС</w:t>
+ВИЭ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– валовая добавленная стоимость</w:t>
+ возобновляемые источники энергии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ВИЭ</w:t>
+ЭПТС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- возобновляемые источники энергии</w:t>
+ электронный паспорт транспортного средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЭПТС</w:t>
+МТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- электронный паспорт транспортного средства</w:t>
+– Министерство транспорта Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МТ</w:t>
+КПО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Министерство транспорта Республики Казахстан</w:t>
+ Карачаганак Петролиум Оперейтинг Б.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-КПО</w:t>
+УВС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Карачаганак Петролиум Оперейтинг Б.В.</w:t>
+ углеводородное сырье</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-УВС</w:t>
+КПН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- углеводородное сырье</w:t>
+– корпоративный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-КПН</w:t>
+АКАБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– корпоративный подоходный налог</w:t>
+– объединение юридических лиц "Ассоциация казахстанского автобизнеса"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АКАБ</w:t>
+КазАвтоПром</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– объединение юридических лиц "Ассоциация казахстанского автобизнеса"</w:t>
+– объединение юридических лиц "Союз предприятий автомобильной отрасли Казахстана "КазАвтоПром"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-КазАвтоПром</w:t>
+МФ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– объединение юридических лиц "Союз предприятий автомобильной отрасли Казахстана "КазАвтоПром"</w:t>
+– Министерство финансов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МФ</w:t>
+АО "НК "ҚТЖ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Министерство финансов Республики Казахстан</w:t>
+– акционерное общество "Национальная компания "Қазақстан темір жолы"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АО "НК "ҚТЖ"</w:t>
+АО "БРК"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– акционерное общество "Национальная компания "Қазақстан темір жолы"</w:t>
+– акционерное общество "Банк развития Казахстана"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АО "БРК"</w:t>
+АО "КАФ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– акционерное общество "Банк развития Казахстана"</w:t>
+– акционерное общество "КазАгроФинанс"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АО "КАФ"</w:t>
+СМК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– акционерное общество "КазАгроФинанс"</w:t>
+ объединение юридических лиц "Союз машиностроителей Казахстана"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-СМК</w:t>
+НДС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- объединение юридических лиц "Союз машиностроителей Казахстана"</w:t>
+– налог на добавленную стоимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-НДС</w:t>
+ТПИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТОО "НПЦ машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– налог на добавленную стоимость</w:t>
-[...65 lines deleted...]
-              <w:t>
 твердые полезные ископаемые</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– товарищество с ограниченной ответственностью "Научно-производственный центр машиностроения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31508,55 +31656,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -31882,31 +32030,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>