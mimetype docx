--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="059ae0f" w14:textId="059ae0f">
+    <w:p w14:paraId="f292004" w14:textId="f292004">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1245,70 +1245,132 @@
         <w:t>
       11. Финансирование деятельности Министерства осуществляется из республиканского бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Министерству запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Министерства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
-[...15 lines deleted...]
-      Если Министерству законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z448" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Министерству законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в республиканский бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 -  в редакции постановления Правительства РК от 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Министерства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2463,190 +2525,210 @@
         <w:t>
       27) формирует и утверждает перечень международных, республиканских спортивных соревнований, победители которых допускаются к обучению в форме экстерната в организациях образования, реализующих образовательные программы технического и профессионального, послесреднего образования по специальностям физической культуры и спорта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z91" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) выдает разрешение на обучение в форме экстерната в организациях образования, реализующих образовательные программы технического и профессионального, послесреднего образования по специальностям физической культуры и спорта, финансируемых из республиканского бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z92" w:id="93"/>
+    <w:bookmarkStart w:name="z449" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-1) утверждает распределение и размещение государственного образовательного заказа на подготовку специалистов с высшим и послевузовским образованием, а также техническим и профессиональным, послесредним образованием в организациях образования в области физической культуры и спорта, с учетом предложений заинтересованных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z92" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) согласовывает назначение на должность и освобождение от должности первого руководителя областного, города республиканского значения и столицы органа управления по физической культуре и спорту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z93" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z93" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) разрабатывает и утверждает правила подготовки, переподготовки и повышения квалификации специалистов в области физической культуры и спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z429" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z429" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-1) осуществляет подготовку, переподготовку, повышение квалификации и аттестацию специалистов в области физической культуры и спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z94" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z94" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) разрабатывает и утверждает антидопинговые правила Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z95" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z95" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) разрабатывает и утверждает правила проведения президентских тестов физической подготовленности населения Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z96" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z96" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) разрабатывает и утверждает методику нормативов питания и фармакологического обеспечения спортсменов, в том числе военнослужащих всех категорий и сотрудников правоохранительных и специальных государственных органов, в период учебно-тренировочного процесса и спортивных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z430" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z430" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-1) утверждает перечень военно-прикладных и служебно-прикладных, технических и других видов спорта по согласованию с уполномоченным органом в области обороны, правоохранительными и специальными государственными органами Республики Казахстан, осуществляющими руководство развитием военно-прикладных и служебно-прикладных, технических и других видов спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2675,270 +2757,322 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="100"/>
+    <w:bookmarkStart w:name="z98" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) утверждает размеры денежных поощрений чемпионам и призерам международных спортивных соревнований, тренерам и членам национальных команд Республики Казахстан по видам спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z99" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z99" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) разрабатывает и утверждает правила безопасности при проведении занятий физической культурой и спортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z100" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z100" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) разрабатывает и утверждает нормы и требования для присвоения спортивных званий, разрядов и квалификационных категорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z101" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z101" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) утверждает правила проведения аттестации тренеров, тренеров-преподавателей и спортивных судей по предложениям национальных аккредитованных спортивных федераций в соответствии с профессиональными стандартами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z102" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z102" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) разрабатывает и утверждает правила присвоения и лишения спортивных званий, разрядов и квалификационных категорий, выдачи нагрудных знаков, а также их описания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z103" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z103" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) утверждает перечень видов соревнований, учебно-тренировочных сборов и определяет их классификацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z104" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z104" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) утверждает правила проведения спортивных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z105" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z105" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) утверждает правила перехода спортсмена из одной физкультурно-спортивной организации в другую физкультурно-спортивную организацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z106" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z106" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) утверждает по согласованию с уполномоченным органом в области здравоохранения правила медицинского обследования спортсменов для участия в спортивных соревнованиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z107" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z107" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) утверждает правила медицинского обеспечения и оказания медицинской помощи спортсменам и тренерам при проведении спортивных мероприятий, в период восстановительных мероприятий после интенсивных физических нагрузок, заболеваний и травм у спортсменов по согласованию с уполномоченным органом в области здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45) исключен постановлением Правительства РК от 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z109" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) разрабатывает и утверждает правила аккредитации спортивных федераций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:bookmarkStart w:name="z110" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5309,470 +5443,752 @@
         <w:t>
       131) участвует в формировании и реализации единой политики по привлечению инвестиций в туристскую отрасль;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
     <w:bookmarkStart w:name="z195" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) осуществляет межотраслевую и межрегиональную координацию в области туристской деятельности, взаимодействие с отечественными, зарубежными и международными туристскими, общественными и другими организациями и лицами, осуществляющими туристскую деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z196" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 133) предусматривается исключить от 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о туристской деятельности;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z197" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) разрабатывает, заключает и исполняет международные договоры в области туристской деятельности, а также представляет интересы государства в области туризма в международных организациях и на международных мероприятиях, участвует в их работе;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z197" w:id="212"/>
-[...15 lines deleted...]
-      134) разрабатывает, заключает и исполняет международные договоры в области туристской деятельности, а также представляет интересы государства в области туризма в международных организациях и на международных мероприятиях, участвует в их работе;</w:t>
+    <w:bookmarkStart w:name="z198" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) регулирует деятельность в сфере стандартизации в области туристской деятельности совместно с уполномоченным органом в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z198" w:id="213"/>
-[...15 lines deleted...]
-      135) регулирует деятельность в сфере стандартизации в области туристской деятельности совместно с уполномоченным органом в сфере стандартизации;</w:t>
+    <w:bookmarkStart w:name="z199" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) распространяет информацию о Казахстане и его туристских возможностях на международном туристском рынке и внутри государства, в том числе путем проведения республиканских и международных выставок и ярмарок в области туристской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z199" w:id="214"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z200" w:id="215"/>
+    <w:bookmarkStart w:name="z200" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       137) ведет государственные электронные реестры лиц, подавших уведомление о начале или прекращении турагентской деятельности, деятельности гида, экскурсовода и инструктора туризма, осуществляющих деятельность в Республике Казахстан в качестве индивидуальных предпринимателей, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z201" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) координирует деятельность по строительству и совершенствованию инфраструктуры туризма;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z201" w:id="216"/>
-[...15 lines deleted...]
-      138) координирует деятельность по строительству и совершенствованию инфраструктуры туризма;</w:t>
+    <w:bookmarkStart w:name="z202" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) согласовывает местным исполнительным органам области, города республиканского значения, столицы, города областного значения с особым статусом в соответствии с Законом Республики Казахстан перечень санитарно-гигиенических узлов, по которым возмещается часть затрат при их содержании;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z202" w:id="217"/>
-[...15 lines deleted...]
-      139) согласовывает местным исполнительным органам области, города республиканского значения, столицы, города областного значения с особым статусом в соответствии с Законом Республики Казахстан перечень санитарно-гигиенических узлов, по которым возмещается часть затрат при их содержании;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) организует проведение изыскательских работ по развитию туристской отрасли;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z203" w:id="218"/>
-[...15 lines deleted...]
-      140) организует проведение изыскательских работ по развитию туристской отрасли;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 141) предусматривается исключить от 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) субсидирует затраты туроператоров в сфере въездного туризма за каждого иностранного туриста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 142) предусматривается исключить от 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) возмещает часть затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) информирует лиц, осуществляющих туристскую деятельность, и туристов о возможных опасностях для туристов в стране (месте) временного пребывания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z204" w:id="219"/>
-[...15 lines deleted...]
-      141) субсидирует затраты туроператоров в сфере въездного туризма за каждого иностранного туриста;</w:t>
+    <w:bookmarkStart w:name="z207" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) организует обеспечение защиты и безопасности туристов совместно с заинтересованными министерствами и другими исполнительными органами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z205" w:id="220"/>
-[...15 lines deleted...]
-      142) возмещает часть затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов;</w:t>
+    <w:bookmarkStart w:name="z208" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) обеспечивает исполнение субъектами системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма обязательств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z206" w:id="221"/>
-[...15 lines deleted...]
-      143) информирует лиц, осуществляющих туристскую деятельность, и туристов о возможных опасностях для туристов в стране (месте) временного пребывания;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) утверждает правила проведения конкурса на определение юридического лица, осуществляющего функции администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z207" w:id="222"/>
-[...15 lines deleted...]
-      144) организует обеспечение защиты и безопасности туристов совместно с заинтересованными министерствами и другими исполнительными органами;</w:t>
+    <w:bookmarkStart w:name="z210" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) определяет на основе проведенного конкурса юридическое лицо, осуществляющее функции администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z208" w:id="223"/>
-[...15 lines deleted...]
-      145) обеспечивает исполнение субъектами системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма обязательств;</w:t>
+    <w:bookmarkStart w:name="z211" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) утверждает правила функционирования системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма, сумму денег, подлежащих обеспечению банковской гарантией для туроператоров и туроператоров-фрахтователей, осуществляющих деятельность в сфере выездного туризма, сумму денег, подлежащих перечислению на банковский счет, открытый специально для администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z209" w:id="224"/>
-[...15 lines deleted...]
-      146) утверждает правила проведения конкурса на определение юридического лица, осуществляющего функции администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
+    <w:bookmarkStart w:name="z212" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) утверждает размер комиссионного сбора, удерживаемого из суммы денег, подлежащих перечислению на банковский счет, открытый специально для администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z210" w:id="225"/>
-[...15 lines deleted...]
-      147) определяет на основе проведенного конкурса юридическое лицо, осуществляющее функции администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
+    <w:bookmarkStart w:name="z213" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) утверждает правила уплаты туристского взноса для иностранцев;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z211" w:id="226"/>
-[...15 lines deleted...]
-      148) утверждает правила функционирования системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма, сумму денег, подлежащих обеспечению банковской гарантией для туроператоров и туроператоров-фрахтователей, осуществляющих деятельность в сфере выездного туризма, сумму денег, подлежащих перечислению на банковский счет, открытый специально для администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) создает совет по туризму;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z212" w:id="227"/>
-[...15 lines deleted...]
-      149) утверждает размер комиссионного сбора, удерживаемого из суммы денег, подлежащих перечислению на банковский счет, открытый специально для администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
+    <w:bookmarkStart w:name="z215" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) создает государственную систему научного обеспечения в области туристской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z213" w:id="228"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5801,2618 +6217,2698 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="231"/>
+    <w:bookmarkStart w:name="z217" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       154) разрабатывает и утверждает перечень и формы документов, подтверждающих соответствие организатора игорного бизнеса квалификационным требованиям, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "Об игорном бизнесе";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z218" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) разрабатывает и утверждает форму представления отчетности организатора игорного бизнеса, правила осуществления сбора и анализа отчетности, представляемой организатором игорного бизнеса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z219" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) утверждает правила осуществления систематического сбора информации и анализа содержания интернет-ресурсов на предмет наличия признаков интернет-казино, иностранных букмекерских контор и (или) тотализаторов, не имеющих лицензий на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z220" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан об игорном бизнесе в форме внеплановой проверки, профилактического контроля с посещением субъекта (объекта) контроля, а также профилактического контроля без посещения субъекта (объекта) контроля;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z218" w:id="232"/>
-[...15 lines deleted...]
-      155) разрабатывает и утверждает форму представления отчетности организатора игорного бизнеса, правила осуществления сбора и анализа отчетности, представляемой организатором игорного бизнеса;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">158) Исключен постановлением Правительства РК от 27.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 796</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) осуществляет контроль за соблюдением организаторами игорного бизнеса законодательства Республики Казахстан об игорном бизнесе, а также о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z219" w:id="233"/>
-[...15 lines deleted...]
-      156) утверждает правила осуществления систематического сбора информации и анализа содержания интернет-ресурсов на предмет наличия признаков интернет-казино, иностранных букмекерских контор и (или) тотализаторов, не имеющих лицензий на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) осуществляет лицензирование деятельности в сфере игорного бизнеса в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z220" w:id="234"/>
-[...15 lines deleted...]
-      157) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан об игорном бизнесе в форме внеплановой проверки, профилактического контроля с посещением субъекта (объекта) контроля, а также профилактического контроля без посещения субъекта (объекта) контроля;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) ведет электронный реестр лицензиара;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z225" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) ведет реестр касс тотализаторов и букмекерских контор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z389" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-1) ведет перечень иностранных организаторов игорного бизнеса, деятельность которых является незаконной на территории Республики Казахстан, и размещает его на своем интернет-ресурсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z390" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-2) разрабатывает и утверждает правила функционирования единой системы учета и передачи информации, содержащейся в единой системе учета, иным лицам в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z391" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-3) разрабатывает и утверждает правила определения юридического лица, обеспечивающего функционирование единой системы учета, и предъявляемые к нему квалификационные требования по согласованию с уполномоченным органом, осуществляющим руководство в сфере защиты конкуренции и ограничения монополистической деятельности, уполномоченным органом в сфере информатизации и Национальным Банком Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z392" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-4) устанавливает размер комиссии, взимаемой юридическим лицом, обеспечивающим функционирование единой системы учета, при выплате выигрышей участникам пари по согласованию с уполномоченным органом, осуществляющим руководство в сфере защиты конкуренции и ограничения монополистической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z393" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-5) определяет срок сотрудничества с юридическим лицом, обеспечивающим функционирование единой системы учета, условия его пролонгации или прекращения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z394" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-6) определяет юридическое лицо, обеспечивающее функционирование единой системы учета, в соответствии с утвержденными правилами и квалификационными требованиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z395" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-7) утверждает текст, эскизы предупреждения о рисках и вреде участия в азартных играх и (или) пари;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z396" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-8) утверждает типовые правила работы игорного заведения, букмекерской конторы или тотализатора, приема ставок и проводимых азартных игр и (или) пари;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z397" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-9) определяет порядок подачи заявления о включении в список лиц, ограниченных в участии в азартных играх и (или) пари, а также ведения списка лиц, ограниченных в участии в азартных играх и (или) пари;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z226" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) разрабатывает и утверждает правила проведения лотерей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z398" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163-1) утверждает правила определения оператора лотереи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z399" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163-2) согласовывает условия проведения лотереи, внесения изменений и дополнений в них либо отказывает в их согласовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z227" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) определяет оператора лотереи и сроки предоставления ему права проведения лотереи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z228" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о лотереях и лотерейной деятельности, а также о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z229" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) осуществляет формирование, мониторинг реализации и оценку результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z230" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) создает совет по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z231" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) представляет информацию по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z232" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) размещает на своем интернет-ресурсе планируемые темы и информацию по реализации государственного социального заказа, а также оценку результатов государственного социального заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z233" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) оказывает информационную, консультативную, методическую поддержку неправительственным организациям, осуществляющим государственный социальный заказ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z234" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) предоставляет государственные гранты в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассматривает отчет оператора о результатах реализации государственных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z235" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) осуществляет оценку эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z236" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирует государственные гранты по направлениям и объемам финансирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z237" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) проводит конкурсный отбор стратегических партнеров и заключает с ними договоры в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z238" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) осуществляет оценку исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z239" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) ежегодно до 1 декабря представляет в уполномоченный орган в сфере взаимодействия с неправительственными организациями информацию о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z240" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) утверждает правила пользования имуществом общего пользования по согласованию с центральным уполномоченным органом по государственному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z241" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) устанавливает цены на товары (работы, услуги), производимые и (или) реализуемые субъектом специального права, по согласованию с антимонопольным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z242" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) разрабатывает и утверждает профессиональные стандарты для тренеров, тренеров-преподавателей и спортивных судей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z243" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) вносит предложения в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z244" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) вырабатывает предложения по разработке и (или) актуализации профессиональных стандартов и направляет их в уполномоченный орган в области признания профессиональных квалификаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z245" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) формирует потребность рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z246" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) вносит предложения в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z247" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) разрабатывает и утверждает положение об отраслевых советах по профессиональным квалификациям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z413" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184-1) утверждает типовые нормы и нормативы по труду организаций в регулируемых сферах деятельности по согласованию с уполномоченным государственным органом по труду в установленном им порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z414" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184-2) утверждает правила и условия проведения аттестации гражданских служащих в регулируемых сферах деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z415" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184-3) разрабатывает и утверждает реестр должностей гражданских служащих в регулируемых сферах деятельности по согласованию с уполномоченным государственным органом по труду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z248" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) в пределах своих полномочий принимает решение о присвоении наименований, переименовании, уточнении и изменении транскрипции их наименований и присвоении собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z400" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-1) принимает меры по предупреждению торговли людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z401" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-2) участвует в оценке рисков в сфере противодействия торговле людьми и внесении предложений по их минимизации в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z402" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-3) участвует в перенаправлении жертв торговли людьми для оказания им помощи и предоставления специальных социальных услуг в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z403" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-4) информирует органы внутренних дел о ставших известными им фактах готовящихся либо совершенных преступлений, связанных с торговлей людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z404" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-5) информирует общественность о результатах деятельности в сфере противодействия торговле людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z428" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-6) в пределах своей компетенции совместно с другими государственными органами и организациями принимает участие в мероприятиях по предупреждению торговли людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z416" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-7) вносит предложения в уполномоченный орган в области мобилизационной подготовки по объемам финансирования мероприятий по мобилизационной подготовке и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z417" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-8) планирует, организует и руководит мобилизационной подготовкой организаций в регулируемых сферах деятельности, проводит оценку мобилизационной готовности организаций, имеющих мобилизационные заказы, в порядке, установленном в правилах мобилизационной подготовки и мобилизации в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z418" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-9) заключает договоры с организациями на выполнение мобилизационных заказов, вносит предложения в уполномоченный орган в области мобилизационной подготовки о снятии и передаче установленных мобилизационных заказов при банкротстве, реорганизации, ликвидации, изменении профиля работы организаций, имеющих мобилизационные заказы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z419" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-10) организует и проводит работу по бронированию военнообязанных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z420" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-11) обеспечивает соблюдение законов и иных нормативных правовых актов Республики Казахстан в области мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z421" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-12) разрабатывает, согласовывает с уполномоченным органом в области мобилизационной подготовки и утверждает мобилизационные планы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z422" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-13) проводит во взаимодействии с местными исполнительными органами Республики Казахстан мероприятия по подготовке к выполнению мобилизационных планов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z423" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-14) предоставляет в уполномоченный орган в области мобилизационной подготовки информацию о производственных, финансовых, складских возможностях организаций для установления мобилизационных заказов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z424" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-15) организовывает и обеспечивает во взаимодействии с местными исполнительными органами Республики Казахстан проведение комплекса мероприятий по переводу организаций на режим военного положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z425" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-16) разрабатывает и утверждает нормативные правовые акты в области мобилизационной подготовки и мобилизации в регулируемых сферах деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z426" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-17) организовывает и обеспечивает деятельность специальных формирований в регулируемых сферах деятельности для выполнения задач в интересах Вооруженных Сил, других войск и воинских формирований, специальных государственных органов, а также для обеспечения бесперебойной работы экономики и жизнедеятельности населения Республики Казахстан в период мобилизации, военного положения и в военное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z427" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-18) осуществляет противодействие теневой экономике в регулируемых сферах деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z249" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) осуществляет иные функции, предусмотренные законами Республики Казахстан, актами Президента и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлениями Правительства РК от 29.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 523</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">158) Исключен постановлением Правительства РК от 27.09.2024 </w:t>
+        <w:t xml:space="preserve">; от 27.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 796</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">; от 09.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 521</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 991</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="235"/>
-[...1155 lines deleted...]
-      185-17) организовывает и обеспечивает деятельность специальных формирований в регулируемых сферах деятельности для выполнения задач в интересах Вооруженных Сил, других войск и воинских формирований, специальных государственных органов, а также для обеспечения бесперебойной работы экономики и жизнедеятельности населения Республики Казахстан в период мобилизации, военного положения и в военное время;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z427" w:id="293"/>
-[...15 lines deleted...]
-      185-18) осуществляет противодействие теневой экономике в регулируемых сферах деятельности;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z249" w:id="294"/>
-[...15 lines deleted...]
-      186) осуществляет иные функции, предусмотренные законами Республики Казахстан, актами Президента и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z252" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z253" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Первый руководитель Министерства имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z254" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия первого руководителя Министерства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z255" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет руководство деятельностью Министерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z256" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в соответствии с законодательством назначает на должности и освобождает от должностей работников Министерства, вопросы трудовых отношений которых отнесены к его компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z257" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подписывает приказы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z258" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принимает меры, направленные на противодействие коррупции в Министерстве, и несет персональную ответственность за принятие антикоррупционных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z259" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает структуру Министерства и положения о его структурных подразделениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z260" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) представляет Министерство в Парламенте Республики Казахстан, иных государственных органах и организациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z261" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z262" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z263" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z264" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...112 lines deleted...]
-    <w:bookmarkStart w:name="z250" w:id="295"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z265" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z266" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z267" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z268" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z269" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
-[...263 lines deleted...]
-    <w:bookmarkStart w:name="z264" w:id="309"/>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z270" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z271" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
-[...79 lines deleted...]
-      24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z269" w:id="314"/>
+    <w:bookmarkStart w:name="z272" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканское государственное казенное предприятие "Республиканский колледж спорта".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z273" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр спортивной медицины и реабилитации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z274" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканское государственное казенное предприятие "Дирекция развития спорта".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z275" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Республиканское государственное казенное предприятие "Антидопинговая лаборатория спортсменов".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z276" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Республиканское государственное казенное предприятие "Центр олимпийской подготовки по зимним видам спорта".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z277" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Республиканское государственное казенное предприятие "Республиканский учебно-методический и аналитический центр по физической культуре и спорту".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z278" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Республиканское государственное казенное предприятие "Центр национальных и конных видов спорта".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z279" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Республиканское государственное казенное предприятие "Центр олимпийской подготовки "Алматы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z280" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Республиканское государственное казенное предприятие "Центр олимпийской подготовки "Астана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z281" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Республиканское государственное казенное предприятие "Республиканская школа высшего спортивного мастерства по зимним видам спорта "Алатау".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z282" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Республиканское государственное казенное предприятие "Центр спортивной подготовки для лиц с ограниченными физическими возможностями".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z283" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Республиканское государственное казенное предприятие "Национальный антидопинговый центр".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z284" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Республиканское государственное предприятие на праве хозяйственного ведения "Спортивно-оздоровительный центр "Олимп".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z285" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Акционерное общество "Казспортинвест".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z286" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Республиканское государственное казенное предприятие "Центр олимпийской подготовки по видам борьбы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z287" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
-[...297 lines deleted...]
-      13. Республиканское государственное предприятие на праве хозяйственного ведения "Спортивно-оздоровительный центр "Олимп".</w:t>
+        <w:t xml:space="preserve"> Перечень республиканских государственных учреждений, находящихся в ведении Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z285" w:id="330"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменением, внесенным постановлением Правительства РК от 18.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 638</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z288" w:id="333"/>
+    <w:bookmarkStart w:name="z288" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва имени Хаджимукана Мунайтпасова".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z289" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва имени Каркена Ахметова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен постановлением Правительства РК от 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z291" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва в микрорайоне "Шанырак" города Алматы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z292" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Комитета индустрии туризма Министерства туризма и спорта Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z289" w:id="334"/>
-[...15 lines deleted...]
-      2. Республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва имени Каркена Ахметова".</w:t>
+    <w:bookmarkStart w:name="z293" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Акционерное общество "Национальная компания "Kazakh Tourism".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z294" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Некоммерческое акционерное общество "Международный университет туризма и гостеприимства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z406" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...91 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Комитета индустрии туризма Министерства туризма и спорта Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Комитета по регулированию игорного бизнеса и лотереи Министерства туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z293" w:id="337"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Положение дополнено перечнем в соответствии с постановлением Правительства РК от 20.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1087</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; с изменением, внесенным постановлением Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1084</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z407" w:id="340"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z295" w:id="341"/>
+    <w:bookmarkStart w:name="z407" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Товарищество с ограниченной ответственностью "Центр мониторинга и анализа азартных игр".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z295" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkEnd w:id="338"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8491,602 +8987,602 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 865</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z297" w:id="342"/>
+    <w:bookmarkStart w:name="z297" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень республиканских юридических лиц в отношении которых уполномоченным органом по руководству соответствующей отраслью (сферой) государственного управления определяется Комитет по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z298" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканские государственные учреждения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z299" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва имени Хаджимукана Мунайтпасова" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z300" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва имени Каркена Ахметова" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z298" w:id="343"/>
-[...15 lines deleted...]
-      1. Республиканские государственные учреждения</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен постановлением Правительства РК от 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z302" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва в микрорайоне "Шанырак" города Алматы" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z299" w:id="344"/>
-[...15 lines deleted...]
-      1) республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва имени Хаджимукана Мунайтпасова" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным постановлением Правительства РК от 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z303" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканские государственные предприятия</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z300" w:id="345"/>
-[...15 lines deleted...]
-      2) республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва имени Каркена Ахметова" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) республиканское государственное казенное предприятие "Республиканский колледж спорта Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:p>
-[...87 lines deleted...]
-      4) республиканское государственное учреждение "Республиканская специализированная школа-интернат-колледж олимпийского резерва в микрорайоне "Шанырак" города Алматы" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z305" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр спортивной медицины и реабилитации Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:p>
-[...77 lines deleted...]
-      2. Республиканские государственные предприятия</w:t>
+    <w:bookmarkStart w:name="z306" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) республиканское государственное казенное предприятие "Дирекция развития спорта Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z304" w:id="348"/>
-[...15 lines deleted...]
-      1) республиканское государственное казенное предприятие "Республиканский колледж спорта Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) республиканское государственное казенное предприятие "Антидопинговая лаборатория спортсменов Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z305" w:id="349"/>
-[...15 lines deleted...]
-      2) республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр спортивной медицины и реабилитации Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z308" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) республиканское государственное казенное предприятие "Центр олимпийской подготовки по зимним видам спорта Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z306" w:id="350"/>
-[...15 lines deleted...]
-      3) республиканское государственное казенное предприятие "Дирекция развития спорта Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z309" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) республиканское государственное казенное предприятие "Республиканский учебно-методический и аналитический центр по физической культуре и спорту Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z307" w:id="351"/>
-[...15 lines deleted...]
-      4) республиканское государственное казенное предприятие "Антидопинговая лаборатория спортсменов Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z310" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) республиканское государственное казенное предприятие "Центр национальных и конных видов спорта Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z308" w:id="352"/>
-[...15 lines deleted...]
-      5) республиканское государственное казенное предприятие "Центр олимпийской подготовки по зимним видам спорта Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z311" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) республиканское государственное казенное предприятие "Центр олимпийской подготовки "Алматы" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z309" w:id="353"/>
-[...15 lines deleted...]
-      6) республиканское государственное казенное предприятие "Республиканский учебно-методический и аналитический центр по физической культуре и спорту Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z312" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) республиканское государственное казенное предприятие "Центр олимпийской подготовки "Астана" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z310" w:id="354"/>
-[...15 lines deleted...]
-      7) республиканское государственное казенное предприятие "Центр национальных и конных видов спорта Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z313" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) республиканское государственное казенное предприятие "Республиканская школа высшего спортивного мастерства по зимним видам спорта "Алатау" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z311" w:id="355"/>
-[...15 lines deleted...]
-      8) республиканское государственное казенное предприятие "Центр олимпийской подготовки "Алматы" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z314" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) республиканское государственное казенное предприятие "Центр спортивной подготовки для лиц с ограниченными физическими возможностями" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z312" w:id="356"/>
-[...15 lines deleted...]
-      9) республиканское государственное казенное предприятие "Центр олимпийской подготовки "Астана" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z315" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) республиканское государственное казенное предприятие "Национальный антидопинговый центр" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z313" w:id="357"/>
-[...15 lines deleted...]
-      10) республиканское государственное казенное предприятие "Республиканская школа высшего спортивного мастерства по зимним видам спорта "Алатау" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z316" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) республиканское государственное предприятие на праве хозяйственного ведения "Спортивно-оздоровительный центр "Олимп" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z314" w:id="358"/>
-[...15 lines deleted...]
-      11) республиканское государственное казенное предприятие "Центр спортивной подготовки для лиц с ограниченными физическими возможностями" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z317" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) республиканское государственное казенное предприятие "Центр олимпийской подготовки по видам борьбы Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z315" w:id="359"/>
-[...15 lines deleted...]
-      12) республиканское государственное казенное предприятие "Национальный антидопинговый центр" Комитета по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z318" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z316" w:id="360"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="362"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9165,188 +9661,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 865</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z320" w:id="363"/>
+    <w:bookmarkStart w:name="z320" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень юридических лиц, права владения и пользования государственными пакетами акций которых передаются Комитету по делам спорта и физической культуры Министерства туризма и спорта Республики Казахстан и Комитету индустрии туризма Министерства туризма и спорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z321" w:id="364"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z321" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету по делам спорта и физической культуры Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z322" w:id="365"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z322" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акционерное общество "Казспортинвест".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z323" w:id="366"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z323" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комитету индустрии туризма Министерства туризма и спорта Республики Казахстан </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z324" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Акционерное общество "Национальная компания "Kazakh Tourism".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z325" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2 Некоммерческое акционерное общество "Международный университет туризма и гостеприимства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z326" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z324" w:id="367"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="369"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9425,2422 +9921,2422 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 865</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z328" w:id="370"/>
+    <w:bookmarkStart w:name="z328" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z329" w:id="371"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z329" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z330" w:id="372"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z330" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 9 октября 2014 года № 1081 "О ликвидации республиканского государственного учреждения "Дом дружбы - Центр межэтнических отношений" Министерства культуры и спорта Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z331" w:id="373"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z331" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 20 октября 2014 года № 1112 "О переименовании товарищества с ограниченной ответственностью "Astana Ballet".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z332" w:id="374"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z332" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 декабря 2014 года № 1439 "О реорганизации республиканского государственного учреждения "Национальный музей Республики Казахстан" Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z333" w:id="375"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z333" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 декабря 2014 года № 1440 "О некоторых вопросах Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z334" w:id="376"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z334" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан 11 марта 2015 года № 126 "О создании некоммерческого акционерного общества "Казахская национальная академия хореографии". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z335" w:id="377"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z335" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 9 июня 2015 года № 425 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z336" w:id="378"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z336" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 24 июля 2015 года № 585 "О реорганизации республиканских государственных учреждений Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z337" w:id="379"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z337" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 постановления Правительства Республики Казахстан от 29 декабря 2015 года № 1117 "О переименовании Республиканского государственного казенного предприятия "Республиканский музей книги" Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z338" w:id="380"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z338" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 27 января 2016 года № 27 "О некоторых вопросах республиканской собственности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z339" w:id="381"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z339" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 11 августа 2016 года № 455 "О внесении изменений и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z340" w:id="382"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z340" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Подпункт 2) пункта 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановления</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 10 ноября 2016 года № 690 "О реорганизации республиканского государственного учреждения "Национальная картинная галерея "Астана" Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z341" w:id="383"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z341" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 декабря 2016 года № 805 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z342" w:id="384"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z342" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 22 февраля 2017 года № 85 "О некоторых вопросах Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z343" w:id="385"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z343" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 24 февраля 2017 года № 90 "О ликвидации акционерного общества "Фонд духовного развития народа Казахстана".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z344" w:id="386"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z344" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 постановления Правительства Республики Казахстан от 31 мая 2017 года № 321 "О реорганизации некоторых республиканских государственных учреждений Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z345" w:id="387"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z345" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 8 июня 2017 года № 350 "О внесении изменений в некоторые постановления Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z346" w:id="388"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z346" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 августа 2017 года № 532 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z347" w:id="389"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z347" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 13 октября 2017 года № 644 "О создании некоммерческого акционерного общества "Фонд Отандастар".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z348" w:id="390"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z348" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 31 марта 2018 года № 150 "О реорганизации республиканского государственного казенного предприятия "Музей мира и согласия" Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z349" w:id="391"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z349" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 4 апреля 2018 года № 162 "О принятии коммунального государственного казенного предприятия "Музей-заповедник Атырауской области "Хан ордалы – Сарайшык" Управления культуры, архивов и документации Атырауской области" из коммунальной собственности в республиканскую собственность".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z350" w:id="392"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z350" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 21 июля 2018 года № 444 "О некоторых вопросах Министерства общественного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z351" w:id="393"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z351" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 16 октября 2018 года № 640 "О внесении изменений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z352" w:id="394"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z352" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 26 октября 2018 года № 690 "О внесении изменений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z353" w:id="395"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z353" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2018 года № 925 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z354" w:id="396"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z354" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 15 марта 2019 года № 113 "О создании Государственного центра поддержки национального кино".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z355" w:id="397"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z355" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 марта 2019 года № 131 "О реорганизации некоторых республиканских государственных учреждений, республиканских государственных казенных предприятий и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z356" w:id="398"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z356" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 26 апреля 2019 года № 228 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z357" w:id="399"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z357" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 12 июня 2019 года № 396 "О внесении изменений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z358" w:id="400"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z358" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 19 июня 2019 года № 415 "О некоторых вопросах Республиканского государственного учреждения "Национальная государственная Книжная Палата Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z359" w:id="401"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z359" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 31 июля 2019 года № 555 "О некоторых вопросах республиканского государственного учреждения "Национальная академическая библиотека Республики Казахстан в городе Астане".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z360" w:id="402"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z360" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 постановления Правительства Республики Казахстан от 27 декабря 2019 года № 994 "О ликвидации республиканского государственного казенного предприятия "Музей мира и согласия" Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z361" w:id="403"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z361" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 8 июня 2020 года № 355 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z362" w:id="404"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z362" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 26 июня 2020 года № 403 "О создании республиканского государственного казенного предприятия "Научно-исследовательский институт культуры Казахстана" Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z363" w:id="405"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z363" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 октября 2020 года № 717 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z364" w:id="406"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z364" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 2 декабря 2020 года № 810 "О принятии государственного коммунального казенного предприятия "Государственный академический казахский музыкально-драматический театр имени К. Куанышбаева" акимата города Нур-Султана из коммунальной собственности в республиканскую собственность".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z365" w:id="407"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z365" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 9 февраля 2021 года № 39 "О некоторых вопросах Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z366" w:id="408"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z366" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 11 февраля 2021 года № 56 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z367" w:id="409"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z367" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан утвержденных постановлением Правительства Республики Казахстан от 18 марта 2021 года № 145 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z368" w:id="410"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z368" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 марта 2021 года № 195 "О некоторых вопросах Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z369" w:id="411"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z369" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 9 апреля 2021 года № 227 "О вопросах создания республиканского государственного предприятия на праве хозяйственного ведения "Казахская национальная академия хореографии" Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z370" w:id="412"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z370" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 28 апреля 2021 года № 279 "О реорганизации некоторых республиканских государственных казенных предприятий Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z371" w:id="413"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z371" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 апреля 2021 года № 280 "О внесении дополнений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z372" w:id="414"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z372" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 14 августа 2021 года № 559 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z373" w:id="415"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z373" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 постановления Правительства Республики Казахстан от 9 сентября 2021 года № 624 "О некоторых вопросах республиканских государственных юридических лиц и внесении изменений и дополнений в постановления Правительства Республики Казахстан от 21 апреля 1998 года № 368 "О Республиканской ономастической комиссии при Правительстве Республики Казахстан" и от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z374" w:id="416"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z374" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 августа 2022 года № 593 "О внесении изменений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z375" w:id="417"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z375" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 22 сентября 2022 года № 723 "О внесении дополнения в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан" и признании утратившим силу распоряжения Премьер-Министра Республики Казахстан от 2 марта 1994 года № 85-р "О национальных штатных командах по видам спорта".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z376" w:id="418"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z376" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 13 октября 2022 года № 820 "О некоторых вопросах республиканской собственности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z377" w:id="419"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z377" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 октября 2022 года № 834 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z378" w:id="420"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z378" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 декабря 2022 года № 975 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z379" w:id="421"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z379" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 26 декабря 2022 года № 1065 "О некоторых вопросах республиканской собственности". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z380" w:id="422"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z380" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 16 марта 2023 года № 219 "О внесении изменений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z381" w:id="423"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z381" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 16 марта 2023 года № 224 "О некоторых вопросах Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z382" w:id="424"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z382" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 14 апреля 2023 года № 307 "О внесении изменения и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z383" w:id="425"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z383" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 7 августа 2023 года № 651 "О внесении изменений и дополнений в постановления Правительства Республики Казахстан от 23 сентября 2014 года № 1003 "Вопросы Министерства культуры и спорта Республики Казахстан" и от 16 марта 2023 года № 224 "О некоторых вопросах Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z384" w:id="426"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z384" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 1 сентября 2023 года № 762 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z385" w:id="427"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z385" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 4 сентября 2023 года № 764 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z386" w:id="428"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z386" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkEnd w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>