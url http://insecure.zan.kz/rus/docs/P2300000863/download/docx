--- v0 (2025-10-02)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cd673fd" w14:textId="cd673fd">
+    <w:p w14:paraId="ddeadf3" w14:textId="ddeadf3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3755,390 +3755,758 @@
         <w:t>
       79) утверждает правила пользования поливной водой;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:bookmarkStart w:name="z466" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) утверждает правила проведения поиска и оценки подземных вод;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z467" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) утверждает единую систему классификации качества воды на поверхностных водных объектах и (или) их участках по согласованию с уполномоченным органом в области охраны окружающей среды и государственным органом в сфере санитарно-эпидемиологического благополучия населения;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81-1) утверждает объем природоохранного и (или) санитарно-эпидемиологического попуска в установленном законодательством Республики Казахстан порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z468" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) утверждает порядок разработки и согласования проекта забора подземных вод и программы мониторинга подземных вод по согласованию с уполномоченным органом по изучению недр;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z468" w:id="140"/>
-[...15 lines deleted...]
-      82) утверждает порядок разработки и согласования проекта забора подземных вод и программы мониторинга подземных вод по согласованию с уполномоченным органом по изучению недр;</w:t>
+    <w:bookmarkStart w:name="z469" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) утверждает форму акта о результатах проверки и предписание об устранении выявленных нарушений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z469" w:id="141"/>
-[...15 lines deleted...]
-      83) утверждает форму акта о результатах проверки и предписание об устранении выявленных нарушений;</w:t>
+    <w:bookmarkStart w:name="z470" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) утверждает форму акта о результатах проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z470" w:id="142"/>
-[...15 lines deleted...]
-      84) утверждает форму акта о результатах проверки;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) определяет порядок отнесения категорий государственных служащих структурных подразделений государственного контроля уполномоченного органа в области охраны и использования водного фонда к должностным лицам, осуществляющим государственный контроль и надзор в области охраны и использования водного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z471" w:id="143"/>
-[...15 lines deleted...]
-      85) определяет порядок отнесения категорий государственных служащих структурных подразделений государственного контроля уполномоченного органа в области охраны и использования водного фонда к должностным лицам, осуществляющим государственный контроль и надзор в области охраны и использования водного фонда;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) утверждает форму постановления о применении мер оперативного реагирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z472" w:id="144"/>
-[...15 lines deleted...]
-      86) утверждает форму постановления о применении мер оперативного реагирования;</w:t>
+    <w:bookmarkStart w:name="z473" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) утверждает регламент о безопасности гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z473" w:id="145"/>
-[...15 lines deleted...]
-      87) утверждает регламент о безопасности гидротехнических сооружений;</w:t>
+    <w:bookmarkStart w:name="z474" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) утверждает порядок разработки правил эксплуатации гидротехнического сооружения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z474" w:id="146"/>
-[...15 lines deleted...]
-      88) утверждает порядок разработки правил эксплуатации гидротехнического сооружения;</w:t>
+    <w:bookmarkStart w:name="z475" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) утверждает типовые правила эксплуатации ирригационных и коллекторно-дренажных систем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z475" w:id="147"/>
-[...15 lines deleted...]
-      89) утверждает типовые правила эксплуатации ирригационных и коллекторно-дренажных систем;</w:t>
+    <w:bookmarkStart w:name="z476" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) утверждает форму планов водопользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z476" w:id="148"/>
-[...15 lines deleted...]
-      90) утверждает форму планов водопользования;</w:t>
+    <w:bookmarkStart w:name="z477" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) утверждает типовые правила использования водных ресурсов водохранилищ и правила технической эксплуатации и благоустройства водохранилищ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z477" w:id="149"/>
-[...15 lines deleted...]
-      91) утверждает типовые правила использования водных ресурсов водохранилищ и правила технической эксплуатации и благоустройства водохранилищ;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) утверждает правила предоставления в имущественный наем (аренду) или доверительное управление водохозяйственных сооружений, находящихся в государственной собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z478" w:id="150"/>
-[...15 lines deleted...]
-      92) утверждает правила предоставления в имущественный наем (аренду) или доверительное управление водохозяйственных сооружений, находящихся в государственной собственности;</w:t>
+    <w:bookmarkStart w:name="z479" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) разрабатывает и утверждает типовые правила общего водопользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z479" w:id="151"/>
-[...15 lines deleted...]
-      93) разрабатывает и утверждает типовые правила общего водопользования;</w:t>
+    <w:bookmarkStart w:name="z480" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) разрабатывает и утверждает правила первичного учета вод;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z480" w:id="152"/>
-[...15 lines deleted...]
-      94) разрабатывает и утверждает правила первичного учета вод;</w:t>
+    <w:bookmarkStart w:name="z481" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) утверждает методику расчета удельных норм водопотребления и водоотведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z481" w:id="153"/>
-[...15 lines deleted...]
-      95) утверждает методику расчета удельных норм водопотребления и водоотведения;</w:t>
+    <w:bookmarkStart w:name="z482" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) утверждает укрупненные нормы водопотребления и водоотведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z482" w:id="154"/>
-[...15 lines deleted...]
-      96) утверждает укрупненные нормы водопотребления и водоотведения;</w:t>
+    <w:bookmarkStart w:name="z483" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97) разрабатывает и утверждает правила установления границ водоохранных зон и полос;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z483" w:id="155"/>
-[...15 lines deleted...]
-      97) разрабатывает и утверждает правила установления границ водоохранных зон и полос;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 98) пункта 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2027 в соответствии с постановлением Правительства РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 613</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текст исключен);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z485" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) утверждает требования, предъявляемые к организациям, аттестуемым на право проведения работ в области безопасности гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z486" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) осуществляет нормирование в области охраны и использования водного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) утверждает методику расчета ставок платы за пользование водными ресурсами поверхностных водных объектов, установленной налоговым законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z619" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101-1) утверждает совместно с уполномоченным органом в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет правил взаимодействия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z488" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) утверждает правила проведения паспортизации водохозяйственных и гидротехнических сооружений, а также форму паспорта водохозяйственных и гидротехнических сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z489" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) утверждает правила согласования размещения, проектирования и строительства, реконструкции сооружений и других объектов, влияющих на состояние водных объектов, а также условий проведения работ, связанных со строительной деятельностью, лесоразведением, операциями по недропользованию, бурением скважин, санацией поверхностных водных объектов, рыбохозяйственной мелиорацией водных объектов, сельскохозяйственными и иными работами на водных объектах, в водоохранных зонах и полосах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z490" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) вносит в Правительство Республики Казахстан предложение по определению перечня водохозяйственных сооружений, находящихся в республиканской собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z491" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) утверждает правила проведения многофакторного обследования гидротехнических сооружений и форму декларации безопасности гидротехнических сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z492" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) утверждает правила ведения государственного мониторинга водных объектов и водных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z493" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) утверждает правила ведения государственного водного кадастра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z494" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) осуществляет государственный контроль и надзор в области охраны и использования водного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4154,51 +4522,51 @@
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 98) пункта 15 </w:t>
+        <w:t xml:space="preserve">      Подпункт 109) пункта 15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2027 в соответствии с постановлением Правительства РК от 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4211,926 +4579,966 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (текст исключен);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z485" w:id="156"/>
-[...195 lines deleted...]
-      108) осуществляет государственный контроль и надзор в области охраны и использования водного фонда;</w:t>
+    <w:bookmarkStart w:name="z496" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) согласовывает водоохранные мероприятия, проводимые физическими и юридическими лицами, направленные на предотвращение истощения водных объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:p>
-[...131 lines deleted...]
-      110) согласовывает водоохранные мероприятия, проводимые физическими и юридическими лицами, направленные на предотвращение истощения водных объектов;</w:t>
+    <w:bookmarkStart w:name="z497" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) организует разработку, создание, развитие, сопровождение, организацию бесперебойного функционирования национальной информационной системы водных ресурсов и ее интеграцию с иными объектами информатизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z497" w:id="167"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z498" w:id="168"/>
+    <w:bookmarkStart w:name="z498" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       112) осуществляет выдачу, продление, переоформление, приостановление и прекращение действия разрешения на специальное водопользование в порядке, установленном водным законодательством Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z499" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) обеспечивает доступ заинтересованных физических и юридических лиц к общедоступной информации, содержащейся в национальной информационной системе водных ресурсов и государственном водном кадастре;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z499" w:id="169"/>
-[...15 lines deleted...]
-      113) обеспечивает доступ заинтересованных физических и юридических лиц к общедоступной информации, содержащейся в национальной информационной системе водных ресурсов и государственном водном кадастре;</w:t>
+    <w:bookmarkStart w:name="z500" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) организует разработку и реализацию инвестиционных проектов в области охраны и использования водного фонда, развития водного хозяйства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z500" w:id="170"/>
-[...15 lines deleted...]
-      114) организует разработку и реализацию инвестиционных проектов в области охраны и использования водного фонда, развития водного хозяйства;</w:t>
+    <w:bookmarkStart w:name="z501" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) дает заключение о целесообразности или нецелесообразности принятия мероприятий инвестиционной программы субъекта естественной монополии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z501" w:id="171"/>
-[...15 lines deleted...]
-      115) дает заключение о целесообразности или нецелесообразности принятия мероприятий инвестиционной программы субъекта естественной монополии;</w:t>
+    <w:bookmarkStart w:name="z502" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) по итогам рассмотрения отчета об исполнении утвержденной инвестиционной программы субъекта естественной монополии направляет в установленном порядке в уполномоченный орган, осуществляющий руководство в соответствующих сферах естественных монополий, свое заключение о целесообразности или нецелесообразности принятия исполнения мероприятий утвержденной инвестиционной программы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z502" w:id="172"/>
-[...15 lines deleted...]
-      116) по итогам рассмотрения отчета об исполнении утвержденной инвестиционной программы субъекта естественной монополии направляет в установленном порядке в уполномоченный орган, осуществляющий руководство в соответствующих сферах естественных монополий, свое заключение о целесообразности или нецелесообразности принятия исполнения мероприятий утвержденной инвестиционной программы;</w:t>
+    <w:bookmarkStart w:name="z503" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) осуществляет координацию деятельности центральных и местных исполнительных органов при реализации государственной политики в области охраны и использования водного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z503" w:id="173"/>
-[...15 lines deleted...]
-      117) осуществляет координацию деятельности центральных и местных исполнительных органов при реализации государственной политики в области охраны и использования водного фонда;</w:t>
+    <w:bookmarkStart w:name="z504" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) организует эксплуатацию и развитие водохозяйственных и гидротехнических сооружений, находящихся в республиканской собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z504" w:id="174"/>
-[...15 lines deleted...]
-      118) организует эксплуатацию и развитие водохозяйственных и гидротехнических сооружений, находящихся в республиканской собственности;</w:t>
+    <w:bookmarkStart w:name="z505" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) организует проведение научных, научно-исследовательских, научно-технических проектов и программ развития в области охраны и использования водного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z505" w:id="175"/>
-[...15 lines deleted...]
-      119) организует проведение научных, научно-исследовательских, научно-технических проектов и программ развития в области охраны и использования водного фонда;</w:t>
+    <w:bookmarkStart w:name="z506" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) согласовывает удельные нормы водопотребления и водоотведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z506" w:id="176"/>
-[...15 lines deleted...]
-      120) согласовывает удельные нормы водопотребления и водоотведения;</w:t>
+    <w:bookmarkStart w:name="z507" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) осуществляет государственный контроль за соблюдением местными исполнительными органами областей, городов республиканского значения, столицы возложенных на них функций в области охраны и использования водного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z507" w:id="177"/>
-[...15 lines deleted...]
-      121) осуществляет государственный контроль за соблюдением местными исполнительными органами областей, городов республиканского значения, столицы возложенных на них функций в области охраны и использования водного фонда;</w:t>
+    <w:bookmarkStart w:name="z508" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) осуществляет государственный контроль за наличием разрешения на специальное водопользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z508" w:id="178"/>
-[...15 lines deleted...]
-      122) осуществляет государственный контроль за наличием разрешения на специальное водопользование;</w:t>
+    <w:bookmarkStart w:name="z509" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) осуществляет государственный контроль и надзор за соблюдением требований по ведению первичного учета вод и своевременному представлению отчетности по нему;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z509" w:id="179"/>
-[...15 lines deleted...]
-      123) осуществляет государственный контроль и надзор за соблюдением требований по ведению первичного учета вод и своевременному представлению отчетности по нему;</w:t>
+    <w:bookmarkStart w:name="z510" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) осуществляет государственный контроль и надзор за соблюдением требований по безопасности гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z510" w:id="180"/>
-[...15 lines deleted...]
-      124) осуществляет государственный контроль и надзор за соблюдением требований по безопасности гидротехнических сооружений;</w:t>
+    <w:bookmarkStart w:name="z511" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) осуществляет государственный контроль и надзор за соблюдением установленного режима хозяйственной деятельности в пределах границ водоохранных зон и полос поверхностных водных объектов, а также непосредственно на водных объектах, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z511" w:id="181"/>
-[...15 lines deleted...]
-      125) осуществляет государственный контроль и надзор за соблюдением установленного режима хозяйственной деятельности в пределах границ водоохранных зон и полос поверхностных водных объектов, а также непосредственно на водных объектах, в том числе:</w:t>
+    <w:bookmarkStart w:name="z512" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличием согласования с бассейновой водной инспекцией размещения, проектирования и строительства, реконструкции сооружений и других объектов, влияющих на состояние вод на водных объектах, в водоохранных зонах и полосах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z512" w:id="182"/>
-[...15 lines deleted...]
-      наличием согласования с бассейновой водной инспекцией размещения, проектирования и строительства, реконструкции сооружений и других объектов, влияющих на состояние вод на водных объектах, в водоохранных зонах и полосах;</w:t>
+    <w:bookmarkStart w:name="z513" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличием согласования условий проведения работ, связанных со строительной деятельностью, лесоразведением, операциями по недропользованию, бурением скважин, санацией поверхностных водных объектов, рыбохозяйственной мелиорацией водных объектов, сельскохозяйственными и иными работами на водных объектах, в водоохранных зонах и полосах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z513" w:id="183"/>
-[...15 lines deleted...]
-      наличием согласования условий проведения работ, связанных со строительной деятельностью, лесоразведением, операциями по недропользованию, бурением скважин, санацией поверхностных водных объектов, рыбохозяйственной мелиорацией водных объектов, сельскохозяйственными и иными работами на водных объектах, в водоохранных зонах и полосах;</w:t>
+    <w:bookmarkStart w:name="z514" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдением условий:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z514" w:id="184"/>
-[...15 lines deleted...]
-      соблюдением условий:</w:t>
+    <w:bookmarkStart w:name="z515" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласованной с бассейновой водной инспекцией проектной документации на строительство, реконструкцию сооружений и других объектов, влияющих на состояние вод на водных объектах, в водоохранных зонах и полосах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z515" w:id="185"/>
-[...15 lines deleted...]
-      согласованной с бассейновой водной инспекцией проектной документации на строительство, реконструкцию сооружений и других объектов, влияющих на состояние вод на водных объектах, в водоохранных зонах и полосах;</w:t>
+    <w:bookmarkStart w:name="z516" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласований с бассейновой водной инспекцией условий проведения работ, связанных со строительной деятельностью, лесоразведением, операциями по недропользованию, бурением скважин, санацией поверхностных водных объектов, рыбохозяйственной мелиорацией водных объектов, сельскохозяйственными и иными работами на водных объектах, в водоохранных зонах и полосах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z516" w:id="186"/>
-[...15 lines deleted...]
-      согласований с бассейновой водной инспекцией условий проведения работ, связанных со строительной деятельностью, лесоразведением, операциями по недропользованию, бурением скважин, санацией поверхностных водных объектов, рыбохозяйственной мелиорацией водных объектов, сельскохозяйственными и иными работами на водных объектах, в водоохранных зонах и полосах;</w:t>
+    <w:bookmarkStart w:name="z517" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) в пределах своей компетенции осуществляет международное сотрудничество по вопросам охраны и совместного использования трансграничных водных объектов, водохозяйственных и гидротехнических сооружений межгосударственного пользования, контроль за выполнением сторонами международных договоров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z517" w:id="187"/>
-[...15 lines deleted...]
-      126) в пределах своей компетенции осуществляет международное сотрудничество по вопросам охраны и совместного использования трансграничных водных объектов, водохозяйственных и гидротехнических сооружений межгосударственного пользования, контроль за выполнением сторонами международных договоров;</w:t>
+    <w:bookmarkStart w:name="z518" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) осуществляет государственный контроль и надзор за соблюдением правил эксплуатации водохозяйственных и гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z518" w:id="188"/>
-[...15 lines deleted...]
-      127) осуществляет государственный контроль и надзор за соблюдением правил эксплуатации водохозяйственных и гидротехнических сооружений;</w:t>
+    <w:bookmarkStart w:name="z519" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) осуществляет государственный контроль и надзор за наличием, исправным состоянием (исправностью) и соблюдением сроков поверки средств измерений для учета объема забранных водных ресурсов и сброса очищенных сточных вод;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z519" w:id="189"/>
-[...15 lines deleted...]
-      128) осуществляет государственный контроль и надзор за наличием, исправным состоянием (исправностью) и соблюдением сроков поверки средств измерений для учета объема забранных водных ресурсов и сброса очищенных сточных вод;</w:t>
+    <w:bookmarkStart w:name="z520" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) осуществляет государственный контроль и надзор за соблюдением условий и требований, установленных разрешением;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z520" w:id="190"/>
-[...15 lines deleted...]
-      129) осуществляет государственный контроль и надзор за соблюдением условий и требований, установленных разрешением;</w:t>
+    <w:bookmarkStart w:name="z521" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) осуществляет государственный контроль за недопущением самовольного водопользования и соблюдением установленных Водным кодексом Республики Казахстан запретов на осуществление хозяйственной деятельности на водных объектах, в водоохранных зонах и полосах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z521" w:id="191"/>
-[...15 lines deleted...]
-      130) осуществляет государственный контроль за недопущением самовольного водопользования и соблюдением установленных Водным кодексом Республики Казахстан запретов на осуществление хозяйственной деятельности на водных объектах, в водоохранных зонах и полосах;</w:t>
+    <w:bookmarkStart w:name="z522" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) утверждает бассейновый план охраны и использования водных ресурсов за счет бюджетных средств на долгосрочный период сроком на пятнадцать лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z522" w:id="192"/>
-[...15 lines deleted...]
-      131) утверждает бассейновый план охраны и использования водных ресурсов за счет бюджетных средств на долгосрочный период сроком на пятнадцать лет;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 132) пункта 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2027 в соответствии с постановлением Правительства РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 613</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текст исключен);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z524" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) ежегодно публикует национальный информационный отчет об использовании водных ресурсов на интернет-ресурсе Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z525" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) осуществляет координацию деятельности субъектов водных отношений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z526" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) осуществляет подготовку и реализацию бассейновых соглашений о восстановлении и охране водных объектов в пределах соответствующего бассейна;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z527" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) организует ведение государственного учета использования водных ресурсов, государственного водного кадастра и государственного мониторинга водных объектов и водных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z528" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) осуществляет согласование:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z529" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на предоставление права на земельный участок, землеустроительный проект и изменение целевого назначения земельного участка из состава земель водного фонда и в пределах водоохранных зон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z530" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      комплексных схем градостроительного планирования территорий, генеральных планов населенных пунктов, проектов детальной планировки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z531" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      планов развития областей, городов республиканского значения, столицы в части мероприятий по охране водного фонда, использованию водных ресурсов и развитию водохозяйственных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z532" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечня рыбохозяйственных водоемов и (или) участков местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z533" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечня рыбохозяйственных водоемов и (или) участков, на которых имеются водохозяйственные и (или) гидротехнические сооружения, до их выставления на конкурс для ведения рыболовства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z534" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) осуществляет согласование размещения, проектирования и строительства, реконструкции сооружений и других объектов, влияющих на состояние водных объектов, а также условий проведения работ, связанных со строительной деятельностью, лесоразведением, операциями по недропользованию, бурением скважин, санацией поверхностных водных объектов, рыбохозяйственной мелиорацией водных объектов, сельскохозяйственными и иными работами на водных объектах, в водоохранных зонах и полосах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z535" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) участвует в работах по ликвидации последствий, возникших в результате наступления чрезвычайных ситуаций природного и техногенного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5146,51 +5554,51 @@
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 132) пункта 15 </w:t>
+        <w:t xml:space="preserve">      Подпункт 140) пункта 15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2027 в соответствии с постановлением Правительства РК от 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5203,2516 +5611,2280 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (текст исключен);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z524" w:id="193"/>
-[...235 lines deleted...]
-      139) участвует в работах по ликвидации последствий, возникших в результате наступления чрезвычайных ситуаций природного и техногенного характера;</w:t>
+    <w:bookmarkStart w:name="z537" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) участвует в разработке и утверждает водохозяйственные балансы по соответствующему водохозяйственному бассейну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:p>
-[...131 lines deleted...]
-      141) участвует в разработке и утверждает водохозяйственные балансы по соответствующему водохозяйственному бассейну;</w:t>
+    <w:bookmarkStart w:name="z538" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) информируют население о проводимой работе по охране и использованию водного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z538" w:id="206"/>
-[...15 lines deleted...]
-      142) информируют население о проводимой работе по охране и использованию водного фонда;</w:t>
+    <w:bookmarkStart w:name="z539" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) взаимодействует с местными исполнительными органами областей (городов республиканского значения, столицы) и другими заинтересованными государственными органами по вопросам в регулируемой сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z539" w:id="207"/>
-[...15 lines deleted...]
-      143) взаимодействует с местными исполнительными органами областей (городов республиканского значения, столицы) и другими заинтересованными государственными органами по вопросам в регулируемой сфере;</w:t>
+    <w:bookmarkStart w:name="z540" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) пломбирует приборы учета вод, устанавливаемые на измерительных приборах и (или) устройствах сооружений по забору или сбросу вод физическими и юридическими лицами, осуществляющими право специального водопользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z540" w:id="208"/>
-[...15 lines deleted...]
-      144) пломбирует приборы учета вод, устанавливаемые на измерительных приборах и (или) устройствах сооружений по забору или сбросу вод физическими и юридическими лицами, осуществляющими право специального водопользования;</w:t>
+    <w:bookmarkStart w:name="z541" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) организовывает деятельность бассейновых советов, размещает на интернет-ресурсе информацию о проведенных заседаниях бассейновых советов и их рекомендациях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z541" w:id="209"/>
-[...15 lines deleted...]
-      145) организовывает деятельность бассейновых советов, размещает на интернет-ресурсе информацию о проведенных заседаниях бассейновых советов и их рекомендациях;</w:t>
+    <w:bookmarkStart w:name="z542" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) утверждает водный режим работы гидротехнических сооружений при регулировании поверхностного стока;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z542" w:id="210"/>
-[...15 lines deleted...]
-      146) утверждает водный режим работы гидротехнических сооружений при регулировании поверхностного стока;</w:t>
+    <w:bookmarkStart w:name="z543" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) предъявляет в порядке, установленном законодательством Республики Казахстан, требования о прекращении строительства водохозяйственных, гидротехнических сооружений и иных объектов на водных объектах, в водоохранных зонах и полосах, осуществляемого с нарушением установленных норм и правил в области охраны и использования водного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z543" w:id="211"/>
-[...15 lines deleted...]
-      147) предъявляет в порядке, установленном законодательством Республики Казахстан, требования о прекращении строительства водохозяйственных, гидротехнических сооружений и иных объектов на водных объектах, в водоохранных зонах и полосах, осуществляемого с нарушением установленных норм и правил в области охраны и использования водного фонда;</w:t>
+    <w:bookmarkStart w:name="z544" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) направляет материалы о нарушении водного законодательства Республики Казахстан в правоохранительные органы и суд для привлечения нарушителей к ответственности в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z544" w:id="212"/>
-[...15 lines deleted...]
-      148) направляет материалы о нарушении водного законодательства Республики Казахстан в правоохранительные органы и суд для привлечения нарушителей к ответственности в соответствии с законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z545" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) предъявляет в суд иски о возмещении ущерба, нанесенного государству, в случае нарушения водного законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z545" w:id="213"/>
-[...15 lines deleted...]
-      149) предъявляет в суд иски о возмещении ущерба, нанесенного государству, в случае нарушения водного законодательства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z546" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) согласовывает проектную документацию по установлению водоохранных зон и полос, их границ и режим их хозяйственного использования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z546" w:id="214"/>
-[...15 lines deleted...]
-      150) согласовывает проектную документацию по установлению водоохранных зон и полос, их границ и режим их хозяйственного использования;</w:t>
+    <w:bookmarkStart w:name="z547" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) регистрирует декларацию безопасности гидротехнических сооружений для присвоения регистрационных шифров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z547" w:id="215"/>
-[...15 lines deleted...]
-      151) регистрирует декларацию безопасности гидротехнических сооружений для присвоения регистрационных шифров;</w:t>
+    <w:bookmarkStart w:name="z548" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) осуществляет аттестацию организаций на право проведения работ в области безопасности гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z548" w:id="216"/>
-[...15 lines deleted...]
-      152) осуществляет аттестацию организаций на право проведения работ в области безопасности гидротехнических сооружений;</w:t>
+    <w:bookmarkStart w:name="z549" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153) разрабатывает проект решения Правительства Республики Казахстан о реализации приоритетного права на приобретение стратегического объекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z549" w:id="217"/>
-[...15 lines deleted...]
-      153) разрабатывает проект решения Правительства Республики Казахстан о реализации приоритетного права на приобретение стратегического объекта;</w:t>
+    <w:bookmarkStart w:name="z550" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154) осуществляет организацию проведения государственных закупок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z550" w:id="218"/>
-[...15 lines deleted...]
-      154) осуществляет организацию проведения государственных закупок;</w:t>
+    <w:bookmarkStart w:name="z551" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) организует непосредственную подготовку курируемых отраслей к выполнению мероприятий в соответствии с планом обороны Республики Казахстан, осуществляет мероприятия по устойчивому функционированию отрасли в военное время;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z551" w:id="219"/>
-[...15 lines deleted...]
-      155) организует непосредственную подготовку курируемых отраслей к выполнению мероприятий в соответствии с планом обороны Республики Казахстан, осуществляет мероприятия по устойчивому функционированию отрасли в военное время;</w:t>
+    <w:bookmarkStart w:name="z552" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) определяет порядок и формы подтверждения целевого назначения товаров в пределах своей компетенции по согласованию с уполномоченным органом в области регулирования торговой деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z552" w:id="220"/>
-[...15 lines deleted...]
-      156) определяет порядок и формы подтверждения целевого назначения товаров в пределах своей компетенции по согласованию с уполномоченным органом в области регулирования торговой деятельности;</w:t>
+    <w:bookmarkStart w:name="z553" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) выдает подтверждение целевого назначения товаров в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z553" w:id="221"/>
-[...15 lines deleted...]
-      157) выдает подтверждение целевого назначения товаров в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z554" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158) осуществляет методическое обеспечение деятельности водохозяйственных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z554" w:id="222"/>
-[...15 lines deleted...]
-      158) осуществляет методическое обеспечение деятельности водохозяйственных организаций;</w:t>
+    <w:bookmarkStart w:name="z555" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) утверждает правила проведения мониторинга и оценки мелиоративного состояния орошаемых земель;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z555" w:id="223"/>
-[...15 lines deleted...]
-      159) утверждает правила проведения мониторинга и оценки мелиоративного состояния орошаемых земель;</w:t>
+    <w:bookmarkStart w:name="z556" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) разрабатывает и утверждает правила субсидирования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z556" w:id="224"/>
-[...15 lines deleted...]
-      160) разрабатывает и утверждает правила субсидирования:</w:t>
+    <w:bookmarkStart w:name="z557" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стоимости услуг по подаче воды сельскохозяйственным товаропроизводителям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z557" w:id="225"/>
-[...15 lines deleted...]
-      стоимости услуг по подаче воды сельскохозяйственным товаропроизводителям;</w:t>
+    <w:bookmarkStart w:name="z558" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      субсидирования части расходов, понесенных сельскохозяйственным товаропроизводителем при инвестиционных вложениях, направленных на внедрение водосберегающих технологий орошения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z558" w:id="226"/>
-[...15 lines deleted...]
-      субсидирования части расходов, понесенных сельскохозяйственным товаропроизводителем при инвестиционных вложениях, направленных на внедрение водосберегающих технологий орошения;</w:t>
+    <w:bookmarkStart w:name="z559" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) организует проведение мониторинга и оценки мелиоративного состояния орошаемых земель;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z559" w:id="227"/>
-[...15 lines deleted...]
-      161) организует проведение мониторинга и оценки мелиоративного состояния орошаемых земель;</w:t>
+    <w:bookmarkStart w:name="z560" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) утверждает типовые нормы и нормативы по труду организаций по согласованию с уполномоченным государственным органом по труду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z560" w:id="228"/>
-[...15 lines deleted...]
-      162) утверждает типовые нормы и нормативы по труду организаций по согласованию с уполномоченным государственным органом по труду;</w:t>
+    <w:bookmarkStart w:name="z561" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) разрабатывает и утверждает по согласованию с центральными уполномоченными органами по бюджетному планированию и исполнению бюджета правила субсидирования и выплат субсидий из бюджета на покрытие расходов по погашению, обслуживанию и софинансированию по займам, привлеченным под государственную гарантию на развитие водохранилищ, каналов и гидротехнических сооружений Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z561" w:id="229"/>
-[...15 lines deleted...]
-      163) разрабатывает и утверждает по согласованию с центральными уполномоченными органами по бюджетному планированию и исполнению бюджета правила субсидирования и выплат субсидий из бюджета на покрытие расходов по погашению, обслуживанию и софинансированию по займам, привлеченным под государственную гарантию на развитие водохранилищ, каналов и гидротехнических сооружений Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z562" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) разрабатывает и утверждает по согласованию с центральным уполномоченным органом по бюджетному планированию правила установления стоимости и предмета капитальных расходов, осуществляемых в рамках договора лизинга;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z562" w:id="230"/>
-[...15 lines deleted...]
-      164) разрабатывает и утверждает по согласованию с центральным уполномоченным органом по бюджетному планированию правила установления стоимости и предмета капитальных расходов, осуществляемых в рамках договора лизинга;</w:t>
+    <w:bookmarkStart w:name="z563" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) разрабатывает и утверждает правила формирования тарифов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z563" w:id="231"/>
-[...15 lines deleted...]
-      165) разрабатывает и утверждает правила формирования тарифов;</w:t>
+    <w:bookmarkStart w:name="z564" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) разрабатывает и утверждает правила осуществления деятельности субъектами естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z564" w:id="232"/>
-[...15 lines deleted...]
-      166) разрабатывает и утверждает правила осуществления деятельности субъектами естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z565" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) разрабатывает и утверждает типовые договора предоставления регулируемых услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z565" w:id="233"/>
-[...15 lines deleted...]
-      167) разрабатывает и утверждает типовые договора предоставления регулируемых услуг;</w:t>
+    <w:bookmarkStart w:name="z566" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) разрабатывает и утверждает типовые формы технических условий на подключение к инженерным сетям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z566" w:id="234"/>
-[...15 lines deleted...]
-      168) разрабатывает и утверждает типовые формы технических условий на подключение к инженерным сетям;</w:t>
+    <w:bookmarkStart w:name="z567" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) разрабатывает и утверждает типовой регламент оказания услуг с четким порядком действий сотрудников субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z567" w:id="235"/>
-[...15 lines deleted...]
-      169) разрабатывает и утверждает типовой регламент оказания услуг с четким порядком действий сотрудников субъектов естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z568" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) разрабатывает и утверждает перечень регулируемых услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z568" w:id="236"/>
-[...15 lines deleted...]
-      170) разрабатывает и утверждает перечень регулируемых услуг;</w:t>
+    <w:bookmarkStart w:name="z569" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) принимает в пределах своей компетенции к рассмотрению заявки либо отказывает в ее принятии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z569" w:id="237"/>
-[...15 lines deleted...]
-      171) принимает в пределах своей компетенции к рассмотрению заявки либо отказывает в ее принятии;</w:t>
+    <w:bookmarkStart w:name="z570" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) проводит в пределах своей компетенции публичные слушания с опубликованием в средствах массовой информации объявления о дате и месте их проведения и (или) ссылки на онлайн-трансляцию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z570" w:id="238"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z571" w:id="239"/>
+    <w:bookmarkStart w:name="z571" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       173) утверждает тариф в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О естественных монополиях";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z572" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) определяет уровень индексации тарифа субъекта естественной монополии малой мощности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z572" w:id="240"/>
-[...15 lines deleted...]
-      174) определяет уровень индексации тарифа субъекта естественной монополии малой мощности;</w:t>
+    <w:bookmarkStart w:name="z573" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) утверждает и вносит изменения в утвержденную им тарифную смету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z573" w:id="241"/>
-[...15 lines deleted...]
-      175) утверждает и вносит изменения в утвержденную им тарифную смету;</w:t>
+    <w:bookmarkStart w:name="z574" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) утверждает и вносит изменения в утвержденную инвестиционную программу субъекта естественной монополии, включенного в республиканский раздел Государственного регистра субъектов естественных монополий в регулируемой сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z574" w:id="242"/>
-[...15 lines deleted...]
-      176) утверждает и вносит изменения в утвержденную инвестиционную программу субъекта естественной монополии, включенного в республиканский раздел Государственного регистра субъектов естественных монополий в регулируемой сфере;</w:t>
+    <w:bookmarkStart w:name="z575" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) утверждает и вносит изменения совместно с местным исполнительным органом в утвержденную инвестиционную программу субъекта естественной монополии, включенного в местный раздел Государственного регистра субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z575" w:id="243"/>
-[...15 lines deleted...]
-      177) утверждает и вносит изменения совместно с местным исполнительным органом в утвержденную инвестиционную программу субъекта естественной монополии, включенного в местный раздел Государственного регистра субъектов естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z576" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) утверждает временный компенсирующий тариф;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z576" w:id="244"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z577" w:id="245"/>
+    <w:bookmarkStart w:name="z577" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       179) выдает в пределах своей компетенции согласие на совершение отдельных действий субъектом естественной монополии, а также принимает от субъекта естественной монополии уведомление об осуществлении деятельности, не относящейся к регулируемым услугам, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z578" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) разрабатывает и утверждает показатели качества и надежности регулируемых услуг по согласованию с соответствующими государственными органами;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z578" w:id="246"/>
-[...15 lines deleted...]
-      180) разрабатывает и утверждает показатели качества и надежности регулируемых услуг по согласованию с соответствующими государственными органами;</w:t>
+    <w:bookmarkStart w:name="z579" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) разрабатывает и утверждает показатели эффективности деятельности субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z579" w:id="247"/>
-[...15 lines deleted...]
-      181) разрабатывает и утверждает показатели эффективности деятельности субъектов естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z580" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) согласовывает в пределах своей компетенции методики ведения раздельного учета доходов, затрат и задействованных активов по каждому виду регулируемых услуг субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z580" w:id="248"/>
-[...15 lines deleted...]
-      182) согласовывает в пределах своей компетенции методики ведения раздельного учета доходов, затрат и задействованных активов по каждому виду регулируемых услуг субъектов естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z581" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) проводит в пределах своей компетенции анализ отчетов субъектов естественных монополий об исполнении утвержденной тарифной сметы, об исполнении утвержденной инвестиционной программы, о соблюдении показателей качества и надежности регулируемых услуг, а также достижении показателей эффективности деятельности субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z581" w:id="249"/>
-[...15 lines deleted...]
-      183) проводит в пределах своей компетенции анализ отчетов субъектов естественных монополий об исполнении утвержденной тарифной сметы, об исполнении утвержденной инвестиционной программы, о соблюдении показателей качества и надежности регулируемых услуг, а также достижении показателей эффективности деятельности субъектов естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z582" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) согласовывает в пределах своей компетенции конкурсную документацию проекта государственно-частного партнерства, проекты договора государственно-частного партнерства, внесение в них изменений и (или) дополнений в части формирования тарифа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z582" w:id="250"/>
-[...15 lines deleted...]
-      184) согласовывает в пределах своей компетенции конкурсную документацию проекта государственно-частного партнерства, проекты договора государственно-частного партнерства, внесение в них изменений и (или) дополнений в части формирования тарифа;</w:t>
+    <w:bookmarkStart w:name="z583" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) согласовывает в пределах своей компетенции с уполномоченным органом по управлению государственным имуществом, местными исполнительными органами передачу магистральных каналов с отводящими межхозяйственными и внутрихозяйственными каналами для расширения, модернизации, реконструкции и улучшения технического состояния, находящихся в республиканской или областной, районной коммунальной собственности, в доверительное управление;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z583" w:id="251"/>
-[...15 lines deleted...]
-      185) согласовывает в пределах своей компетенции с уполномоченным органом по управлению государственным имуществом, местными исполнительными органами передачу магистральных каналов с отводящими межхозяйственными и внутрихозяйственными каналами для расширения, модернизации, реконструкции и улучшения технического состояния, находящихся в республиканской или областной, районной коммунальной собственности, в доверительное управление;</w:t>
+    <w:bookmarkStart w:name="z584" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) согласовывает в пределах своей компетенции с уполномоченным органом по управлению государственным имуществом, местными исполнительными органами, субъектами естественных монополий договор доверительного управления по передаче магистральных каналов с отводящими межхозяйственными и внутрихозяйственными каналами для расширения, модернизации, реконструкции и улучшения технического состояния, находящихся в республиканской или областной, районной коммунальной собственности, а также находящихся в собственности у субъекта естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z584" w:id="252"/>
-[...15 lines deleted...]
-      186) согласовывает в пределах своей компетенции с уполномоченным органом по управлению государственным имуществом, местными исполнительными органами, субъектами естественных монополий договор доверительного управления по передаче магистральных каналов с отводящими межхозяйственными и внутрихозяйственными каналами для расширения, модернизации, реконструкции и улучшения технического состояния, находящихся в республиканской или областной, районной коммунальной собственности, а также находящихся в собственности у субъекта естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z585" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187) согласовывает в пределах своей компетенции уполномоченному органу по управлению государственным имуществом, местному исполнительному органу договор доверительного управления имуществом и (или) договор передачи имущества, используемого в технологическом цикле при предоставлении регулируемых услуг по подаче воды по каналам, подаче воды для орошения и регулированию поверхностного стока при помощи подпорных гидротехнических сооружений субъектами естественных монополий и передаваемого от местных исполнительных органов в соответствии с планом передачи на баланс и (или) в доверительное управление имущества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z585" w:id="253"/>
-[...15 lines deleted...]
-      187) согласовывает в пределах своей компетенции уполномоченному органу по управлению государственным имуществом, местному исполнительному органу договор доверительного управления имуществом и (или) договор передачи имущества, используемого в технологическом цикле при предоставлении регулируемых услуг по подаче воды по каналам, подаче воды для орошения и регулированию поверхностного стока при помощи подпорных гидротехнических сооружений субъектами естественных монополий и передаваемого от местных исполнительных органов в соответствии с планом передачи на баланс и (или) в доверительное управление имущества;</w:t>
+    <w:bookmarkStart w:name="z586" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188) согласовывает в пределах своей компетенции кредитные соглашения субъектов естественных монополий для привлечения займов у международных финансовых организаций, специализированных отраслевых банков, Банка Развития Казахстана и банков второго уровня Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z586" w:id="254"/>
-[...15 lines deleted...]
-      188) согласовывает в пределах своей компетенции кредитные соглашения субъектов естественных монополий для привлечения займов у международных финансовых организаций, специализированных отраслевых банков, Банка Развития Казахстана и банков второго уровня Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z587" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189) согласовывает в пределах своей компетенции договор доверительного управления имуществом, используемым в технологическом цикле при предоставлении регулируемых услуг, находящимся в собственности у субъекта естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z587" w:id="255"/>
-[...15 lines deleted...]
-      189) согласовывает в пределах своей компетенции договор доверительного управления имуществом, используемым в технологическом цикле при предоставлении регулируемых услуг, находящимся в собственности у субъекта естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z588" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190) вносит в пределах своей компетенции изменения в утвержденную тарифную смету в случае получения на баланс и (или) в доверительное управление имущества, используемого в технологическом цикле при предоставлении регулируемых услуг субъектами естественных монополий от местных исполнительных органов или уполномоченного органа по управлению государственным имуществом при его получении в безвозмездное пользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z588" w:id="256"/>
-[...15 lines deleted...]
-      190) вносит в пределах своей компетенции изменения в утвержденную тарифную смету в случае получения на баланс и (или) в доверительное управление имущества, используемого в технологическом цикле при предоставлении регулируемых услуг субъектами естественных монополий от местных исполнительных органов или уполномоченного органа по управлению государственным имуществом при его получении в безвозмездное пользование;</w:t>
+    <w:bookmarkStart w:name="z589" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191) утверждает временный понижающий коэффициент;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z589" w:id="257"/>
-[...15 lines deleted...]
-      191) утверждает временный понижающий коэффициент;</w:t>
+    <w:bookmarkStart w:name="z590" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192) определяет прогнозный индекс тарифа на пятилетний период по сферам естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z590" w:id="258"/>
-[...15 lines deleted...]
-      192) определяет прогнозный индекс тарифа на пятилетний период по сферам естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z591" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193) определяет метод тарифного регулирования сферы естественной монополии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z591" w:id="259"/>
-[...15 lines deleted...]
-      193) определяет метод тарифного регулирования сферы естественной монополии;</w:t>
+    <w:bookmarkStart w:name="z592" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194) утверждает перечень субъектов естественных монополий, тарифы которым утверждаются с применением стимулирующего метода тарифного регулирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z592" w:id="260"/>
-[...15 lines deleted...]
-      194) утверждает перечень субъектов естественных монополий, тарифы которым утверждаются с применением стимулирующего метода тарифного регулирования;</w:t>
+    <w:bookmarkStart w:name="z593" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195) согласовывает в пределах своей компетенции местным исполнительным органам или уполномоченному органу по управлению государственным имуществом план передачи на баланс и (или) в доверительное управление имущества, используемого в технологическом цикле при предоставлении регулируемых услуг по подаче воды по каналам, подаче воды для орошения и регулированию поверхностного стока при помощи подпорных гидротехнических сооружений субъектами естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z593" w:id="261"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z594" w:id="262"/>
+    <w:bookmarkStart w:name="z594" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       196) согласовывает в пределах своей компетенции субъекту естественной монополии размер взимания платы за приобретение и установку приборов учета в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 8)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 23 статьи 15 Закона "О естественных монополиях", за исключением случаев приемки и ввода объектов строительства в эксплуатацию;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z595" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197) утверждает положение о Совете по тарифной политике и его персональный состав;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z595" w:id="263"/>
-[...15 lines deleted...]
-      197) утверждает положение о Совете по тарифной политике и его персональный состав;</w:t>
+    <w:bookmarkStart w:name="z596" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198) согласовывает в пределах своей компетенции регламент оказания услуг на соответствие типовому регламенту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z596" w:id="264"/>
-[...15 lines deleted...]
-      198) согласовывает в пределах своей компетенции регламент оказания услуг на соответствие типовому регламенту;</w:t>
+    <w:bookmarkStart w:name="z597" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199) осуществляет формирование и ведение Государственного регистра субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z597" w:id="265"/>
-[...15 lines deleted...]
-      199) осуществляет формирование и ведение Государственного регистра субъектов естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z598" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200) осуществляет формирование и ведение реестра водохозяйственных и гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z598" w:id="266"/>
-[...15 lines deleted...]
-      200) осуществляет формирование и ведение реестра водохозяйственных и гидротехнических сооружений;</w:t>
+    <w:bookmarkStart w:name="z599" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201) осуществляет формирование и размещение на интернет-ресурсе Министерства перечня наилучших имеющихся технологий в области охраны и использования водного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z599" w:id="267"/>
-[...15 lines deleted...]
-      201) осуществляет формирование и размещение на интернет-ресурсе Министерства перечня наилучших имеющихся технологий в области охраны и использования водного фонда;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 202) пункта 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2027 в соответствии с постановлением Правительства РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 613</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текст исключен);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z601" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203) определяет водохозяйственные бассейны по гидрографическому принципу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:p>
-[...135 lines deleted...]
-    <w:bookmarkStart w:name="z602" w:id="269"/>
+    <w:bookmarkStart w:name="z602" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       204) вносит в пределах своей компетенции субъектам естественных монополий предписание об устранении нарушения законодательства Республики Казахстан о естественных монополиях, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z603" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205) принимает меры по противодействию теневой экономике;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z603" w:id="270"/>
-[...15 lines deleted...]
-      205) принимает меры по противодействию теневой экономике;</w:t>
+    <w:bookmarkStart w:name="z614" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206) утверждает по согласованию с центральным уполномоченным органом по бюджетной политике правила определения частного партнера по проектам государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z604" w:id="271"/>
-[...15 lines deleted...]
-      206) утверждает по согласованию с центральным уполномоченным органом по бюджетной политике правила определения частного партнера по проектам государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z615" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206-1) определяет перечень гидротехнических сооружений, представляющих угрозу населению, по согласованию с уполномоченным органом в сфере гражданской защиты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z605" w:id="272"/>
+    <w:bookmarkStart w:name="z616" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      206-2) обеспечивает публикацию результатов мониторинга, осуществляемого в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z617" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206-3) осуществляет контроль за полнотой и своевременностью перечисления государственными предприятиями в бюджет части чистого дохода;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z605" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) осуществляет иные полномочия, предусмотренные законодательными актами, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции постановления Правительства РК от 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 613</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">; с изменениями, внесенными постановлением Правительства РК от 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 900</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="273"/>
+    <w:bookmarkStart w:name="z221" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z222" w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z222" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z223" w:id="275"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z223" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z224" w:id="276"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z224" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Министерства имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z225" w:id="277"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z225" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Министерства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z226" w:id="278"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z226" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вырабатывает предложения по формированию государственной политики в сферах, регулируемых Министерством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z227" w:id="279"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z227" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначает на должности и освобождает от должностей руководителей комитетов, которые подконтрольны ему в своей деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z228" w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z228" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) представляет Министерство в Парламенте Республики Казахстан, иных государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z229" w:id="281"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z229" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подписывает приказы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z230" w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z230" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) утверждает регламент работы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z231" w:id="283"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z231" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) согласовывает и визирует проекты нормативных правовых актов, поступивших на согласование в Министерство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z232" w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z232" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) отменяет или приостанавливает полностью или в части действие актов ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z233" w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z233" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принимает меры по противодействию коррупции в Министерстве и несет за это персональную ответственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z234" w:id="286"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z234" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) принимает решения по другим вопросам, отнесенным к его компетенции, и осуществляет иные полномочия в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z235" w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z235" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z236" w:id="288"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z236" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z237" w:id="289"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z237" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z238" w:id="290"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z238" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z239" w:id="291"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z239" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z240" w:id="292"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z240" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z241" w:id="293"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z241" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z242" w:id="294"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z242" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z243" w:id="295"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z243" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z244" w:id="296"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z244" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z245" w:id="297"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z245" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень – в редакции постановления Правительства РК от 10.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7767,70 +7939,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1031</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z246" w:id="298"/>
+    <w:bookmarkStart w:name="z246" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Министерство: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7913,480 +8085,480 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z358" w:id="299"/>
+    <w:bookmarkStart w:name="z358" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) некоммерческое акционерное общество "Национальная гидрогеологическая служба "Казгидрогеология";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z248" w:id="300"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z248" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) товарищество с ограниченной ответственностью "Казахский научно-исследовательский институт водного хозяйства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z249" w:id="301"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z249" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) республиканское государственное предприятие на праве хозяйственного ведения "Казводхоз" Министерства водных ресурсов и ирригации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) некоммерческое акционерное общество "Информационно-аналитический центр водных ресурсов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z360" w:id="302"/>
+    <w:bookmarkStart w:name="z360" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) товарищество с ограниченной ответственностью "SK Water Solutions".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z252" w:id="303"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z252" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень территориальных органов, находящихся в ведении Комитета по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkEnd w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень – в редакции постановления Правительства РК от 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 613</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z606" w:id="304"/>
+    <w:bookmarkStart w:name="z606" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Арало-Сырдарьинская бассейновая водная инспекция по охране и регулированию использования водных ресурсов Комитета по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z607" w:id="305"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z607" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Балхаш-Алакольская бассейновая водная инспекция по охране и регулированию использования водных ресурсов Комитета по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z608" w:id="306"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z608" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Ертисская бассейновая водная инспекция по охране и регулированию использования водных ресурсов Комитета по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z609" w:id="307"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z609" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное учреждение "Есильская бассейновая водная инспекция по охране и регулированию использования водных ресурсов Комитета по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z610" w:id="308"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z610" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное учреждение "Нура-Сарысуская бассейновая водная инспекция по охране и регулированию использования водных ресурсов Комитета по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z611" w:id="309"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z611" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное учреждение "Тобол-Торгайская бассейновая водная инспекция по охране и регулированию использования водных ресурсов Комитета по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z612" w:id="310"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z612" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное учреждение "Жайык-Каспийская бассейновая водная инспекция по охране и регулированию использования водных ресурсов Комитета по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z613" w:id="311"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z613" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное учреждение "Шу-Таласская бассейновая водная инспекция по охране и регулированию использования водных ресурсов Комитета по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z379" w:id="312"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z379" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений, находящихся в ведении Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkEnd w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Положение дополнено разделом в соответствии с постановлением Правительства РК от 10.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 427</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z380" w:id="313"/>
+    <w:bookmarkStart w:name="z380" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Зональный гидрогеолого-мелиоративный центр" Министерства водных ресурсов и ирригации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z381" w:id="314"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z381" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Южно-Казахстанская гидрогеолого-мелиоративная экспедиция" Министерства водных ресурсов и ирригации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z382" w:id="315"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z382" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Кызылординская гидрогеолого-мелиоративная экспедиция" Министерства водных ресурсов и ирригации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkEnd w:id="317"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8465,168 +8637,168 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 863</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z263" w:id="316"/>
+    <w:bookmarkStart w:name="z263" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z264" w:id="317"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z264" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z265" w:id="318"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z265" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования которыми передается отраслевым министерствам и иным государственным органам, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z266" w:id="319"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z266" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе Министерству экологии и природных ресурсов Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8639,190 +8811,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>разделе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Комитету по водным ресурсам Министерства экологии и природных ресурсов Республики Казахстан" исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="320"/>
+    <w:bookmarkStart w:name="z268" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить разделом следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z269" w:id="321"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z269" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Министерству водных ресурсов и ирригации Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z270" w:id="322"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z270" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408. Товарищество с ограниченной ответственностью "Казахский научно-исследовательский институт водного хозяйства".".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z271" w:id="323"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z271" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2005 года № 310 "Некоторые вопросы Министерства сельского хозяйства Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z272" w:id="324"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z272" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Министерстве сельского хозяйства Республики Казахстан, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8835,210 +9007,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="325"/>
+    <w:bookmarkStart w:name="z274" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Министерство сельского хозяйства Республики Казахстан (далее – Министерство) является государственным органом Республики Казахстан, осуществляющим руководство в сферах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z275" w:id="326"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z275" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z276" w:id="327"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z276" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орошаемого земледелия и агромелиорации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z277" w:id="328"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z277" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) земельных ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z278" w:id="329"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z278" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) охраны, воспроизводства и использования животного мира в части аквакультуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z279" w:id="330"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z279" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) также в пределах, предусмотренных законодательством, межотраслевую координацию государственных органов в сфере деятельности, отнесенной к его компетенции.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z280" w:id="331"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z280" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9051,210 +9223,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z282" w:id="332"/>
+    <w:bookmarkStart w:name="z282" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       " 2) осуществляет международное сотрудничество в области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z283" w:id="333"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z283" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       карантина растений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z284" w:id="334"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z284" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       защиты растений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z285" w:id="335"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z285" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       селекции и семеноводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z286" w:id="336"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z286" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z287" w:id="337"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z287" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пчеловодства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z288" w:id="338"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z288" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использования и охраны пастбищ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z289" w:id="339"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z289" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       охраны, воспроизводства и использования животного мира в части аквакультуры;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkEnd w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9267,370 +9439,370 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z291" w:id="340"/>
+    <w:bookmarkStart w:name="z291" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4) формирует и реализует государственную политику в области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z292" w:id="341"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z292" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управления, обводнения и использования пастбищ и организует их осуществление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z293" w:id="342"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z293" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       безопасности машин и оборудования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z294" w:id="343"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z294" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       развития агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z295" w:id="344"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z295" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семеноводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z296" w:id="345"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z296" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пчеловодства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z297" w:id="346"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z297" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       безопасности пищевой продукции, подлежащей ветеринарно-санитарному контролю и надзору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z298" w:id="347"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z298" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       карантина растений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z299" w:id="348"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z299" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       защиты растений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z300" w:id="349"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z300" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z301" w:id="350"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z301" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       племенного животноводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z302" w:id="351"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z302" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       охраны, воспроизводства и использования животного мира в части аквакультуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z303" w:id="352"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z303" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       производства органической продукции и организации его осуществления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z304" w:id="353"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z304" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       государственного регулирования и поддержки производства и оборота биотоплива;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z305" w:id="354"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z305" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить подпунктом 21-1) следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z306" w:id="355"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z306" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "21-1) разрабатывает и утверждает правила субсидирования по возмещению части расходов, понесенных субъектом рыбного хозяйства при инвестиционных вложениях;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkEnd w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9643,470 +9815,470 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 52)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z308" w:id="356"/>
+    <w:bookmarkStart w:name="z308" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "52) разрабатывает и утверждает правила субсидирования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z309" w:id="357"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z309" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       повышения продуктивности и качества продукции животноводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z310" w:id="358"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z310" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       развития племенного животноводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z311" w:id="359"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z311" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       повышения продуктивности и качества продукции аквакультуры (рыбоводства), а также развития племенного рыбоводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z312" w:id="360"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z312" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       повышения урожайности и качества продукции растениеводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z313" w:id="361"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z313" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стоимости услуг по подаче воды сельскохозяйственным товаропроизводителям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z314" w:id="362"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z314" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стоимости затрат на возделывание сельскохозяйственных культур в защищенном грунте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z315" w:id="363"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z315" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       увеличения доли переработки отечественной сельскохозяйственной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z316" w:id="364"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z316" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ставок вознаграждения при кредитовании субъектов агропромышленного комплекса, а также лизинге на приобретение сельскохозяйственных животных, техники и технологического оборудования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z317" w:id="365"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z317" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       развития систем управления производством сельскохозяйственной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z318" w:id="366"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z318" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ставок вознаграждения по кредитным и лизинговым обязательствам в рамках направления по финансовому оздоровлению субъектов агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z319" w:id="367"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z319" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       купонного вознаграждения по облигациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z320" w:id="368"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z320" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стоимости затрат разработки и внедрения научно-исследовательских и опытно-конструкторских работ;".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z321" w:id="369"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z321" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 апреля 2008 года № 339 "Об утверждении лимитов штатной численности министерств и иных центральных исполнительных органов с учетом численности их территориальных органов и подведомственных им государственных учреждений":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z322" w:id="370"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z322" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в лимитах штатной численности министерства и иных центральных исполнительных органов с учетом численности их территориальных органов и подведомственных им государственных учреждений, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z323" w:id="371"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z323" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       для служебного пользования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z324" w:id="372"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z324" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z325" w:id="373"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z325" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10119,70 +10291,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z327" w:id="374"/>
+    <w:bookmarkStart w:name="z327" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Министерство экологии и природных ресурсов Республики Казахстан (далее – Министерство) является государственным органом Республики Казахстан, осуществляющим руководство в сферах формирования и реализации государственной политики, координации процессов управления в сферах охраны окружающей среды, метеорологического и гидрологического мониторинга, развития "зеленой экономики", обращения с отходами (за исключением медицинских, биологических и радиоактивных отходов), охраны, контроля и надзора за рациональным использованием природных ресурсов, лесного хозяйства, охраны, воспроизводства и использования животного мира, особо охраняемых природных территорий, охраны, защиты, восстановления и использования растительного мира, сохранения и воспроизводства казахских пород собак (далее – регулируемые сферы).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkEnd w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10331,190 +10503,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 13 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z330" w:id="375"/>
+    <w:bookmarkStart w:name="z330" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10) руководство и межотраслевая координация по вопросам реализации государственной политики в сфере управления лесов, животного мира и особо охраняемых природных территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z331" w:id="376"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z331" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) совершенствование законодательства в области управления лесами, животным миром и особо охраняемыми природными территориями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z332" w:id="377"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z332" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) совершенствование системы государственного управления в области управления лесами, животным миром и особо охраняемыми природными территориями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z333" w:id="378"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z333" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) развитие международного сотрудничества в области управления лесами, животным миром и особо охраняемыми природными территориями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z334" w:id="379"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z334" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) обеспечение государственного контроля и надзора в области управления лесами, животным миром и особо охраняемыми природными территориями;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z335" w:id="380"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z335" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkEnd w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10783,70 +10955,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 154)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z338" w:id="381"/>
+    <w:bookmarkStart w:name="z338" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "154) разрабатывает и совместно с уполномоченным органом в области использования и охраны водного фонда, водоснабжения, водоотведения утверждает методику разработки целевых показателей состояния поверхностных водных объектов и мероприятий по их достижению;"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10975,70 +11147,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 278)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="382"/>
+    <w:bookmarkStart w:name="z341" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "278) согласовывает нормативы предельно допустимых вредных воздействий на водные объекты;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkEnd w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11207,70 +11379,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 285)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z344" w:id="383"/>
+    <w:bookmarkStart w:name="z344" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "285) представляет перечень водных объектов оздоровительного назначения республиканского значения в уполномоченный орган в сфере контроля в области использования и охраны водного фонда, водоснабжения, водоотведения и ирригации;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkEnd w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11499,70 +11671,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 317)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z347" w:id="384"/>
+    <w:bookmarkStart w:name="z347" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "317) осуществляет международное сотрудничество в области управления лесных отношений, охраны, воспроизводства, использования животного мира, особо охраняемых природных территорий, включая реализацию международных договоров;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11691,70 +11863,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 535)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z350" w:id="385"/>
+    <w:bookmarkStart w:name="z350" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "535) согласовывает для поверхностных водных объектов нормативы качества воды в них на основе единой системы классификации качества воды в водных объектах;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkEnd w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12907,90 +13079,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>595)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z352" w:id="386"/>
+    <w:bookmarkStart w:name="z352" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> организаций, находящихся в ведении Министерства и его ведомств:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkEnd w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13003,90 +13175,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>раздел</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Комитет по водным ресурсам Министерства экологии и природных ресурсов Республики Казахстан" исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z354" w:id="387"/>
+    <w:bookmarkStart w:name="z354" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> территориальных органов, находящихся в ведении Министерства и территориальных подразделений его ведомств:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkEnd w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13239,124 +13411,124 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z356" w:id="388"/>
+    <w:bookmarkStart w:name="z356" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkEnd w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>