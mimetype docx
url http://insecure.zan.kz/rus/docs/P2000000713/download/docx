--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5223861" w14:textId="5223861">
+    <w:p w14:paraId="b2ba7da" w14:textId="b2ba7da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -829,111 +829,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Специальная экономическая зона "Jibek Joly" (далее – СЭЗ) расположена на территории Шуского района Жамбылской области в границах согласно прилагаемому плану.</w:t>
+        <w:t xml:space="preserve">
+      1. Специальная экономическая зона "Jibek Joly" (далее – СЭЗ) расположена на территории Шуского района Жамбылской области в границах согласно прилагаемому </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>плану</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z47" w:id="8"/>
+    <w:bookmarkStart w:name="z51" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Территория СЭЗ составляет 905 гектаров и является неотъемлемой частью территории Республики Казахстан. </w:t>
+      Территория СЭЗ составляет 1205 гектаров и является неотъемлемой частью территории Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 29.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 707</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции постановления Правительства РК от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1072</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1672,179 +1692,207 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План границ специальной экономической зоны "Jibek Joly"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. План границ - в редакции постановления Правительства РК от 29.08.2025 </w:t>
+      Сноска. План границ - в редакции постановления Правительства РК от 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 707</w:t>
+        <w:t>№ 1072</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="5422900"/>
+            <wp:extent cx="7810500" cy="5461000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="5422900"/>
+                      <a:ext cx="7810500" cy="5461000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="28"/>
+    <w:bookmarkStart w:name="z52" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общая территория специальной экономической зоны "Jibek Joly"  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>S = 1205 га</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Территория специальной экономической зоны "Jibek Joly", S = 905 гектаров.</w:t>
+      ____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1956,61 +2004,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые индикаторы специальной экономической зоны "Jibek Joly"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Целевые индикаторы - в редакции постановления Правительства РК от 29.08.2025 </w:t>
+      Сноска. Целевые индикаторы - в редакции постановления Правительства РК от 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 707</w:t>
+        <w:t>№ 1072</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2041,69 +2089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...17 lines deleted...]
-п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2922,123 +2952,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-430</w:t>
+450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-590</w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-690</w:t>
+695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3211,123 +3241,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-190</w:t>
+210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-280</w:t>
+290</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-370</w:t>
+375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3928,1520 +3958,1544 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ежегодный прирост инвестиций в несырьевые секторы</w:t>
-[...68 lines deleted...]
-            </w:pPr>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 %</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100 %</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150 %</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-165 %</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Ежегодный прирост инвестиций в несырьевые секторы экономики региона (обрабатывающая промышленность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+150 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+165 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-экономики региона (обрабатывающая промышленность)</w:t>
+Количество участников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ед.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество участников</w:t>
+Количество рабочих мест, создаваемых на территории СЭЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ед.</w:t>
+раб. места</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+1104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+2200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+2700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Количество рабочих мест, создаваемых на территории СЭЗ </w:t>
+              <w:t>
+Доля казахстанского содержания в общем объеме производства на территории СЭЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-раб. места</w:t>
+%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1104</w:t>
+50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1800</w:t>
+65 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2100</w:t>
+75 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2600</w:t>
+85 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля казахстанского содержания в общем объеме производства на территории СЭЗ</w:t>
+Доля экспорта продукции в общем объеме производства на территории СЭЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5501,488 +5555,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 %</w:t>
+10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 %</w:t>
+20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75 %</w:t>
+25 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 %</w:t>
+30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...287 lines deleted...]
-              <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6193,110 +5958,108 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="30"/>
+    <w:bookmarkStart w:name="z53" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z49" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * - фактически вложенные действующими участниками СЭЗ инвестиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z50" w:id="32"/>
+    <w:bookmarkStart w:name="z54" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Показатели индикаторов приведены с нарастающим итогом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6320,55 +6083,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>