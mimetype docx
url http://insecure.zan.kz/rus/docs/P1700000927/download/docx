--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fdeca18" w14:textId="fdeca18">
+    <w:p w14:paraId="5545070" w14:textId="5545070">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -682,51 +682,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 487</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 897</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Земля (кроме той, которая может находиться в частной собственности на основаниях, условиях и в пределах, установленных законодательством Республики Казахстан), ее недра, воды, растительный и животный мир, другие природные ресурсы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
@@ -1166,1372 +1206,1294 @@
         <w:t>
       17. Акции Фонда национального благосостояния.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z69" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-1. Акции следующих организаций высшего и (или) послевузовского образования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z70" w:id="27"/>
+    <w:bookmarkStart w:name="z126" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Казахский национальный университет имени аль-Фараби";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z71" w:id="28"/>
+    <w:bookmarkStart w:name="z127" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Евразийский национальный университет имени Л.Н. Гумилева";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z72" w:id="29"/>
+    <w:bookmarkStart w:name="z128" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Казахский национальный педагогический университет имени Абая";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z73" w:id="30"/>
+    <w:bookmarkStart w:name="z129" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Казахский национальный исследовательский технический университет имени К.И. Сатпаева";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z74" w:id="31"/>
+    <w:bookmarkStart w:name="z130" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Казахский национальный женский педагогический университет";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z75" w:id="32"/>
+    <w:bookmarkStart w:name="z131" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Актюбинский региональный университет имени К. Жубанова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z76" w:id="33"/>
+    <w:bookmarkStart w:name="z132" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Атырауский университет нефти и газа имени Сафи Утебаева";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z77" w:id="34"/>
+    <w:bookmarkStart w:name="z133" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Атырауский университет имени Халела Досмухамедова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z78" w:id="35"/>
+    <w:bookmarkStart w:name="z134" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Аркалыкский педагогический университет имени Ыбырай Алтынсарин";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z79" w:id="36"/>
+    <w:bookmarkStart w:name="z135" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Восточно-Казахстанский университет имени Сарсена Аманжолова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z80" w:id="37"/>
+    <w:bookmarkStart w:name="z136" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Восточно-Казахстанский технический университет имени Д. Серикбаева";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z81" w:id="38"/>
+    <w:bookmarkStart w:name="z137" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Жетысуский университет имени Ильяса Жансугурова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z82" w:id="39"/>
+    <w:bookmarkStart w:name="z138" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Западно-Казахстанский университет имени Махамбета Утемисова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z83" w:id="40"/>
-[...15 lines deleted...]
-      некоммерческого акционерного общества "Карагандинский университет имени академика Е.А. Букетова";</w:t>
+    <w:bookmarkStart w:name="z139" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      некоммерческого акционерного общества "Карагандинский национальный исследовательский университет имени академика Е.А. Букетова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z84" w:id="41"/>
+    <w:bookmarkStart w:name="z140" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Карагандинский технический университет имени Абылкаса Сагинова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z85" w:id="42"/>
+    <w:bookmarkStart w:name="z141" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Карагандинский индустриальный университет";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z86" w:id="43"/>
-[...15 lines deleted...]
-      некоммерческого акционерного общества "Каспийский университет технологии и инжиниринга имени Ш. Есенова";</w:t>
+    <w:bookmarkStart w:name="z142" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      некоммерческого акционерного общества "Каспийский университет технологий и инжиниринга имени Ш. Есенова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z87" w:id="44"/>
+    <w:bookmarkStart w:name="z143" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Кокшетауский университет имени Ш. Уалиханова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z88" w:id="45"/>
+    <w:bookmarkStart w:name="z144" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Костанайский региональный университет имени Ахмет Байтұрсынұлы";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z89" w:id="46"/>
+    <w:bookmarkStart w:name="z145" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Кызылординский университет имени Коркыт Ата";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z90" w:id="47"/>
-[...15 lines deleted...]
-      некоммерческого акционерного общества "Павлодарский педагогический университет имени Әлкея Марғұлана";</w:t>
+    <w:bookmarkStart w:name="z146" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      некоммерческого акционерного общества "Павлодарский педагогический университет имени Әлкей Марғұлан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z91" w:id="48"/>
-[...15 lines deleted...]
-      некоммерческого акционерного общества "Рудненский индустриальный университет;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      некоммерческого акционерного общества "Рудненский индустриальный университет";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z92" w:id="49"/>
+    <w:bookmarkStart w:name="z148" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Северо-Казахстанский университет имени Манаша Козыбаева";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z94" w:id="50"/>
+    <w:bookmarkStart w:name="z149" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Торайгыров университет";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z95" w:id="51"/>
+    <w:bookmarkStart w:name="z150" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Шәкәрім университет";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z96" w:id="52"/>
+    <w:bookmarkStart w:name="z151" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Южно-Казахстанский университет имени М. Ауэзова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z97" w:id="53"/>
+    <w:bookmarkStart w:name="z152" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Южно-Казахстанский педагогический университет имени Өзбекәлі Жәнібеков";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z98" w:id="54"/>
+    <w:bookmarkStart w:name="z153" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Медицинский университет Астана";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z100" w:id="55"/>
+    <w:bookmarkStart w:name="z154" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Казахский национальный медицинский университет имени С.Д. Асфендиярова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z101" w:id="56"/>
+    <w:bookmarkStart w:name="z155" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Медицинский университет Семей";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z102" w:id="57"/>
+    <w:bookmarkStart w:name="z156" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Западно-Казахстанский медицинский университет имени Марата Оспанова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z103" w:id="58"/>
+    <w:bookmarkStart w:name="z157" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Международный университет туризма и гостеприимства";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z104" w:id="59"/>
+    <w:bookmarkStart w:name="z158" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Казахский национальный аграрный исследовательский университет";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z105" w:id="60"/>
-[...15 lines deleted...]
-      некоммерческого акционерного общества "Казахский агротехнический университет имени Сакена Сейфуллина";</w:t>
+    <w:bookmarkStart w:name="z159" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      некоммерческого акционерного общества "Казахский агротехнический исследовательский университет имени Сакена Сейфуллина";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:p>
-[...33 lines deleted...]
-      некоммерческого акционерного общества "Карагандинский медицинский университет".</w:t>
+    <w:bookmarkStart w:name="z160" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      некоммерческого акционерного общества "Западно-Казахстанский аграрно-технический университет имени Жангир хана";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z107" w:id="62"/>
+    <w:bookmarkStart w:name="z161" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      некоммерческого акционерного общества "Карагандинский медицинский университет";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z162" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Таразский университет имени М.Х. Дулати";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z108" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z163" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       некоммерческого акционерного общества "Казахский национальный университет водного хозяйства и ирригации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Перечень дополнен пунктом 17-1 в соответствии с постановлением Правительства РК от 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 154</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; с изменениями, внесенными постановлениями Правительства РК от 03.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 868</w:t>
+        <w:t xml:space="preserve">; в редакции постановления Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 20.02.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 105</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Объекты, использующие атомную энергию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z111" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объекты, использующие атомную энергию, находящиеся в ведении республиканского государственного предприятия на праве хозяйственного ведения "Институт ядерной физики" Агентства Республики Казахстан по атомной энергии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z112" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реакторный комплекс ВВР-К;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z113" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      радиохимический комплекс (здания 24, 24а);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z114" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ускорительный комплекс на базе циклотрона У-150М;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z115" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ускорительный комплекс УКП-2-1;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z116" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ускорительный комплекс ЭЛВ-4;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z117" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ускорительный комплекс C-30;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z118" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ускорительный комплекс ДЦ-60;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z119" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      технологические площадки проведения ядерных взрывов – объекты "Лира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z120" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объекты, использующие атомную энергию, находящиеся в ведении республиканского государственного предприятия на праве хозяйственного ведения "Национальный ядерный центр Республики Казахстан" Агентства Республики Казахстан по атомной энергии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z121" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КИР "Байкал-1";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z122" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      комплекс исследовательского реактора ИГР;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z123" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Курчатов, площадка 2А;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z124" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сооружения № 2 и № 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z125" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      геофизическая обсерватория "Боровое".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 24.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 320</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции постановления Правительства РК от 04.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 16.07.2024 </w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="64"/>
-[...381 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="80"/>
+    <w:bookmarkStart w:name="z47" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Коллекция и депозитарии возбудителей особо опасных инфекций и промышленных микроорганизмов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2610,80 +2572,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 декабря 2017 года № 927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="81"/>
+    <w:bookmarkStart w:name="z49" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>объектов, в том числе стратегических, находящихся в собственности субъектов квазигосударственного сектора, не подлежащих отчуждению</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2698,204 +2660,204 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 487</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="82"/>
+    <w:bookmarkStart w:name="z50" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Магистральная железнодорожная сеть.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z51" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z51" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Национальная электрическая сеть. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z52" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z52" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Магистральные трубопроводы (нефтепроводы и газопроводы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z68" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z68" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Объекты и организации, занимающиеся научной и производственной деятельностью в сфере биологической безопасности, а также осуществляющие деятельность с коллекциями и депозитариями возбудителей особо опасных инфекций и промышленных микроорганизмов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z110" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Объекты международного транспортно-логистического центра, находящиеся в ведении товарищества с ограниченной ответственностью "Digital Silk Road Company" на праве собственности (земельные участки, расположенные в пограничной полосе Государственной границы Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>